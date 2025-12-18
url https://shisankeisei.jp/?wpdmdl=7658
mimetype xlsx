--- v0 (2025-10-19)
+++ v1 (2025-12-18)
@@ -21,71 +21,71 @@
   <Override PartName="/xl/charts/chart2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style2.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors2.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/comments2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/threadedComments/threadedComment2.xml" ContentType="application/vnd.ms-excel.threadedcomments+xml"/>
   <Override PartName="/xl/charts/chart3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style3.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors3.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/charts/chart4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style4.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors4.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28827"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://d.docs.live.net/0faf793eecc7ce60/Business/00 株式会社ウェルスペント/10 B2C 資産形成コンサルティング/00 LPS/LPS simple/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="2" documentId="13_ncr:1_{66C3CE2A-28E1-4E63-BCE6-A3584463996E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{2FDC8DA2-BA11-478D-94D8-F45E210D1F15}"/>
+  <xr:revisionPtr revIDLastSave="61" documentId="13_ncr:1_{66C3CE2A-28E1-4E63-BCE6-A3584463996E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{D3CC80B9-E2DA-4ACF-83DE-BD2F3EF31709}"/>
   <bookViews>
-    <workbookView xWindow="9216" yWindow="1968" windowWidth="30960" windowHeight="22512" xr2:uid="{877A5783-FD88-404E-8F4C-39B7FA4F0D08}"/>
+    <workbookView xWindow="8904" yWindow="2016" windowWidth="27492" windowHeight="21924" xr2:uid="{877A5783-FD88-404E-8F4C-39B7FA4F0D08}"/>
   </bookViews>
   <sheets>
     <sheet name="LPS 入力見本" sheetId="1" r:id="rId1"/>
-    <sheet name="LPS 入力用" sheetId="2" r:id="rId2"/>
+    <sheet name="LPS 入力用" sheetId="3" r:id="rId2"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId3"/>
   </externalReferences>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'LPS 入力見本'!$A$1:$AJ$72</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="1">'LPS 入力用'!$A$1:$AJ$72</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'LPS 入力見本'!$A$1:$AJ$74</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="1">'LPS 入力用'!$A$1:$AJ$74</definedName>
     <definedName name="ご年齢">OFFSET('[1]LP&amp;CF'!$F$4,0,0,1,[1]Graph!$C$1)</definedName>
     <definedName name="ご年齢保険">OFFSET('[1]LP&amp;CF'!$F$4,0,0,1,[1]GraphIns1!$C$1)</definedName>
     <definedName name="その他資産">OFFSET('[1]LP&amp;CF'!$F$60,0,0,1,[1]Graph!$C$1)</definedName>
     <definedName name="ローン残高">OFFSET('[1]LP&amp;CF'!$F$64,0,0,1,[1]Graph!$C$1)</definedName>
     <definedName name="運用資産DC世帯主">OFFSET('[1]LP&amp;CF'!$F$57,0,0,1,[1]Graph!$C$1)</definedName>
     <definedName name="運用資産DC配偶者">OFFSET('[1]LP&amp;CF'!$F$58,0,0,1,[1]Graph!$C$1)</definedName>
     <definedName name="運用資産中リスク">OFFSET('[1]LP&amp;CF'!$F$56,0,0,1,[1]Graph!$C$1)</definedName>
     <definedName name="運用資産低リスク">OFFSET('[1]LP&amp;CF'!$F$55,0,0,1,[1]Graph!$C$1)</definedName>
     <definedName name="運用資産無リスク">OFFSET('[1]LP&amp;CF'!$F$54,0,0,1,[1]Graph!$C$1)</definedName>
     <definedName name="支出１行目">OFFSET('[1]LP&amp;CF'!$F$28,0,0,1,[1]Graph!$C$1)</definedName>
     <definedName name="支出２行目">OFFSET('[1]LP&amp;CF'!$F$29,0,0,1,[1]Graph!$C$1)</definedName>
     <definedName name="支出３行目">OFFSET('[1]LP&amp;CF'!$F$30,0,0,1,[1]Graph!$C$1)</definedName>
     <definedName name="支出４行目">OFFSET('[1]LP&amp;CF'!$F$31,0,0,1,[1]Graph!$C$1)</definedName>
     <definedName name="支出５行目">OFFSET('[1]LP&amp;CF'!$F$32,0,0,1,[1]Graph!$C$1)</definedName>
     <definedName name="支出６行目">OFFSET('[1]LP&amp;CF'!$F$33,0,0,1,[1]Graph!$C$1)</definedName>
     <definedName name="支出７行目">OFFSET('[1]LP&amp;CF'!$F$34,0,0,1,[1]Graph!$C$1)</definedName>
     <definedName name="支出８行目">OFFSET('[1]LP&amp;CF'!$F$35,0,0,1,[1]Graph!$C$1)</definedName>
     <definedName name="支出９行目">OFFSET('[1]LP&amp;CF'!$F$36,0,0,1,[1]Graph!$C$1)</definedName>
     <definedName name="支出合計">OFFSET('[1]LP&amp;CF'!$F$38,0,0,1,[1]Graph!$C$1)</definedName>
     <definedName name="収入１">OFFSET('[1]LP&amp;CF'!$F$19,0,0,1,[1]Graph!$C$1)</definedName>
     <definedName name="収入２">OFFSET('[1]LP&amp;CF'!$F$20,0,0,1,[1]Graph!$C$1)</definedName>
     <definedName name="収入３">OFFSET('[1]LP&amp;CF'!$F$21,0,0,1,[1]Graph!$C$1)</definedName>
     <definedName name="収入４">OFFSET('[1]LP&amp;CF'!$F$22,0,0,1,[1]Graph!$C$1)</definedName>
     <definedName name="収入５">OFFSET('[1]LP&amp;CF'!$F$23,0,0,1,[1]Graph!$C$1)</definedName>
     <definedName name="収入６">OFFSET('[1]LP&amp;CF'!$F$24,0,0,1,[1]Graph!$C$1)</definedName>
@@ -118,1345 +118,1612 @@
     <definedName name="万一収入５">OFFSET('[1]LP&amp;CF'!$F$74,0,0,1,[1]GraphIns1!$C$1)</definedName>
     <definedName name="万一収入６">OFFSET('[1]LP&amp;CF'!$F$75,0,0,1,[1]GraphIns1!$C$1)</definedName>
     <definedName name="万一収入7">OFFSET('[1]LP&amp;CF'!$F$76,0,0,1,[1]GraphIns1!$C$1)</definedName>
     <definedName name="万一収入合計">OFFSET('[1]LP&amp;CF'!$F$77,0,0,1,[1]GraphIns1!$C$1)</definedName>
     <definedName name="万一年間収支">OFFSET('[1]LP&amp;CF'!$F$89,0,0,1,[1]GraphIns1!$C$1)</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="R21" i="2" l="1"/>
-[...207 lines deleted...]
-  <c r="AG1" i="2"/>
+  <c r="F7" i="3" l="1"/>
+  <c r="G7" i="3" s="1"/>
+  <c r="H7" i="3" s="1"/>
+  <c r="I7" i="3" s="1"/>
+  <c r="J7" i="3" s="1"/>
+  <c r="K7" i="3" s="1"/>
+  <c r="L7" i="3" s="1"/>
+  <c r="M7" i="3" s="1"/>
+  <c r="N7" i="3" s="1"/>
+  <c r="O7" i="3" s="1"/>
+  <c r="P7" i="3" s="1"/>
+  <c r="Q7" i="3" s="1"/>
+  <c r="R7" i="3" s="1"/>
+  <c r="S7" i="3" s="1"/>
+  <c r="T7" i="3" s="1"/>
+  <c r="U7" i="3" s="1"/>
+  <c r="V7" i="3" s="1"/>
+  <c r="W7" i="3" s="1"/>
+  <c r="X7" i="3" s="1"/>
+  <c r="Y7" i="3" s="1"/>
+  <c r="Z7" i="3" s="1"/>
+  <c r="AA7" i="3" s="1"/>
+  <c r="AB7" i="3" s="1"/>
+  <c r="AC7" i="3" s="1"/>
+  <c r="AD7" i="3" s="1"/>
+  <c r="AE7" i="3" s="1"/>
+  <c r="AF7" i="3" s="1"/>
+  <c r="AG7" i="3" s="1"/>
+  <c r="AH7" i="3" s="1"/>
+  <c r="AI7" i="3" s="1"/>
+  <c r="F8" i="3"/>
+  <c r="G8" i="3"/>
+  <c r="H8" i="3" s="1"/>
+  <c r="I8" i="3" s="1"/>
+  <c r="J8" i="3" s="1"/>
+  <c r="K8" i="3" s="1"/>
+  <c r="L8" i="3" s="1"/>
+  <c r="M8" i="3" s="1"/>
+  <c r="N8" i="3" s="1"/>
+  <c r="O8" i="3" s="1"/>
+  <c r="P8" i="3" s="1"/>
+  <c r="Q8" i="3" s="1"/>
+  <c r="R8" i="3" s="1"/>
+  <c r="S8" i="3" s="1"/>
+  <c r="T8" i="3" s="1"/>
+  <c r="U8" i="3" s="1"/>
+  <c r="V8" i="3" s="1"/>
+  <c r="W8" i="3" s="1"/>
+  <c r="X8" i="3" s="1"/>
+  <c r="Y8" i="3" s="1"/>
+  <c r="Z8" i="3" s="1"/>
+  <c r="AA8" i="3" s="1"/>
+  <c r="AB8" i="3" s="1"/>
+  <c r="AC8" i="3" s="1"/>
+  <c r="AD8" i="3" s="1"/>
+  <c r="AE8" i="3" s="1"/>
+  <c r="AF8" i="3" s="1"/>
+  <c r="AG8" i="3" s="1"/>
+  <c r="AH8" i="3" s="1"/>
+  <c r="AI8" i="3" s="1"/>
+  <c r="F9" i="3"/>
+  <c r="G9" i="3"/>
+  <c r="H9" i="3"/>
+  <c r="I9" i="3"/>
+  <c r="J9" i="3" s="1"/>
+  <c r="K9" i="3" s="1"/>
+  <c r="L9" i="3" s="1"/>
+  <c r="M9" i="3" s="1"/>
+  <c r="N9" i="3" s="1"/>
+  <c r="O9" i="3" s="1"/>
+  <c r="P9" i="3" s="1"/>
+  <c r="Q9" i="3" s="1"/>
+  <c r="R9" i="3" s="1"/>
+  <c r="S9" i="3" s="1"/>
+  <c r="T9" i="3" s="1"/>
+  <c r="U9" i="3" s="1"/>
+  <c r="V9" i="3" s="1"/>
+  <c r="W9" i="3" s="1"/>
+  <c r="X9" i="3" s="1"/>
+  <c r="Y9" i="3" s="1"/>
+  <c r="Z9" i="3" s="1"/>
+  <c r="AA9" i="3" s="1"/>
+  <c r="AB9" i="3" s="1"/>
+  <c r="AC9" i="3" s="1"/>
+  <c r="AD9" i="3" s="1"/>
+  <c r="AE9" i="3" s="1"/>
+  <c r="AF9" i="3" s="1"/>
+  <c r="AG9" i="3" s="1"/>
+  <c r="AH9" i="3" s="1"/>
+  <c r="AI9" i="3" s="1"/>
+  <c r="F10" i="3"/>
+  <c r="G10" i="3"/>
+  <c r="H10" i="3"/>
+  <c r="I10" i="3"/>
+  <c r="J10" i="3"/>
+  <c r="K10" i="3"/>
+  <c r="L10" i="3" s="1"/>
+  <c r="M10" i="3" s="1"/>
+  <c r="N10" i="3" s="1"/>
+  <c r="O10" i="3" s="1"/>
+  <c r="P10" i="3" s="1"/>
+  <c r="Q10" i="3" s="1"/>
+  <c r="R10" i="3" s="1"/>
+  <c r="S10" i="3" s="1"/>
+  <c r="T10" i="3" s="1"/>
+  <c r="U10" i="3" s="1"/>
+  <c r="V10" i="3" s="1"/>
+  <c r="W10" i="3" s="1"/>
+  <c r="X10" i="3" s="1"/>
+  <c r="Y10" i="3" s="1"/>
+  <c r="Z10" i="3" s="1"/>
+  <c r="AA10" i="3" s="1"/>
+  <c r="AB10" i="3" s="1"/>
+  <c r="AC10" i="3" s="1"/>
+  <c r="AD10" i="3" s="1"/>
+  <c r="AE10" i="3" s="1"/>
+  <c r="AF10" i="3" s="1"/>
+  <c r="AG10" i="3" s="1"/>
+  <c r="AH10" i="3" s="1"/>
+  <c r="AI10" i="3" s="1"/>
+  <c r="F11" i="3"/>
+  <c r="G11" i="3"/>
+  <c r="H11" i="3" s="1"/>
+  <c r="I11" i="3" s="1"/>
+  <c r="J11" i="3" s="1"/>
+  <c r="K11" i="3" s="1"/>
+  <c r="L11" i="3" s="1"/>
+  <c r="M11" i="3" s="1"/>
+  <c r="N11" i="3" s="1"/>
+  <c r="O11" i="3" s="1"/>
+  <c r="P11" i="3" s="1"/>
+  <c r="Q11" i="3" s="1"/>
+  <c r="R11" i="3" s="1"/>
+  <c r="S11" i="3" s="1"/>
+  <c r="T11" i="3" s="1"/>
+  <c r="U11" i="3" s="1"/>
+  <c r="V11" i="3" s="1"/>
+  <c r="W11" i="3" s="1"/>
+  <c r="X11" i="3" s="1"/>
+  <c r="Y11" i="3" s="1"/>
+  <c r="Z11" i="3" s="1"/>
+  <c r="AA11" i="3" s="1"/>
+  <c r="AB11" i="3" s="1"/>
+  <c r="AC11" i="3" s="1"/>
+  <c r="AD11" i="3" s="1"/>
+  <c r="AE11" i="3" s="1"/>
+  <c r="AF11" i="3" s="1"/>
+  <c r="AG11" i="3" s="1"/>
+  <c r="AH11" i="3" s="1"/>
+  <c r="AI11" i="3" s="1"/>
+  <c r="E88" i="3"/>
+  <c r="E90" i="3" s="1"/>
+  <c r="E92" i="3" s="1"/>
+  <c r="E87" i="3"/>
+  <c r="E86" i="3"/>
+  <c r="E89" i="3" s="1"/>
+  <c r="F85" i="3"/>
+  <c r="G85" i="3" s="1"/>
+  <c r="H84" i="3"/>
+  <c r="I84" i="3" s="1"/>
+  <c r="J84" i="3" s="1"/>
+  <c r="K84" i="3" s="1"/>
+  <c r="L84" i="3" s="1"/>
+  <c r="M84" i="3" s="1"/>
+  <c r="N84" i="3" s="1"/>
+  <c r="O84" i="3" s="1"/>
+  <c r="P84" i="3" s="1"/>
+  <c r="Q84" i="3" s="1"/>
+  <c r="R84" i="3" s="1"/>
+  <c r="S84" i="3" s="1"/>
+  <c r="T84" i="3" s="1"/>
+  <c r="U84" i="3" s="1"/>
+  <c r="V84" i="3" s="1"/>
+  <c r="W84" i="3" s="1"/>
+  <c r="X84" i="3" s="1"/>
+  <c r="Y84" i="3" s="1"/>
+  <c r="Z84" i="3" s="1"/>
+  <c r="AA84" i="3" s="1"/>
+  <c r="AB84" i="3" s="1"/>
+  <c r="AC84" i="3" s="1"/>
+  <c r="AD84" i="3" s="1"/>
+  <c r="AE84" i="3" s="1"/>
+  <c r="AF84" i="3" s="1"/>
+  <c r="AG84" i="3" s="1"/>
+  <c r="AH84" i="3" s="1"/>
+  <c r="AI84" i="3" s="1"/>
+  <c r="AJ84" i="3" s="1"/>
+  <c r="AK84" i="3" s="1"/>
+  <c r="AL84" i="3" s="1"/>
+  <c r="AM84" i="3" s="1"/>
+  <c r="AN84" i="3" s="1"/>
+  <c r="AO84" i="3" s="1"/>
+  <c r="AP84" i="3" s="1"/>
+  <c r="AQ84" i="3" s="1"/>
+  <c r="AR84" i="3" s="1"/>
+  <c r="AS84" i="3" s="1"/>
+  <c r="AT84" i="3" s="1"/>
+  <c r="AU84" i="3" s="1"/>
+  <c r="AV84" i="3" s="1"/>
+  <c r="AW84" i="3" s="1"/>
+  <c r="G84" i="3"/>
+  <c r="F84" i="3"/>
+  <c r="D41" i="3"/>
+  <c r="F39" i="3"/>
+  <c r="G39" i="3" s="1"/>
+  <c r="H39" i="3" s="1"/>
+  <c r="I39" i="3" s="1"/>
+  <c r="J39" i="3" s="1"/>
+  <c r="K39" i="3" s="1"/>
+  <c r="L39" i="3" s="1"/>
+  <c r="M39" i="3" s="1"/>
+  <c r="N39" i="3" s="1"/>
+  <c r="O39" i="3" s="1"/>
+  <c r="P39" i="3" s="1"/>
+  <c r="Q39" i="3" s="1"/>
+  <c r="R39" i="3" s="1"/>
+  <c r="S39" i="3" s="1"/>
+  <c r="T39" i="3" s="1"/>
+  <c r="U39" i="3" s="1"/>
+  <c r="V39" i="3" s="1"/>
+  <c r="W39" i="3" s="1"/>
+  <c r="X39" i="3" s="1"/>
+  <c r="Y39" i="3" s="1"/>
+  <c r="Z39" i="3" s="1"/>
+  <c r="AA39" i="3" s="1"/>
+  <c r="AB39" i="3" s="1"/>
+  <c r="AC39" i="3" s="1"/>
+  <c r="AD39" i="3" s="1"/>
+  <c r="AE39" i="3" s="1"/>
+  <c r="AF39" i="3" s="1"/>
+  <c r="AG39" i="3" s="1"/>
+  <c r="AH39" i="3" s="1"/>
+  <c r="AI39" i="3" s="1"/>
+  <c r="E39" i="3"/>
+  <c r="E38" i="3"/>
+  <c r="F38" i="3" s="1"/>
+  <c r="G38" i="3" s="1"/>
+  <c r="H38" i="3" s="1"/>
+  <c r="I38" i="3" s="1"/>
+  <c r="J38" i="3" s="1"/>
+  <c r="K38" i="3" s="1"/>
+  <c r="L38" i="3" s="1"/>
+  <c r="M38" i="3" s="1"/>
+  <c r="N38" i="3" s="1"/>
+  <c r="O38" i="3" s="1"/>
+  <c r="P38" i="3" s="1"/>
+  <c r="Q38" i="3" s="1"/>
+  <c r="R38" i="3" s="1"/>
+  <c r="S38" i="3" s="1"/>
+  <c r="T38" i="3" s="1"/>
+  <c r="U38" i="3" s="1"/>
+  <c r="V38" i="3" s="1"/>
+  <c r="W38" i="3" s="1"/>
+  <c r="X38" i="3" s="1"/>
+  <c r="Y38" i="3" s="1"/>
+  <c r="Z38" i="3" s="1"/>
+  <c r="AA38" i="3" s="1"/>
+  <c r="AB38" i="3" s="1"/>
+  <c r="AC38" i="3" s="1"/>
+  <c r="AD38" i="3" s="1"/>
+  <c r="AE38" i="3" s="1"/>
+  <c r="AF38" i="3" s="1"/>
+  <c r="AG38" i="3" s="1"/>
+  <c r="AH38" i="3" s="1"/>
+  <c r="AI38" i="3" s="1"/>
+  <c r="E37" i="3"/>
+  <c r="F37" i="3" s="1"/>
+  <c r="G37" i="3" s="1"/>
+  <c r="E34" i="3"/>
+  <c r="E33" i="3"/>
+  <c r="E31" i="3"/>
+  <c r="E36" i="3" s="1"/>
+  <c r="F22" i="3"/>
+  <c r="G22" i="3" s="1"/>
+  <c r="H22" i="3" s="1"/>
+  <c r="I22" i="3" s="1"/>
+  <c r="J22" i="3" s="1"/>
+  <c r="K22" i="3" s="1"/>
+  <c r="L22" i="3" s="1"/>
+  <c r="M22" i="3" s="1"/>
+  <c r="N22" i="3" s="1"/>
+  <c r="O22" i="3" s="1"/>
+  <c r="P22" i="3" s="1"/>
+  <c r="Q22" i="3" s="1"/>
+  <c r="R22" i="3" s="1"/>
+  <c r="S22" i="3" s="1"/>
+  <c r="T22" i="3" s="1"/>
+  <c r="U22" i="3" s="1"/>
+  <c r="V22" i="3" s="1"/>
+  <c r="W22" i="3" s="1"/>
+  <c r="X22" i="3" s="1"/>
+  <c r="Y22" i="3" s="1"/>
+  <c r="Z22" i="3" s="1"/>
+  <c r="AA22" i="3" s="1"/>
+  <c r="AB22" i="3" s="1"/>
+  <c r="AC22" i="3" s="1"/>
+  <c r="AD22" i="3" s="1"/>
+  <c r="AE22" i="3" s="1"/>
+  <c r="AF22" i="3" s="1"/>
+  <c r="AG22" i="3" s="1"/>
+  <c r="AH22" i="3" s="1"/>
+  <c r="AI22" i="3" s="1"/>
+  <c r="F21" i="3"/>
+  <c r="F34" i="3" s="1"/>
+  <c r="F31" i="3"/>
+  <c r="H5" i="3"/>
+  <c r="I5" i="3" s="1"/>
+  <c r="J5" i="3" s="1"/>
+  <c r="K5" i="3" s="1"/>
+  <c r="L5" i="3" s="1"/>
+  <c r="M5" i="3" s="1"/>
+  <c r="N5" i="3" s="1"/>
+  <c r="O5" i="3" s="1"/>
+  <c r="P5" i="3" s="1"/>
+  <c r="Q5" i="3" s="1"/>
+  <c r="R5" i="3" s="1"/>
+  <c r="S5" i="3" s="1"/>
+  <c r="T5" i="3" s="1"/>
+  <c r="U5" i="3" s="1"/>
+  <c r="V5" i="3" s="1"/>
+  <c r="W5" i="3" s="1"/>
+  <c r="X5" i="3" s="1"/>
+  <c r="Y5" i="3" s="1"/>
+  <c r="Z5" i="3" s="1"/>
+  <c r="AA5" i="3" s="1"/>
+  <c r="AB5" i="3" s="1"/>
+  <c r="AC5" i="3" s="1"/>
+  <c r="AD5" i="3" s="1"/>
+  <c r="AE5" i="3" s="1"/>
+  <c r="AF5" i="3" s="1"/>
+  <c r="AG5" i="3" s="1"/>
+  <c r="AH5" i="3" s="1"/>
+  <c r="AI5" i="3" s="1"/>
+  <c r="F5" i="3"/>
+  <c r="G5" i="3" s="1"/>
+  <c r="AG1" i="3"/>
+  <c r="T21" i="1"/>
+  <c r="R21" i="1"/>
+  <c r="Q21" i="1"/>
+  <c r="P34" i="1"/>
+  <c r="O34" i="1"/>
+  <c r="N34" i="1"/>
+  <c r="M34" i="1"/>
+  <c r="L34" i="1"/>
+  <c r="K34" i="1"/>
+  <c r="J34" i="1"/>
+  <c r="I34" i="1"/>
+  <c r="H34" i="1"/>
+  <c r="G34" i="1"/>
+  <c r="F34" i="1"/>
+  <c r="AI33" i="1"/>
+  <c r="AH33" i="1"/>
+  <c r="AG33" i="1"/>
+  <c r="AF33" i="1"/>
+  <c r="AE33" i="1"/>
+  <c r="AD33" i="1"/>
+  <c r="AC33" i="1"/>
+  <c r="AB33" i="1"/>
+  <c r="AA33" i="1"/>
+  <c r="Z33" i="1"/>
+  <c r="Y33" i="1"/>
+  <c r="X33" i="1"/>
+  <c r="W33" i="1"/>
+  <c r="V33" i="1"/>
+  <c r="U33" i="1"/>
+  <c r="T33" i="1"/>
+  <c r="S33" i="1"/>
+  <c r="R33" i="1"/>
+  <c r="Q33" i="1"/>
+  <c r="P33" i="1"/>
+  <c r="O33" i="1"/>
+  <c r="N33" i="1"/>
+  <c r="M33" i="1"/>
+  <c r="L33" i="1"/>
+  <c r="K33" i="1"/>
+  <c r="J33" i="1"/>
+  <c r="I33" i="1"/>
+  <c r="H33" i="1"/>
+  <c r="G33" i="1"/>
+  <c r="F33" i="1"/>
+  <c r="E34" i="1"/>
+  <c r="E33" i="1"/>
+  <c r="F21" i="1"/>
   <c r="F22" i="1"/>
-  <c r="F21" i="1"/>
   <c r="AE17" i="1"/>
   <c r="AC15" i="1"/>
-  <c r="F82" i="1"/>
-[...46 lines deleted...]
-  <c r="E85" i="1"/>
+  <c r="F84" i="1"/>
+  <c r="G84" i="1" s="1"/>
+  <c r="H84" i="1" s="1"/>
+  <c r="I84" i="1" s="1"/>
+  <c r="J84" i="1" s="1"/>
+  <c r="K84" i="1" s="1"/>
+  <c r="L84" i="1" s="1"/>
+  <c r="M84" i="1" s="1"/>
+  <c r="N84" i="1" s="1"/>
+  <c r="O84" i="1" s="1"/>
+  <c r="P84" i="1" s="1"/>
+  <c r="Q84" i="1" s="1"/>
+  <c r="R84" i="1" s="1"/>
+  <c r="S84" i="1" s="1"/>
+  <c r="T84" i="1" s="1"/>
+  <c r="U84" i="1" s="1"/>
+  <c r="V84" i="1" s="1"/>
+  <c r="W84" i="1" s="1"/>
+  <c r="X84" i="1" s="1"/>
+  <c r="Y84" i="1" s="1"/>
+  <c r="Z84" i="1" s="1"/>
+  <c r="AA84" i="1" s="1"/>
+  <c r="AB84" i="1" s="1"/>
+  <c r="AC84" i="1" s="1"/>
+  <c r="AD84" i="1" s="1"/>
+  <c r="AE84" i="1" s="1"/>
+  <c r="AF84" i="1" s="1"/>
+  <c r="AG84" i="1" s="1"/>
+  <c r="AH84" i="1" s="1"/>
+  <c r="AI84" i="1" s="1"/>
+  <c r="AJ84" i="1" s="1"/>
+  <c r="AK84" i="1" s="1"/>
+  <c r="AL84" i="1" s="1"/>
+  <c r="AM84" i="1" s="1"/>
+  <c r="AN84" i="1" s="1"/>
+  <c r="AO84" i="1" s="1"/>
+  <c r="AP84" i="1" s="1"/>
+  <c r="AQ84" i="1" s="1"/>
+  <c r="AR84" i="1" s="1"/>
+  <c r="AS84" i="1" s="1"/>
+  <c r="AT84" i="1" s="1"/>
+  <c r="AU84" i="1" s="1"/>
+  <c r="AV84" i="1" s="1"/>
+  <c r="AW84" i="1" s="1"/>
+  <c r="F85" i="1"/>
+  <c r="G85" i="1" s="1"/>
+  <c r="E86" i="1"/>
+  <c r="E87" i="1"/>
   <c r="F14" i="1"/>
-  <c r="F41" i="1"/>
-[...16 lines deleted...]
-  <c r="W41" i="1" s="1"/>
+  <c r="F43" i="1"/>
+  <c r="G43" i="1" s="1"/>
+  <c r="H43" i="1" s="1"/>
+  <c r="I43" i="1" s="1"/>
+  <c r="J43" i="1" s="1"/>
+  <c r="K43" i="1" s="1"/>
+  <c r="L43" i="1" s="1"/>
+  <c r="M43" i="1" s="1"/>
+  <c r="N43" i="1" s="1"/>
+  <c r="O43" i="1" s="1"/>
+  <c r="P43" i="1" s="1"/>
+  <c r="Q43" i="1" s="1"/>
+  <c r="R43" i="1" s="1"/>
+  <c r="S43" i="1" s="1"/>
+  <c r="T43" i="1" s="1"/>
+  <c r="U43" i="1" s="1"/>
+  <c r="V43" i="1" s="1"/>
+  <c r="W43" i="1" s="1"/>
   <c r="F11" i="1"/>
   <c r="G11" i="1" s="1"/>
   <c r="H11" i="1" s="1"/>
   <c r="I11" i="1" s="1"/>
   <c r="J11" i="1" s="1"/>
   <c r="K11" i="1" s="1"/>
   <c r="L11" i="1" s="1"/>
   <c r="M11" i="1" s="1"/>
   <c r="N11" i="1" s="1"/>
   <c r="O11" i="1" s="1"/>
   <c r="P11" i="1" s="1"/>
   <c r="Q11" i="1" s="1"/>
   <c r="R11" i="1" s="1"/>
   <c r="S11" i="1" s="1"/>
   <c r="T11" i="1" s="1"/>
   <c r="U11" i="1" s="1"/>
   <c r="V11" i="1" s="1"/>
   <c r="W11" i="1" s="1"/>
   <c r="X11" i="1" s="1"/>
   <c r="Y11" i="1" s="1"/>
   <c r="Z11" i="1" s="1"/>
   <c r="AA11" i="1" s="1"/>
   <c r="AB11" i="1" s="1"/>
   <c r="AC11" i="1" s="1"/>
   <c r="AD11" i="1" s="1"/>
   <c r="AE11" i="1" s="1"/>
   <c r="AF11" i="1" s="1"/>
   <c r="AG11" i="1" s="1"/>
   <c r="AH11" i="1" s="1"/>
   <c r="AI11" i="1" s="1"/>
-  <c r="E36" i="1"/>
-[...63 lines deleted...]
-  <c r="E88" i="1" s="1"/>
+  <c r="E38" i="1"/>
+  <c r="F38" i="1" s="1"/>
+  <c r="G38" i="1" s="1"/>
+  <c r="H38" i="1" s="1"/>
+  <c r="I38" i="1" s="1"/>
+  <c r="J38" i="1" s="1"/>
+  <c r="K38" i="1" s="1"/>
+  <c r="L38" i="1" s="1"/>
+  <c r="M38" i="1" s="1"/>
+  <c r="N38" i="1" s="1"/>
+  <c r="O38" i="1" s="1"/>
+  <c r="P38" i="1" s="1"/>
+  <c r="Q38" i="1" s="1"/>
+  <c r="R38" i="1" s="1"/>
+  <c r="S38" i="1" s="1"/>
+  <c r="T38" i="1" s="1"/>
+  <c r="U38" i="1" s="1"/>
+  <c r="V38" i="1" s="1"/>
+  <c r="W38" i="1" s="1"/>
+  <c r="X38" i="1" s="1"/>
+  <c r="Y38" i="1" s="1"/>
+  <c r="Z38" i="1" s="1"/>
+  <c r="AA38" i="1" s="1"/>
+  <c r="AB38" i="1" s="1"/>
+  <c r="AC38" i="1" s="1"/>
+  <c r="AD38" i="1" s="1"/>
+  <c r="AE38" i="1" s="1"/>
+  <c r="AF38" i="1" s="1"/>
+  <c r="AG38" i="1" s="1"/>
+  <c r="AH38" i="1" s="1"/>
+  <c r="AI38" i="1" s="1"/>
+  <c r="X33" i="3" l="1"/>
+  <c r="H37" i="3"/>
+  <c r="I37" i="3" s="1"/>
+  <c r="J37" i="3" s="1"/>
+  <c r="K37" i="3" s="1"/>
+  <c r="L37" i="3" s="1"/>
+  <c r="M37" i="3" s="1"/>
+  <c r="N37" i="3" s="1"/>
+  <c r="O37" i="3" s="1"/>
+  <c r="P37" i="3" s="1"/>
+  <c r="Q37" i="3" s="1"/>
+  <c r="R37" i="3" s="1"/>
+  <c r="S37" i="3" s="1"/>
+  <c r="T37" i="3" s="1"/>
+  <c r="U37" i="3" s="1"/>
+  <c r="V37" i="3" s="1"/>
+  <c r="W37" i="3" s="1"/>
+  <c r="X37" i="3" s="1"/>
+  <c r="Y37" i="3" s="1"/>
+  <c r="Z37" i="3" s="1"/>
+  <c r="AA37" i="3" s="1"/>
+  <c r="AB37" i="3" s="1"/>
+  <c r="AC37" i="3" s="1"/>
+  <c r="E41" i="3"/>
+  <c r="F36" i="3"/>
+  <c r="Y33" i="3"/>
+  <c r="AD33" i="3"/>
+  <c r="AE33" i="3"/>
+  <c r="AC33" i="3"/>
+  <c r="H85" i="3"/>
+  <c r="F87" i="3"/>
+  <c r="G21" i="3"/>
+  <c r="F33" i="3"/>
+  <c r="F86" i="3"/>
+  <c r="F89" i="3" s="1"/>
+  <c r="S21" i="1"/>
+  <c r="U21" i="1" s="1"/>
+  <c r="V21" i="1" s="1"/>
+  <c r="W21" i="1" s="1"/>
+  <c r="X21" i="1" s="1"/>
+  <c r="Y21" i="1" s="1"/>
+  <c r="Z21" i="1" s="1"/>
+  <c r="AA21" i="1" s="1"/>
+  <c r="AB21" i="1" s="1"/>
+  <c r="AC21" i="1" s="1"/>
+  <c r="AD21" i="1" s="1"/>
+  <c r="AE21" i="1" s="1"/>
+  <c r="AF21" i="1" s="1"/>
+  <c r="AG21" i="1" s="1"/>
+  <c r="AH21" i="1" s="1"/>
+  <c r="AI21" i="1" s="1"/>
+  <c r="R34" i="1"/>
+  <c r="Q34" i="1"/>
+  <c r="H85" i="1"/>
+  <c r="E88" i="1"/>
   <c r="E90" i="1" s="1"/>
-  <c r="E87" i="1"/>
-[...9 lines deleted...]
-  <c r="AE31" i="2"/>
+  <c r="E92" i="1" s="1"/>
+  <c r="E89" i="1"/>
+  <c r="F86" i="1" s="1"/>
+  <c r="G86" i="3" l="1"/>
+  <c r="G87" i="3"/>
+  <c r="H21" i="3"/>
+  <c r="G34" i="3"/>
+  <c r="I85" i="3"/>
+  <c r="G31" i="3"/>
+  <c r="G36" i="3" s="1"/>
+  <c r="G33" i="3"/>
+  <c r="F41" i="3"/>
+  <c r="F88" i="3"/>
+  <c r="F90" i="3" s="1"/>
+  <c r="F92" i="3" s="1"/>
+  <c r="AF33" i="3"/>
+  <c r="F89" i="1"/>
   <c r="F87" i="1"/>
-  <c r="F85" i="1"/>
-[...16 lines deleted...]
-  <c r="F88" i="1" s="1"/>
+  <c r="I85" i="1"/>
+  <c r="J85" i="3" l="1"/>
+  <c r="I21" i="3"/>
+  <c r="H34" i="3"/>
+  <c r="G41" i="3"/>
+  <c r="AA33" i="3"/>
+  <c r="H31" i="3"/>
+  <c r="H36" i="3" s="1"/>
+  <c r="H33" i="3"/>
+  <c r="AG33" i="3"/>
+  <c r="Z33" i="3"/>
+  <c r="G88" i="3"/>
+  <c r="G90" i="3" s="1"/>
+  <c r="G92" i="3" s="1"/>
+  <c r="G89" i="3"/>
+  <c r="G86" i="1"/>
+  <c r="G87" i="1"/>
+  <c r="J85" i="1"/>
+  <c r="F88" i="1"/>
   <c r="F90" i="1" s="1"/>
-  <c r="AB32" i="2" l="1"/>
-[...14 lines deleted...]
-  <c r="G88" i="1" s="1"/>
+  <c r="F92" i="1" s="1"/>
+  <c r="H41" i="3" l="1"/>
+  <c r="I31" i="3"/>
+  <c r="I33" i="3"/>
+  <c r="AB33" i="3"/>
+  <c r="E32" i="3"/>
+  <c r="J21" i="3"/>
+  <c r="I34" i="3"/>
+  <c r="K85" i="3"/>
+  <c r="AH33" i="3"/>
+  <c r="H87" i="3"/>
+  <c r="H86" i="3"/>
+  <c r="K85" i="1"/>
+  <c r="G88" i="1"/>
   <c r="G90" i="1" s="1"/>
-  <c r="G87" i="1"/>
-[...27 lines deleted...]
-  <c r="M83" i="2"/>
+  <c r="G92" i="1" s="1"/>
+  <c r="G89" i="1"/>
+  <c r="L85" i="3" l="1"/>
+  <c r="H88" i="3"/>
+  <c r="H90" i="3" s="1"/>
+  <c r="H92" i="3" s="1"/>
+  <c r="J31" i="3"/>
+  <c r="J33" i="3"/>
+  <c r="H89" i="3"/>
+  <c r="AI33" i="3"/>
+  <c r="I36" i="3"/>
+  <c r="K21" i="3"/>
+  <c r="J34" i="3"/>
+  <c r="H87" i="1"/>
   <c r="H86" i="1"/>
-  <c r="H88" i="1" s="1"/>
+  <c r="L85" i="1"/>
+  <c r="I86" i="3" l="1"/>
+  <c r="I87" i="3"/>
+  <c r="K33" i="3"/>
+  <c r="K31" i="3"/>
+  <c r="L21" i="3"/>
+  <c r="K34" i="3"/>
+  <c r="M85" i="3"/>
+  <c r="I41" i="3"/>
+  <c r="J36" i="3"/>
+  <c r="F32" i="3"/>
+  <c r="H88" i="1"/>
   <c r="H90" i="1" s="1"/>
-  <c r="H87" i="1"/>
-[...18 lines deleted...]
-  <c r="L34" i="2"/>
+  <c r="H92" i="1" s="1"/>
+  <c r="H89" i="1"/>
+  <c r="M85" i="1"/>
+  <c r="N85" i="3" l="1"/>
+  <c r="I88" i="3"/>
+  <c r="I90" i="3" s="1"/>
+  <c r="I92" i="3" s="1"/>
+  <c r="K36" i="3"/>
+  <c r="J41" i="3"/>
+  <c r="L31" i="3"/>
+  <c r="L33" i="3"/>
+  <c r="I89" i="3"/>
+  <c r="M21" i="3"/>
+  <c r="L34" i="3"/>
+  <c r="G32" i="3"/>
+  <c r="I87" i="1"/>
   <c r="I86" i="1"/>
-  <c r="I88" i="1" s="1"/>
+  <c r="N85" i="1"/>
+  <c r="N21" i="3" l="1"/>
+  <c r="M34" i="3"/>
+  <c r="J86" i="3"/>
+  <c r="J88" i="3" s="1"/>
+  <c r="J90" i="3" s="1"/>
+  <c r="J92" i="3" s="1"/>
+  <c r="J87" i="3"/>
+  <c r="M31" i="3"/>
+  <c r="M33" i="3"/>
+  <c r="H32" i="3"/>
+  <c r="L36" i="3"/>
+  <c r="K41" i="3"/>
+  <c r="O85" i="3"/>
+  <c r="I88" i="1"/>
   <c r="I90" i="1" s="1"/>
-  <c r="O83" i="1"/>
-[...21 lines deleted...]
-  <c r="Q83" i="1"/>
+  <c r="I92" i="1" s="1"/>
+  <c r="O85" i="1"/>
+  <c r="I89" i="1"/>
+  <c r="P85" i="3" l="1"/>
+  <c r="M36" i="3"/>
+  <c r="L41" i="3"/>
+  <c r="N33" i="3"/>
+  <c r="N31" i="3"/>
+  <c r="I32" i="3"/>
+  <c r="J89" i="3"/>
+  <c r="N34" i="3"/>
+  <c r="O21" i="3"/>
+  <c r="J87" i="1"/>
   <c r="J86" i="1"/>
-  <c r="J88" i="1" s="1"/>
+  <c r="P85" i="1"/>
+  <c r="K86" i="3" l="1"/>
+  <c r="K87" i="3"/>
+  <c r="N36" i="3"/>
+  <c r="M41" i="3"/>
+  <c r="J32" i="3"/>
+  <c r="O33" i="3"/>
+  <c r="O31" i="3"/>
+  <c r="Q85" i="3"/>
+  <c r="P21" i="3"/>
+  <c r="O34" i="3"/>
+  <c r="Q85" i="1"/>
+  <c r="J88" i="1"/>
   <c r="J90" i="1" s="1"/>
-  <c r="J87" i="1"/>
-[...22 lines deleted...]
-  <c r="L85" i="1"/>
+  <c r="J92" i="1" s="1"/>
+  <c r="J89" i="1"/>
+  <c r="P33" i="3" l="1"/>
+  <c r="P31" i="3"/>
+  <c r="L32" i="3" s="1"/>
+  <c r="K32" i="3"/>
+  <c r="O36" i="3"/>
+  <c r="N41" i="3"/>
+  <c r="P34" i="3"/>
+  <c r="Q21" i="3"/>
+  <c r="R85" i="3"/>
+  <c r="K88" i="3"/>
+  <c r="K90" i="3" s="1"/>
+  <c r="K92" i="3" s="1"/>
+  <c r="K89" i="3"/>
+  <c r="R85" i="1"/>
+  <c r="K87" i="1"/>
   <c r="K86" i="1"/>
-  <c r="K88" i="1" s="1"/>
+  <c r="K89" i="1" s="1"/>
+  <c r="S85" i="3" l="1"/>
+  <c r="Q31" i="3"/>
+  <c r="Q33" i="3"/>
+  <c r="P36" i="3"/>
+  <c r="O41" i="3"/>
+  <c r="Q34" i="3"/>
+  <c r="R21" i="3"/>
+  <c r="L87" i="3"/>
+  <c r="L86" i="3"/>
+  <c r="L88" i="3" s="1"/>
+  <c r="L90" i="3" s="1"/>
+  <c r="L92" i="3" s="1"/>
+  <c r="L86" i="1"/>
+  <c r="L87" i="1"/>
+  <c r="K88" i="1"/>
   <c r="K90" i="1" s="1"/>
-  <c r="S83" i="1"/>
-[...13 lines deleted...]
-  <c r="L88" i="1" s="1"/>
+  <c r="K92" i="1" s="1"/>
+  <c r="S85" i="1"/>
+  <c r="L89" i="3" l="1"/>
+  <c r="S21" i="3"/>
+  <c r="R34" i="3"/>
+  <c r="Q36" i="3"/>
+  <c r="P41" i="3"/>
+  <c r="R33" i="3"/>
+  <c r="R31" i="3"/>
+  <c r="M32" i="3"/>
+  <c r="T85" i="3"/>
+  <c r="L88" i="1"/>
   <c r="L90" i="1" s="1"/>
-  <c r="L87" i="1"/>
-[...17 lines deleted...]
-  <c r="O32" i="2"/>
+  <c r="L92" i="1" s="1"/>
+  <c r="L89" i="1"/>
+  <c r="T85" i="1"/>
+  <c r="S33" i="3" l="1"/>
+  <c r="S31" i="3"/>
+  <c r="O32" i="3" s="1"/>
+  <c r="R36" i="3"/>
+  <c r="Q41" i="3"/>
+  <c r="S34" i="3"/>
+  <c r="T21" i="3"/>
+  <c r="U85" i="3"/>
+  <c r="N32" i="3"/>
+  <c r="M86" i="3"/>
+  <c r="M87" i="3"/>
+  <c r="U85" i="1"/>
+  <c r="M87" i="1"/>
   <c r="M86" i="1"/>
-  <c r="M88" i="1" s="1"/>
+  <c r="M88" i="3" l="1"/>
+  <c r="M90" i="3" s="1"/>
+  <c r="M92" i="3" s="1"/>
+  <c r="R41" i="3"/>
+  <c r="S36" i="3"/>
+  <c r="M89" i="3"/>
+  <c r="T33" i="3"/>
+  <c r="T31" i="3"/>
+  <c r="V85" i="3"/>
+  <c r="T34" i="3"/>
+  <c r="U21" i="3"/>
+  <c r="M88" i="1"/>
   <c r="M90" i="1" s="1"/>
-  <c r="M87" i="1"/>
-[...23 lines deleted...]
-  <c r="X83" i="2"/>
+  <c r="M92" i="1" s="1"/>
+  <c r="M89" i="1"/>
+  <c r="V85" i="1"/>
+  <c r="W85" i="3" l="1"/>
+  <c r="V21" i="3"/>
+  <c r="U34" i="3"/>
+  <c r="T36" i="3"/>
+  <c r="S41" i="3"/>
+  <c r="P32" i="3"/>
+  <c r="U31" i="3"/>
+  <c r="U33" i="3"/>
+  <c r="N86" i="3"/>
+  <c r="N88" i="3" s="1"/>
+  <c r="N90" i="3" s="1"/>
+  <c r="N92" i="3" s="1"/>
+  <c r="N87" i="3"/>
+  <c r="W85" i="1"/>
+  <c r="N87" i="1"/>
   <c r="N86" i="1"/>
-  <c r="N88" i="1" s="1"/>
+  <c r="V31" i="3" l="1"/>
+  <c r="V33" i="3"/>
+  <c r="N89" i="3"/>
+  <c r="Q32" i="3"/>
+  <c r="U36" i="3"/>
+  <c r="T41" i="3"/>
+  <c r="W21" i="3"/>
+  <c r="V34" i="3"/>
+  <c r="X85" i="3"/>
+  <c r="N88" i="1"/>
   <c r="N90" i="1" s="1"/>
-  <c r="N87" i="1"/>
-[...20 lines deleted...]
-  <c r="P84" i="1"/>
+  <c r="N92" i="1" s="1"/>
+  <c r="N89" i="1"/>
+  <c r="X85" i="1"/>
+  <c r="X21" i="3" l="1"/>
+  <c r="W34" i="3"/>
+  <c r="O87" i="3"/>
+  <c r="O86" i="3"/>
+  <c r="O88" i="3" s="1"/>
+  <c r="O90" i="3" s="1"/>
+  <c r="O92" i="3" s="1"/>
+  <c r="Y85" i="3"/>
+  <c r="W31" i="3"/>
+  <c r="W33" i="3"/>
+  <c r="R32" i="3"/>
+  <c r="V36" i="3"/>
+  <c r="U41" i="3"/>
+  <c r="Y85" i="1"/>
   <c r="O86" i="1"/>
-  <c r="O88" i="1" s="1"/>
+  <c r="O89" i="1" s="1"/>
+  <c r="O87" i="1"/>
+  <c r="Z85" i="3" l="1"/>
+  <c r="W36" i="3"/>
+  <c r="V41" i="3"/>
+  <c r="O89" i="3"/>
+  <c r="Y21" i="3"/>
+  <c r="X34" i="3"/>
+  <c r="X31" i="3"/>
+  <c r="S32" i="3"/>
+  <c r="P87" i="1"/>
+  <c r="P86" i="1"/>
+  <c r="O88" i="1"/>
   <c r="O90" i="1" s="1"/>
-  <c r="Z83" i="1"/>
-[...8 lines deleted...]
-  <c r="P88" i="1" s="1"/>
+  <c r="O92" i="1" s="1"/>
+  <c r="Z85" i="1"/>
+  <c r="T32" i="3" l="1"/>
+  <c r="W41" i="3"/>
+  <c r="X36" i="3"/>
+  <c r="AA85" i="3"/>
+  <c r="Z21" i="3"/>
+  <c r="Y34" i="3"/>
+  <c r="Y31" i="3"/>
+  <c r="P86" i="3"/>
+  <c r="P88" i="3" s="1"/>
+  <c r="P90" i="3" s="1"/>
+  <c r="P92" i="3" s="1"/>
+  <c r="P87" i="3"/>
+  <c r="U32" i="3"/>
+  <c r="P88" i="1"/>
   <c r="P90" i="1" s="1"/>
-  <c r="AA83" i="1"/>
-[...15 lines deleted...]
-  <c r="P87" i="2"/>
+  <c r="P92" i="1" s="1"/>
+  <c r="AA85" i="1"/>
+  <c r="P89" i="1"/>
+  <c r="P89" i="3" l="1"/>
+  <c r="AB85" i="3"/>
+  <c r="AA21" i="3"/>
+  <c r="Z34" i="3"/>
+  <c r="Z31" i="3"/>
+  <c r="X41" i="3"/>
+  <c r="Y36" i="3"/>
+  <c r="AB85" i="1"/>
   <c r="Q86" i="1"/>
-  <c r="Q88" i="1" s="1"/>
+  <c r="Q87" i="1"/>
+  <c r="Y41" i="3" l="1"/>
+  <c r="Z36" i="3"/>
+  <c r="V32" i="3"/>
+  <c r="AB21" i="3"/>
+  <c r="AA34" i="3"/>
+  <c r="AA31" i="3"/>
+  <c r="AC85" i="3"/>
+  <c r="Q86" i="3"/>
+  <c r="Q87" i="3"/>
+  <c r="Q88" i="1"/>
   <c r="Q90" i="1" s="1"/>
-  <c r="Q87" i="1"/>
-[...15 lines deleted...]
-  <c r="Q87" i="2"/>
+  <c r="Q92" i="1" s="1"/>
+  <c r="Q89" i="1"/>
+  <c r="AC85" i="1"/>
+  <c r="Q88" i="3" l="1"/>
+  <c r="Q90" i="3" s="1"/>
+  <c r="Q92" i="3" s="1"/>
+  <c r="AD85" i="3"/>
+  <c r="AC21" i="3"/>
+  <c r="AB34" i="3"/>
+  <c r="AB31" i="3"/>
+  <c r="AA36" i="3"/>
+  <c r="Z41" i="3"/>
+  <c r="Q89" i="3"/>
+  <c r="W32" i="3"/>
+  <c r="AD85" i="1"/>
+  <c r="R87" i="1"/>
   <c r="R86" i="1"/>
-  <c r="R88" i="1" s="1"/>
+  <c r="R89" i="3" l="1"/>
+  <c r="R86" i="3"/>
+  <c r="R88" i="3" s="1"/>
+  <c r="R90" i="3" s="1"/>
+  <c r="R92" i="3" s="1"/>
+  <c r="R87" i="3"/>
+  <c r="AB36" i="3"/>
+  <c r="AA41" i="3"/>
+  <c r="X32" i="3"/>
+  <c r="AD21" i="3"/>
+  <c r="AC34" i="3"/>
+  <c r="AC31" i="3"/>
+  <c r="AE85" i="3"/>
+  <c r="R88" i="1"/>
   <c r="R90" i="1" s="1"/>
-  <c r="R87" i="1"/>
-[...15 lines deleted...]
-  <c r="R87" i="2"/>
+  <c r="R92" i="1" s="1"/>
+  <c r="R89" i="1"/>
+  <c r="AE85" i="1"/>
+  <c r="AF85" i="3" l="1"/>
+  <c r="AE21" i="3"/>
+  <c r="AD34" i="3"/>
+  <c r="AD31" i="3"/>
+  <c r="Z32" i="3" s="1"/>
+  <c r="Y32" i="3"/>
+  <c r="AC36" i="3"/>
+  <c r="AB41" i="3"/>
+  <c r="S87" i="3"/>
+  <c r="S86" i="3"/>
+  <c r="S88" i="3" s="1"/>
+  <c r="S90" i="3" s="1"/>
+  <c r="S92" i="3" s="1"/>
+  <c r="AF85" i="1"/>
   <c r="S86" i="1"/>
-  <c r="S88" i="1" s="1"/>
+  <c r="S87" i="1"/>
+  <c r="AC41" i="3" l="1"/>
+  <c r="AF21" i="3"/>
+  <c r="AE34" i="3"/>
+  <c r="AE31" i="3"/>
+  <c r="AA32" i="3" s="1"/>
+  <c r="S89" i="3"/>
+  <c r="AD37" i="3"/>
+  <c r="AG85" i="3"/>
+  <c r="S88" i="1"/>
   <c r="S90" i="1" s="1"/>
-  <c r="S87" i="1"/>
-[...15 lines deleted...]
-  <c r="S87" i="2"/>
+  <c r="S92" i="1" s="1"/>
+  <c r="S89" i="1"/>
+  <c r="AG85" i="1"/>
+  <c r="AD36" i="3" l="1"/>
+  <c r="AD41" i="3" s="1"/>
+  <c r="AH85" i="3"/>
+  <c r="T87" i="3"/>
+  <c r="T86" i="3"/>
+  <c r="T88" i="3" s="1"/>
+  <c r="T90" i="3" s="1"/>
+  <c r="T92" i="3" s="1"/>
+  <c r="AE37" i="3"/>
+  <c r="AG21" i="3"/>
+  <c r="AF34" i="3"/>
+  <c r="AF31" i="3"/>
+  <c r="AH85" i="1"/>
+  <c r="T87" i="1"/>
   <c r="T86" i="1"/>
-  <c r="T88" i="1" s="1"/>
+  <c r="AE36" i="3" l="1"/>
+  <c r="AE41" i="3" s="1"/>
+  <c r="AF37" i="3"/>
+  <c r="AB32" i="3"/>
+  <c r="AG34" i="3"/>
+  <c r="AH21" i="3"/>
+  <c r="AG31" i="3"/>
+  <c r="T89" i="3"/>
+  <c r="AI85" i="3"/>
+  <c r="T88" i="1"/>
   <c r="T90" i="1" s="1"/>
-  <c r="T87" i="1"/>
-[...15 lines deleted...]
-  <c r="T87" i="2"/>
+  <c r="T92" i="1" s="1"/>
+  <c r="T89" i="1"/>
+  <c r="AI85" i="1"/>
+  <c r="AF36" i="3" l="1"/>
+  <c r="AG36" i="3" s="1"/>
+  <c r="AG37" i="3"/>
+  <c r="AJ85" i="3"/>
+  <c r="U86" i="3"/>
+  <c r="U89" i="3" s="1"/>
+  <c r="U87" i="3"/>
+  <c r="AC32" i="3"/>
+  <c r="AI21" i="3"/>
+  <c r="AH34" i="3"/>
+  <c r="AH31" i="3"/>
+  <c r="AD32" i="3" s="1"/>
+  <c r="AJ85" i="1"/>
   <c r="U86" i="1"/>
-  <c r="U88" i="1" s="1"/>
+  <c r="U87" i="1"/>
+  <c r="AF41" i="3" l="1"/>
+  <c r="V87" i="3"/>
+  <c r="V86" i="3"/>
+  <c r="U88" i="3"/>
+  <c r="U90" i="3" s="1"/>
+  <c r="U92" i="3" s="1"/>
+  <c r="AH37" i="3"/>
+  <c r="AI34" i="3"/>
+  <c r="AI31" i="3"/>
+  <c r="AG41" i="3"/>
+  <c r="AK85" i="3"/>
+  <c r="U88" i="1"/>
   <c r="U90" i="1" s="1"/>
-  <c r="U87" i="1"/>
-[...14 lines deleted...]
-  <c r="U87" i="2"/>
+  <c r="U92" i="1" s="1"/>
+  <c r="U89" i="1"/>
+  <c r="AK85" i="1"/>
+  <c r="AH36" i="3" l="1"/>
+  <c r="AH41" i="3" s="1"/>
+  <c r="AL85" i="3"/>
+  <c r="AE32" i="3"/>
+  <c r="AI37" i="3"/>
+  <c r="V88" i="3"/>
+  <c r="V90" i="3" s="1"/>
+  <c r="V92" i="3" s="1"/>
+  <c r="V89" i="3"/>
+  <c r="AL85" i="1"/>
   <c r="V86" i="1"/>
-  <c r="V88" i="1" s="1"/>
+  <c r="V87" i="1"/>
+  <c r="AI36" i="3" l="1"/>
+  <c r="AI41" i="3" s="1"/>
+  <c r="W87" i="3"/>
+  <c r="W86" i="3"/>
+  <c r="W88" i="3" s="1"/>
+  <c r="W90" i="3" s="1"/>
+  <c r="W92" i="3" s="1"/>
+  <c r="AM85" i="3"/>
+  <c r="V88" i="1"/>
   <c r="V90" i="1" s="1"/>
-  <c r="V87" i="1"/>
-[...15 lines deleted...]
-  <c r="AO83" i="1"/>
+  <c r="V92" i="1" s="1"/>
+  <c r="V89" i="1"/>
+  <c r="AM85" i="1"/>
+  <c r="AN85" i="3" l="1"/>
+  <c r="W89" i="3"/>
+  <c r="W87" i="1"/>
   <c r="W86" i="1"/>
-  <c r="W88" i="1" s="1"/>
+  <c r="W89" i="1" s="1"/>
+  <c r="AN85" i="1"/>
+  <c r="X86" i="3" l="1"/>
+  <c r="X87" i="3"/>
+  <c r="AO85" i="3"/>
+  <c r="X86" i="1"/>
+  <c r="X87" i="1"/>
+  <c r="AO85" i="1"/>
+  <c r="W88" i="1"/>
   <c r="W90" i="1" s="1"/>
-  <c r="W84" i="2" l="1"/>
-[...3 lines deleted...]
-  <c r="X88" i="1" s="1"/>
+  <c r="W92" i="1" s="1"/>
+  <c r="AP85" i="3" l="1"/>
+  <c r="X88" i="3"/>
+  <c r="X90" i="3" s="1"/>
+  <c r="X92" i="3" s="1"/>
+  <c r="X89" i="3"/>
+  <c r="X88" i="1"/>
   <c r="X90" i="1" s="1"/>
-  <c r="AP83" i="1"/>
-[...12 lines deleted...]
-  <c r="AR83" i="1"/>
+  <c r="X92" i="1" s="1"/>
+  <c r="AP85" i="1"/>
+  <c r="X89" i="1"/>
+  <c r="Y86" i="3" l="1"/>
+  <c r="Y87" i="3"/>
+  <c r="AQ85" i="3"/>
+  <c r="Y87" i="1"/>
   <c r="Y86" i="1"/>
-  <c r="Y88" i="1" s="1"/>
+  <c r="AQ85" i="1"/>
+  <c r="AR85" i="3" l="1"/>
+  <c r="Y88" i="3"/>
+  <c r="Y90" i="3" s="1"/>
+  <c r="Y92" i="3" s="1"/>
+  <c r="Y89" i="3"/>
+  <c r="AR85" i="1"/>
+  <c r="Y88" i="1"/>
   <c r="Y90" i="1" s="1"/>
-  <c r="Y87" i="1"/>
-[...11 lines deleted...]
-  <c r="AT83" i="1"/>
+  <c r="Y92" i="1" s="1"/>
+  <c r="Y89" i="1"/>
+  <c r="Z87" i="3" l="1"/>
+  <c r="Z86" i="3"/>
+  <c r="Z88" i="3" s="1"/>
+  <c r="Z90" i="3" s="1"/>
+  <c r="Z92" i="3" s="1"/>
+  <c r="AS85" i="3"/>
   <c r="Z86" i="1"/>
-  <c r="Z88" i="1" s="1"/>
+  <c r="Z87" i="1"/>
+  <c r="AS85" i="1"/>
+  <c r="AT85" i="3" l="1"/>
+  <c r="Z89" i="3"/>
+  <c r="AT85" i="1"/>
+  <c r="Z88" i="1"/>
   <c r="Z90" i="1" s="1"/>
-  <c r="Z87" i="1"/>
-[...11 lines deleted...]
-  <c r="AV83" i="1"/>
+  <c r="Z92" i="1" s="1"/>
+  <c r="Z89" i="1"/>
+  <c r="AA87" i="3" l="1"/>
+  <c r="AA86" i="3"/>
+  <c r="AA88" i="3" s="1"/>
+  <c r="AA90" i="3" s="1"/>
+  <c r="AA92" i="3" s="1"/>
+  <c r="AU85" i="3"/>
   <c r="AA86" i="1"/>
-  <c r="AA88" i="1" s="1"/>
+  <c r="AA87" i="1"/>
+  <c r="AU85" i="1"/>
+  <c r="AV85" i="3" l="1"/>
+  <c r="AA89" i="3"/>
+  <c r="AV85" i="1"/>
+  <c r="AA88" i="1"/>
   <c r="AA90" i="1" s="1"/>
-  <c r="AA87" i="1"/>
-[...12 lines deleted...]
-  <c r="AA90" i="2" s="1"/>
+  <c r="AA92" i="1" s="1"/>
+  <c r="AA89" i="1"/>
+  <c r="AB86" i="3" l="1"/>
+  <c r="AB87" i="3"/>
+  <c r="AW85" i="3"/>
+  <c r="AB87" i="1"/>
   <c r="AB86" i="1"/>
-  <c r="AB88" i="1" s="1"/>
+  <c r="AW85" i="1"/>
+  <c r="AB88" i="3" l="1"/>
+  <c r="AB90" i="3" s="1"/>
+  <c r="AB92" i="3" s="1"/>
+  <c r="AB89" i="3"/>
+  <c r="AB88" i="1"/>
   <c r="AB90" i="1" s="1"/>
-  <c r="AB87" i="1"/>
-[...4 lines deleted...]
-  <c r="AB85" i="2"/>
+  <c r="AB92" i="1" s="1"/>
+  <c r="AB89" i="1"/>
+  <c r="AC86" i="3" l="1"/>
+  <c r="AC87" i="3"/>
+  <c r="AC87" i="1"/>
   <c r="AC86" i="1"/>
-  <c r="AC88" i="1" s="1"/>
+  <c r="AC88" i="3" l="1"/>
+  <c r="AC90" i="3" s="1"/>
+  <c r="AC92" i="3" s="1"/>
+  <c r="AC89" i="3"/>
+  <c r="AC88" i="1"/>
   <c r="AC90" i="1" s="1"/>
-  <c r="AC87" i="1"/>
-[...10 lines deleted...]
-  <c r="AC90" i="2" s="1"/>
+  <c r="AC92" i="1" s="1"/>
+  <c r="AC89" i="1"/>
+  <c r="AD87" i="3" l="1"/>
+  <c r="AD86" i="3"/>
+  <c r="AD88" i="3" s="1"/>
+  <c r="AD90" i="3" s="1"/>
+  <c r="AD92" i="3" s="1"/>
+  <c r="AD87" i="1"/>
   <c r="AD86" i="1"/>
-  <c r="AD88" i="1" s="1"/>
+  <c r="AD89" i="3" l="1"/>
+  <c r="AD88" i="1"/>
   <c r="AD90" i="1" s="1"/>
-  <c r="AD87" i="1"/>
-[...4 lines deleted...]
-  <c r="AD85" i="2"/>
+  <c r="AD92" i="1" s="1"/>
+  <c r="AD89" i="1"/>
+  <c r="AE86" i="3" l="1"/>
+  <c r="AE87" i="3"/>
   <c r="AE86" i="1"/>
-  <c r="AE88" i="1" s="1"/>
+  <c r="AE87" i="1"/>
+  <c r="AE88" i="3" l="1"/>
+  <c r="AE90" i="3" s="1"/>
+  <c r="AE92" i="3" s="1"/>
+  <c r="AE89" i="3"/>
+  <c r="AE88" i="1"/>
   <c r="AE90" i="1" s="1"/>
-  <c r="AE87" i="1"/>
-[...10 lines deleted...]
-  <c r="AE90" i="2" s="1"/>
+  <c r="AE92" i="1" s="1"/>
+  <c r="AE89" i="1"/>
+  <c r="AF86" i="3" l="1"/>
+  <c r="AF87" i="3"/>
+  <c r="AF87" i="1"/>
   <c r="AF86" i="1"/>
-  <c r="AF88" i="1" s="1"/>
+  <c r="AF88" i="3" l="1"/>
+  <c r="AF90" i="3" s="1"/>
+  <c r="AF92" i="3" s="1"/>
+  <c r="AF89" i="3"/>
+  <c r="AF88" i="1"/>
   <c r="AF90" i="1" s="1"/>
-  <c r="AF87" i="1"/>
-[...4 lines deleted...]
-  <c r="AF85" i="2"/>
+  <c r="AF92" i="1" s="1"/>
+  <c r="AF89" i="1"/>
+  <c r="AG86" i="3" l="1"/>
+  <c r="AG87" i="3"/>
+  <c r="AG87" i="1"/>
   <c r="AG86" i="1"/>
-  <c r="AG88" i="1" s="1"/>
+  <c r="AG88" i="3" l="1"/>
+  <c r="AG90" i="3" s="1"/>
+  <c r="AG92" i="3" s="1"/>
+  <c r="AG89" i="3"/>
+  <c r="AG88" i="1"/>
   <c r="AG90" i="1" s="1"/>
-  <c r="AG87" i="1"/>
-[...7 lines deleted...]
-  <c r="AG85" i="2"/>
+  <c r="AG92" i="1" s="1"/>
+  <c r="AG89" i="1"/>
+  <c r="AH87" i="3" l="1"/>
+  <c r="AH86" i="3"/>
+  <c r="AH88" i="3" s="1"/>
+  <c r="AH90" i="3" s="1"/>
+  <c r="AH92" i="3" s="1"/>
   <c r="AH86" i="1"/>
-  <c r="AH88" i="1" s="1"/>
+  <c r="AH87" i="1"/>
+  <c r="AH89" i="3" l="1"/>
+  <c r="AH88" i="1"/>
   <c r="AH90" i="1" s="1"/>
-  <c r="AH87" i="1"/>
-[...7 lines deleted...]
-  <c r="AH85" i="2"/>
+  <c r="AH92" i="1" s="1"/>
+  <c r="AH89" i="1"/>
+  <c r="AI87" i="3" l="1"/>
+  <c r="AI86" i="3"/>
+  <c r="AI88" i="3" s="1"/>
+  <c r="AI90" i="3" s="1"/>
+  <c r="AI92" i="3" s="1"/>
   <c r="AI86" i="1"/>
-  <c r="AI88" i="1" s="1"/>
+  <c r="AI87" i="1"/>
+  <c r="AI89" i="3" l="1"/>
+  <c r="AI88" i="1"/>
   <c r="AI90" i="1" s="1"/>
-  <c r="AI87" i="1"/>
-[...10 lines deleted...]
-  <c r="AI90" i="2" s="1"/>
+  <c r="AI92" i="1" s="1"/>
+  <c r="AI89" i="1"/>
+  <c r="AJ87" i="3" l="1"/>
+  <c r="AJ86" i="3"/>
+  <c r="AJ88" i="3" s="1"/>
+  <c r="AJ90" i="3" s="1"/>
+  <c r="AJ92" i="3" s="1"/>
+  <c r="AJ87" i="1"/>
   <c r="AJ86" i="1"/>
-  <c r="AJ88" i="1" s="1"/>
+  <c r="AJ89" i="3" l="1"/>
+  <c r="AJ88" i="1"/>
   <c r="AJ90" i="1" s="1"/>
-  <c r="AJ87" i="1"/>
-[...7 lines deleted...]
-  <c r="AJ90" i="2" s="1"/>
+  <c r="AJ92" i="1" s="1"/>
+  <c r="AJ89" i="1"/>
+  <c r="AK87" i="3" l="1"/>
+  <c r="AK86" i="3"/>
+  <c r="AK88" i="3" s="1"/>
+  <c r="AK90" i="3" s="1"/>
+  <c r="AK92" i="3" s="1"/>
   <c r="AK86" i="1"/>
-  <c r="AK88" i="1" s="1"/>
+  <c r="AK87" i="1"/>
+  <c r="AK89" i="3" l="1"/>
+  <c r="AK88" i="1"/>
   <c r="AK90" i="1" s="1"/>
-  <c r="AK87" i="1"/>
-[...7 lines deleted...]
-  <c r="AK90" i="2" s="1"/>
+  <c r="AK92" i="1" s="1"/>
+  <c r="AK89" i="1"/>
+  <c r="AL86" i="3" l="1"/>
+  <c r="AL87" i="3"/>
+  <c r="AL87" i="1"/>
   <c r="AL86" i="1"/>
-  <c r="AL88" i="1" s="1"/>
+  <c r="AL88" i="3" l="1"/>
+  <c r="AL90" i="3" s="1"/>
+  <c r="AL92" i="3" s="1"/>
+  <c r="AL89" i="3"/>
+  <c r="AL88" i="1"/>
   <c r="AL90" i="1" s="1"/>
-  <c r="AL87" i="1"/>
-[...7 lines deleted...]
-  <c r="AL90" i="2" s="1"/>
+  <c r="AL92" i="1" s="1"/>
+  <c r="AL89" i="1"/>
+  <c r="AM86" i="3" l="1"/>
+  <c r="AM87" i="3"/>
+  <c r="AM87" i="1"/>
   <c r="AM86" i="1"/>
-  <c r="AM88" i="1" s="1"/>
+  <c r="AM88" i="3" l="1"/>
+  <c r="AM90" i="3" s="1"/>
+  <c r="AM92" i="3" s="1"/>
+  <c r="AM89" i="3"/>
+  <c r="AM88" i="1"/>
   <c r="AM90" i="1" s="1"/>
-  <c r="AM87" i="1"/>
-[...7 lines deleted...]
-  <c r="AM90" i="2" s="1"/>
+  <c r="AM92" i="1" s="1"/>
+  <c r="AM89" i="1"/>
+  <c r="AN86" i="3" l="1"/>
+  <c r="AN87" i="3"/>
   <c r="AN86" i="1"/>
-  <c r="AN88" i="1" s="1"/>
+  <c r="AN87" i="1"/>
+  <c r="AN88" i="3" l="1"/>
+  <c r="AN90" i="3" s="1"/>
+  <c r="AN92" i="3" s="1"/>
+  <c r="AN89" i="3"/>
+  <c r="AN88" i="1"/>
   <c r="AN90" i="1" s="1"/>
-  <c r="AN87" i="1"/>
-[...4 lines deleted...]
-  <c r="AN85" i="2"/>
+  <c r="AN92" i="1" s="1"/>
+  <c r="AN89" i="1"/>
+  <c r="AO86" i="3" l="1"/>
+  <c r="AO87" i="3"/>
   <c r="AO86" i="1"/>
-  <c r="AO88" i="1" s="1"/>
+  <c r="AO87" i="1"/>
+  <c r="AO88" i="3" l="1"/>
+  <c r="AO90" i="3" s="1"/>
+  <c r="AO92" i="3" s="1"/>
+  <c r="AO89" i="3"/>
+  <c r="AO88" i="1"/>
   <c r="AO90" i="1" s="1"/>
-  <c r="AO87" i="1"/>
-[...7 lines deleted...]
-  <c r="AO85" i="2"/>
+  <c r="AO92" i="1" s="1"/>
+  <c r="AO89" i="1"/>
+  <c r="AP86" i="3" l="1"/>
+  <c r="AP87" i="3"/>
   <c r="AP86" i="1"/>
-  <c r="AP88" i="1" s="1"/>
+  <c r="AP87" i="1"/>
+  <c r="AP88" i="3" l="1"/>
+  <c r="AP90" i="3" s="1"/>
+  <c r="AP92" i="3" s="1"/>
+  <c r="AP89" i="3"/>
+  <c r="AP88" i="1"/>
   <c r="AP90" i="1" s="1"/>
-  <c r="AP87" i="1"/>
-[...7 lines deleted...]
-  <c r="AP85" i="2"/>
+  <c r="AP92" i="1" s="1"/>
+  <c r="AP89" i="1"/>
+  <c r="AQ86" i="3" l="1"/>
+  <c r="AQ87" i="3"/>
   <c r="AQ86" i="1"/>
-  <c r="AQ88" i="1" s="1"/>
+  <c r="AQ87" i="1"/>
+  <c r="AQ88" i="3" l="1"/>
+  <c r="AQ90" i="3" s="1"/>
+  <c r="AQ92" i="3" s="1"/>
+  <c r="AQ89" i="3"/>
+  <c r="AQ88" i="1"/>
   <c r="AQ90" i="1" s="1"/>
-  <c r="AQ87" i="1"/>
-[...7 lines deleted...]
-  <c r="AQ85" i="2"/>
+  <c r="AQ92" i="1" s="1"/>
+  <c r="AQ89" i="1"/>
+  <c r="AR86" i="3" l="1"/>
+  <c r="AR87" i="3"/>
   <c r="AR86" i="1"/>
-  <c r="AR88" i="1" s="1"/>
+  <c r="AR87" i="1"/>
+  <c r="AR88" i="3" l="1"/>
+  <c r="AR90" i="3" s="1"/>
+  <c r="AR92" i="3" s="1"/>
+  <c r="AR89" i="3"/>
+  <c r="AR88" i="1"/>
   <c r="AR90" i="1" s="1"/>
-  <c r="AR87" i="1"/>
-[...10 lines deleted...]
-  <c r="AR85" i="2"/>
+  <c r="AR92" i="1" s="1"/>
+  <c r="AR89" i="1"/>
+  <c r="AS86" i="3" l="1"/>
+  <c r="AS87" i="3"/>
+  <c r="AS87" i="1"/>
   <c r="AS86" i="1"/>
-  <c r="AS88" i="1" s="1"/>
+  <c r="AS88" i="3" l="1"/>
+  <c r="AS90" i="3" s="1"/>
+  <c r="AS92" i="3" s="1"/>
+  <c r="AS89" i="3"/>
+  <c r="AS88" i="1"/>
   <c r="AS90" i="1" s="1"/>
-  <c r="AS87" i="1"/>
-[...4 lines deleted...]
-  <c r="AS85" i="2"/>
+  <c r="AS92" i="1" s="1"/>
+  <c r="AS89" i="1"/>
+  <c r="AT86" i="3" l="1"/>
+  <c r="AT87" i="3"/>
   <c r="AT86" i="1"/>
-  <c r="AT88" i="1" s="1"/>
+  <c r="AT87" i="1"/>
+  <c r="AT88" i="3" l="1"/>
+  <c r="AT90" i="3" s="1"/>
+  <c r="AT92" i="3" s="1"/>
+  <c r="AT89" i="3"/>
+  <c r="AT88" i="1"/>
   <c r="AT90" i="1" s="1"/>
-  <c r="AT87" i="1"/>
-[...7 lines deleted...]
-  <c r="AT85" i="2"/>
+  <c r="AT92" i="1" s="1"/>
+  <c r="AT89" i="1"/>
+  <c r="AU87" i="3" l="1"/>
+  <c r="AU86" i="3"/>
+  <c r="AU88" i="3" s="1"/>
+  <c r="AU90" i="3" s="1"/>
+  <c r="AU92" i="3" s="1"/>
+  <c r="AU87" i="1"/>
   <c r="AU86" i="1"/>
-  <c r="AU88" i="1" s="1"/>
+  <c r="AU89" i="3" l="1"/>
+  <c r="AU88" i="1"/>
   <c r="AU90" i="1" s="1"/>
-  <c r="AU87" i="1"/>
-[...7 lines deleted...]
-  <c r="AU85" i="2"/>
+  <c r="AU92" i="1" s="1"/>
+  <c r="AU89" i="1"/>
+  <c r="AV87" i="3" l="1"/>
+  <c r="AV86" i="3"/>
+  <c r="AV88" i="3" s="1"/>
+  <c r="AV90" i="3" s="1"/>
+  <c r="AV92" i="3" s="1"/>
+  <c r="AV87" i="1"/>
   <c r="AV86" i="1"/>
-  <c r="AV88" i="1" s="1"/>
+  <c r="AV89" i="3" l="1"/>
+  <c r="AV88" i="1"/>
   <c r="AV90" i="1" s="1"/>
-  <c r="AV87" i="1"/>
-[...8 lines deleted...]
-  <c r="AV85" i="2"/>
+  <c r="AV92" i="1" s="1"/>
+  <c r="AV89" i="1"/>
+  <c r="AW86" i="3" l="1"/>
+  <c r="AW87" i="3"/>
+  <c r="G82" i="3" s="1"/>
+  <c r="AW87" i="1"/>
+  <c r="G82" i="1" s="1"/>
   <c r="AW86" i="1"/>
-  <c r="AW88" i="1" s="1"/>
+  <c r="AW88" i="3" l="1"/>
+  <c r="AW90" i="3" s="1"/>
+  <c r="AW92" i="3" s="1"/>
+  <c r="F82" i="3"/>
+  <c r="H82" i="3" s="1"/>
+  <c r="AW89" i="3"/>
+  <c r="AW88" i="1"/>
   <c r="AW90" i="1" s="1"/>
-  <c r="F80" i="1"/>
-[...1 lines deleted...]
-  <c r="AW87" i="1"/>
+  <c r="AW92" i="1" s="1"/>
+  <c r="F82" i="1"/>
+  <c r="H82" i="1" s="1"/>
+  <c r="AW89" i="1"/>
   <c r="F10" i="1"/>
   <c r="G10" i="1" s="1"/>
   <c r="H10" i="1" s="1"/>
   <c r="I10" i="1" s="1"/>
   <c r="J10" i="1" s="1"/>
   <c r="K10" i="1" s="1"/>
   <c r="L10" i="1" s="1"/>
   <c r="M10" i="1" s="1"/>
   <c r="N10" i="1" s="1"/>
   <c r="O10" i="1" s="1"/>
   <c r="P10" i="1" s="1"/>
   <c r="Q10" i="1" s="1"/>
   <c r="R10" i="1" s="1"/>
   <c r="S10" i="1" s="1"/>
   <c r="T10" i="1" s="1"/>
   <c r="U10" i="1" s="1"/>
   <c r="V10" i="1" s="1"/>
   <c r="W10" i="1" s="1"/>
   <c r="X10" i="1" s="1"/>
   <c r="Y10" i="1" s="1"/>
   <c r="Z10" i="1" s="1"/>
   <c r="AA10" i="1" s="1"/>
   <c r="AB10" i="1" s="1"/>
   <c r="AC10" i="1" s="1"/>
   <c r="AD10" i="1" s="1"/>
   <c r="AE10" i="1" s="1"/>
   <c r="AF10" i="1" s="1"/>
   <c r="AG10" i="1" s="1"/>
   <c r="AH10" i="1" s="1"/>
   <c r="AI10" i="1" s="1"/>
-  <c r="F40" i="1"/>
-[...4 lines deleted...]
-  <c r="AA16" i="1"/>
+  <c r="F42" i="1"/>
+  <c r="AA16" i="1" l="1"/>
   <c r="AB16" i="1" s="1"/>
   <c r="AC16" i="1" s="1"/>
   <c r="AD16" i="1" s="1"/>
   <c r="AF16" i="1" s="1"/>
   <c r="AG16" i="1" s="1"/>
   <c r="AH16" i="1" s="1"/>
   <c r="AI16" i="1" s="1"/>
   <c r="Y14" i="1"/>
   <c r="Z14" i="1" s="1"/>
   <c r="AA14" i="1" s="1"/>
   <c r="AB14" i="1" s="1"/>
   <c r="AD14" i="1" s="1"/>
   <c r="AE14" i="1" s="1"/>
   <c r="AF14" i="1" s="1"/>
   <c r="AG14" i="1" s="1"/>
   <c r="AH14" i="1" s="1"/>
   <c r="AI14" i="1" s="1"/>
+  <c r="E39" i="1"/>
+  <c r="F39" i="1" s="1"/>
+  <c r="G39" i="1" s="1"/>
+  <c r="H39" i="1" s="1"/>
+  <c r="I39" i="1" s="1"/>
+  <c r="J39" i="1" s="1"/>
+  <c r="K39" i="1" s="1"/>
+  <c r="L39" i="1" s="1"/>
+  <c r="M39" i="1" s="1"/>
+  <c r="N39" i="1" s="1"/>
+  <c r="O39" i="1" s="1"/>
+  <c r="P39" i="1" s="1"/>
+  <c r="Q39" i="1" s="1"/>
+  <c r="R39" i="1" s="1"/>
+  <c r="S39" i="1" s="1"/>
+  <c r="T39" i="1" s="1"/>
+  <c r="U39" i="1" s="1"/>
+  <c r="V39" i="1" s="1"/>
+  <c r="W39" i="1" s="1"/>
+  <c r="X39" i="1" s="1"/>
+  <c r="Y39" i="1" s="1"/>
+  <c r="Z39" i="1" s="1"/>
+  <c r="AA39" i="1" s="1"/>
+  <c r="AB39" i="1" s="1"/>
+  <c r="AC39" i="1" s="1"/>
+  <c r="AD39" i="1" s="1"/>
+  <c r="AE39" i="1" s="1"/>
+  <c r="AF39" i="1" s="1"/>
+  <c r="AG39" i="1" s="1"/>
+  <c r="AH39" i="1" s="1"/>
+  <c r="AI39" i="1" s="1"/>
+  <c r="D41" i="1"/>
+  <c r="E31" i="1"/>
+  <c r="G42" i="1"/>
+  <c r="H42" i="1" s="1"/>
+  <c r="I42" i="1" s="1"/>
+  <c r="S42" i="1" s="1"/>
   <c r="E37" i="1"/>
-  <c r="F37" i="1" s="1"/>
-[...35 lines deleted...]
-  <c r="E35" i="1"/>
   <c r="G24" i="1"/>
   <c r="H24" i="1" s="1"/>
   <c r="I24" i="1" s="1"/>
   <c r="J24" i="1" s="1"/>
   <c r="G22" i="1"/>
   <c r="H22" i="1" s="1"/>
   <c r="I22" i="1" s="1"/>
   <c r="J22" i="1" s="1"/>
   <c r="K22" i="1" s="1"/>
   <c r="L22" i="1" s="1"/>
   <c r="M22" i="1" s="1"/>
   <c r="N22" i="1" s="1"/>
   <c r="O22" i="1" s="1"/>
   <c r="P22" i="1" s="1"/>
   <c r="Q22" i="1" s="1"/>
   <c r="R22" i="1" s="1"/>
   <c r="S22" i="1" s="1"/>
   <c r="T22" i="1" s="1"/>
   <c r="U22" i="1" s="1"/>
   <c r="V22" i="1" s="1"/>
   <c r="W22" i="1" s="1"/>
   <c r="X22" i="1" s="1"/>
   <c r="Y22" i="1" s="1"/>
   <c r="Z22" i="1" s="1"/>
   <c r="AA22" i="1" s="1"/>
   <c r="AB22" i="1" s="1"/>
   <c r="AC22" i="1" s="1"/>
   <c r="AD22" i="1" s="1"/>
   <c r="AE22" i="1" s="1"/>
   <c r="AF22" i="1" s="1"/>
   <c r="AG22" i="1" s="1"/>
   <c r="AH22" i="1" s="1"/>
   <c r="AI22" i="1" s="1"/>
   <c r="G21" i="1"/>
   <c r="H21" i="1" s="1"/>
   <c r="I21" i="1" s="1"/>
   <c r="J21" i="1" s="1"/>
   <c r="K21" i="1" s="1"/>
   <c r="L21" i="1" s="1"/>
   <c r="M21" i="1" s="1"/>
   <c r="N21" i="1" s="1"/>
   <c r="O21" i="1" s="1"/>
   <c r="P21" i="1" s="1"/>
-  <c r="Q21" i="1" s="1"/>
-[...18 lines deleted...]
-  <c r="AW84" i="2"/>
+  <c r="T34" i="1" l="1"/>
+  <c r="S34" i="1"/>
   <c r="AA24" i="1"/>
   <c r="AB24" i="1" s="1"/>
   <c r="AC24" i="1" s="1"/>
   <c r="AD24" i="1" s="1"/>
   <c r="AE24" i="1" s="1"/>
   <c r="AF24" i="1" s="1"/>
   <c r="AG24" i="1" s="1"/>
   <c r="AH24" i="1" s="1"/>
   <c r="AI24" i="1" s="1"/>
   <c r="K24" i="1"/>
   <c r="L24" i="1" s="1"/>
   <c r="M24" i="1" s="1"/>
   <c r="N24" i="1" s="1"/>
   <c r="O24" i="1" s="1"/>
   <c r="P24" i="1" s="1"/>
   <c r="Q24" i="1" s="1"/>
   <c r="R24" i="1" s="1"/>
   <c r="S24" i="1" s="1"/>
   <c r="T24" i="1" s="1"/>
   <c r="U24" i="1" s="1"/>
   <c r="V24" i="1" s="1"/>
   <c r="W24" i="1" s="1"/>
-  <c r="F35" i="1"/>
-[...19 lines deleted...]
-  <c r="Z35" i="1" s="1"/>
+  <c r="F37" i="1"/>
+  <c r="G37" i="1" s="1"/>
+  <c r="H37" i="1" s="1"/>
+  <c r="I37" i="1" s="1"/>
+  <c r="J37" i="1" s="1"/>
+  <c r="K37" i="1" s="1"/>
+  <c r="L37" i="1" s="1"/>
+  <c r="M37" i="1" s="1"/>
+  <c r="N37" i="1" s="1"/>
+  <c r="O37" i="1" s="1"/>
+  <c r="P37" i="1" s="1"/>
+  <c r="Q37" i="1" s="1"/>
+  <c r="R37" i="1" s="1"/>
+  <c r="S37" i="1" s="1"/>
+  <c r="T37" i="1" s="1"/>
+  <c r="U37" i="1" s="1"/>
+  <c r="V37" i="1" s="1"/>
+  <c r="W37" i="1" s="1"/>
+  <c r="X37" i="1" s="1"/>
+  <c r="Y37" i="1" s="1"/>
+  <c r="Z37" i="1" s="1"/>
   <c r="F9" i="1"/>
   <c r="G9" i="1" s="1"/>
   <c r="H9" i="1" s="1"/>
   <c r="I9" i="1" s="1"/>
   <c r="J9" i="1" s="1"/>
   <c r="K9" i="1" s="1"/>
   <c r="L9" i="1" s="1"/>
   <c r="M9" i="1" s="1"/>
   <c r="N9" i="1" s="1"/>
   <c r="O9" i="1" s="1"/>
   <c r="P9" i="1" s="1"/>
   <c r="Q9" i="1" s="1"/>
   <c r="R9" i="1" s="1"/>
   <c r="S9" i="1" s="1"/>
   <c r="T9" i="1" s="1"/>
   <c r="U9" i="1" s="1"/>
   <c r="V9" i="1" s="1"/>
   <c r="W9" i="1" s="1"/>
   <c r="X9" i="1" s="1"/>
   <c r="Y9" i="1" s="1"/>
   <c r="Z9" i="1" s="1"/>
   <c r="AA9" i="1" s="1"/>
   <c r="AB9" i="1" s="1"/>
   <c r="AC9" i="1" s="1"/>
   <c r="AD9" i="1" s="1"/>
@@ -1544,138 +1811,147 @@
   <c r="K8" i="1" s="1"/>
   <c r="L8" i="1" s="1"/>
   <c r="M8" i="1" s="1"/>
   <c r="N8" i="1" s="1"/>
   <c r="O8" i="1" s="1"/>
   <c r="P8" i="1" s="1"/>
   <c r="Q8" i="1" s="1"/>
   <c r="R8" i="1" s="1"/>
   <c r="S8" i="1" s="1"/>
   <c r="T8" i="1" s="1"/>
   <c r="U8" i="1" s="1"/>
   <c r="V8" i="1" s="1"/>
   <c r="W8" i="1" s="1"/>
   <c r="X8" i="1" s="1"/>
   <c r="Y8" i="1" s="1"/>
   <c r="Z8" i="1" s="1"/>
   <c r="AA8" i="1" s="1"/>
   <c r="AB8" i="1" s="1"/>
   <c r="AC8" i="1" s="1"/>
   <c r="AD8" i="1" s="1"/>
   <c r="AE8" i="1" s="1"/>
   <c r="AF8" i="1" s="1"/>
   <c r="AG8" i="1" s="1"/>
   <c r="AH8" i="1" s="1"/>
   <c r="AI8" i="1" s="1"/>
-  <c r="AW86" i="2" l="1"/>
-[...6 lines deleted...]
-  <c r="AB35" i="1" s="1"/>
+  <c r="AA37" i="1" l="1"/>
+  <c r="AB37" i="1" s="1"/>
   <c r="O15" i="1"/>
   <c r="P15" i="1" s="1"/>
   <c r="Q15" i="1" s="1"/>
   <c r="R15" i="1" s="1"/>
   <c r="S15" i="1" s="1"/>
   <c r="T15" i="1" s="1"/>
   <c r="U15" i="1" s="1"/>
   <c r="V15" i="1" s="1"/>
   <c r="W15" i="1" s="1"/>
   <c r="X15" i="1" s="1"/>
   <c r="Y15" i="1" s="1"/>
   <c r="Z15" i="1" s="1"/>
   <c r="AA15" i="1" s="1"/>
   <c r="AB15" i="1" s="1"/>
   <c r="AD15" i="1" s="1"/>
   <c r="AE15" i="1" s="1"/>
   <c r="AF15" i="1" s="1"/>
   <c r="AG15" i="1" s="1"/>
   <c r="AH15" i="1" s="1"/>
   <c r="AI15" i="1" s="1"/>
-  <c r="F31" i="1" l="1"/>
-[...3 lines deleted...]
-  <c r="E39" i="1" s="1"/>
+  <c r="U34" i="1" l="1"/>
+  <c r="F31" i="1"/>
+  <c r="V34" i="1" l="1"/>
+  <c r="AG1" i="1"/>
+  <c r="W34" i="1" l="1"/>
+  <c r="G31" i="1"/>
+  <c r="X34" i="1" l="1"/>
+  <c r="E36" i="1"/>
+  <c r="E41" i="1" s="1"/>
   <c r="H31" i="1"/>
-  <c r="F34" i="1" l="1"/>
-  <c r="F39" i="1" s="1"/>
+  <c r="Y34" i="1" l="1"/>
+  <c r="F36" i="1"/>
+  <c r="F41" i="1" s="1"/>
   <c r="I31" i="1"/>
-  <c r="E32" i="1" l="1"/>
-[...1 lines deleted...]
-  <c r="G39" i="1" s="1"/>
+  <c r="Z34" i="1" l="1"/>
+  <c r="E32" i="1"/>
+  <c r="G36" i="1"/>
+  <c r="G41" i="1" s="1"/>
   <c r="J31" i="1"/>
-  <c r="F32" i="1" l="1"/>
-[...1 lines deleted...]
-  <c r="H39" i="1" s="1"/>
+  <c r="AA34" i="1" l="1"/>
+  <c r="F32" i="1"/>
+  <c r="H36" i="1"/>
+  <c r="H41" i="1" s="1"/>
   <c r="K31" i="1"/>
-  <c r="G32" i="1" l="1"/>
-[...1 lines deleted...]
-  <c r="I39" i="1" s="1"/>
+  <c r="AB34" i="1" l="1"/>
+  <c r="G32" i="1"/>
+  <c r="I36" i="1"/>
+  <c r="I41" i="1" s="1"/>
   <c r="L31" i="1"/>
-  <c r="H32" i="1" l="1"/>
-[...1 lines deleted...]
-  <c r="J39" i="1" s="1"/>
+  <c r="AC34" i="1" l="1"/>
+  <c r="H32" i="1"/>
+  <c r="J36" i="1"/>
+  <c r="J41" i="1" s="1"/>
   <c r="M31" i="1"/>
-  <c r="I32" i="1" l="1"/>
-[...1 lines deleted...]
-  <c r="K39" i="1" s="1"/>
+  <c r="AD34" i="1" l="1"/>
+  <c r="I32" i="1"/>
+  <c r="K36" i="1"/>
+  <c r="K41" i="1" s="1"/>
   <c r="N31" i="1"/>
-  <c r="J32" i="1" l="1"/>
-[...1 lines deleted...]
-  <c r="L39" i="1" s="1"/>
+  <c r="AE34" i="1" l="1"/>
+  <c r="J32" i="1"/>
+  <c r="L36" i="1"/>
+  <c r="L41" i="1" s="1"/>
   <c r="O31" i="1"/>
-  <c r="K32" i="1" l="1"/>
-[...1 lines deleted...]
-  <c r="M39" i="1" s="1"/>
+  <c r="AF34" i="1" l="1"/>
+  <c r="K32" i="1"/>
+  <c r="M36" i="1"/>
+  <c r="M41" i="1" s="1"/>
   <c r="P31" i="1"/>
-  <c r="L32" i="1" l="1"/>
-[...1 lines deleted...]
-  <c r="N39" i="1" s="1"/>
+  <c r="AG34" i="1" l="1"/>
+  <c r="L32" i="1"/>
+  <c r="N36" i="1"/>
+  <c r="N41" i="1" s="1"/>
   <c r="Q31" i="1"/>
-  <c r="M32" i="1" l="1"/>
-[...1 lines deleted...]
-  <c r="O39" i="1" s="1"/>
+  <c r="AI34" i="1" l="1"/>
+  <c r="AH34" i="1"/>
+  <c r="M32" i="1"/>
+  <c r="O36" i="1"/>
+  <c r="O41" i="1" s="1"/>
   <c r="R31" i="1"/>
   <c r="N32" i="1" l="1"/>
-  <c r="P34" i="1"/>
-  <c r="P39" i="1" s="1"/>
+  <c r="P36" i="1"/>
+  <c r="P41" i="1" s="1"/>
   <c r="S31" i="1"/>
   <c r="O32" i="1" l="1"/>
-  <c r="Q34" i="1"/>
-  <c r="Q39" i="1" s="1"/>
+  <c r="Q36" i="1"/>
+  <c r="Q41" i="1" s="1"/>
   <c r="T31" i="1"/>
   <c r="P32" i="1" l="1"/>
-  <c r="R34" i="1"/>
-  <c r="R39" i="1" s="1"/>
+  <c r="R36" i="1"/>
+  <c r="R41" i="1" s="1"/>
   <c r="U31" i="1"/>
   <c r="Q32" i="1" l="1"/>
-  <c r="S34" i="1"/>
-  <c r="S39" i="1" s="1"/>
+  <c r="S36" i="1"/>
+  <c r="S41" i="1" s="1"/>
   <c r="V31" i="1"/>
   <c r="F5" i="1"/>
   <c r="G5" i="1" s="1"/>
   <c r="H5" i="1" s="1"/>
   <c r="I5" i="1" s="1"/>
   <c r="J5" i="1" s="1"/>
   <c r="K5" i="1" s="1"/>
   <c r="L5" i="1" s="1"/>
   <c r="M5" i="1" s="1"/>
   <c r="N5" i="1" s="1"/>
   <c r="O5" i="1" s="1"/>
   <c r="P5" i="1" s="1"/>
   <c r="Q5" i="1" s="1"/>
   <c r="R5" i="1" s="1"/>
   <c r="S5" i="1" s="1"/>
   <c r="T5" i="1" s="1"/>
   <c r="U5" i="1" s="1"/>
   <c r="V5" i="1" s="1"/>
   <c r="W5" i="1" s="1"/>
   <c r="X5" i="1" s="1"/>
   <c r="Y5" i="1" s="1"/>
   <c r="Z5" i="1" s="1"/>
   <c r="AA5" i="1" s="1"/>
   <c r="AB5" i="1" s="1"/>
   <c r="AC5" i="1" s="1"/>
@@ -1694,121 +1970,121 @@
   <c r="L7" i="1" s="1"/>
   <c r="M7" i="1" s="1"/>
   <c r="N7" i="1" s="1"/>
   <c r="O7" i="1" s="1"/>
   <c r="P7" i="1" s="1"/>
   <c r="Q7" i="1" s="1"/>
   <c r="R7" i="1" s="1"/>
   <c r="S7" i="1" s="1"/>
   <c r="T7" i="1" s="1"/>
   <c r="U7" i="1" s="1"/>
   <c r="V7" i="1" s="1"/>
   <c r="W7" i="1" s="1"/>
   <c r="X7" i="1" s="1"/>
   <c r="Y7" i="1" s="1"/>
   <c r="Z7" i="1" s="1"/>
   <c r="AA7" i="1" s="1"/>
   <c r="AB7" i="1" s="1"/>
   <c r="AC7" i="1" s="1"/>
   <c r="AD7" i="1" s="1"/>
   <c r="AE7" i="1" s="1"/>
   <c r="AF7" i="1" s="1"/>
   <c r="AG7" i="1" s="1"/>
   <c r="AH7" i="1" s="1"/>
   <c r="AI7" i="1" s="1"/>
   <c r="R32" i="1" l="1"/>
-  <c r="T34" i="1"/>
-  <c r="T39" i="1" s="1"/>
+  <c r="T36" i="1"/>
+  <c r="T41" i="1" s="1"/>
   <c r="W31" i="1"/>
   <c r="S32" i="1" l="1"/>
-  <c r="U34" i="1"/>
-  <c r="U39" i="1" s="1"/>
+  <c r="U36" i="1"/>
+  <c r="U41" i="1" s="1"/>
   <c r="X31" i="1"/>
   <c r="T32" i="1" l="1"/>
-  <c r="V34" i="1"/>
-  <c r="V39" i="1" s="1"/>
+  <c r="V36" i="1"/>
+  <c r="V41" i="1" s="1"/>
   <c r="Y31" i="1"/>
   <c r="U32" i="1" l="1"/>
-  <c r="W34" i="1"/>
-  <c r="W39" i="1" s="1"/>
+  <c r="W36" i="1"/>
+  <c r="W41" i="1" s="1"/>
   <c r="Z31" i="1"/>
   <c r="V32" i="1" l="1"/>
-  <c r="X34" i="1"/>
-  <c r="X39" i="1" s="1"/>
+  <c r="X36" i="1"/>
+  <c r="X41" i="1" s="1"/>
   <c r="AA31" i="1"/>
   <c r="W32" i="1" l="1"/>
-  <c r="Y34" i="1"/>
-  <c r="Y39" i="1" s="1"/>
+  <c r="Y36" i="1"/>
+  <c r="Y41" i="1" s="1"/>
   <c r="AB31" i="1"/>
   <c r="X32" i="1" l="1"/>
-  <c r="Z34" i="1"/>
-  <c r="Z39" i="1" s="1"/>
+  <c r="Z36" i="1"/>
+  <c r="Z41" i="1" s="1"/>
   <c r="AC31" i="1"/>
   <c r="Y32" i="1" l="1"/>
-  <c r="AA34" i="1"/>
-  <c r="AA39" i="1" s="1"/>
+  <c r="AA36" i="1"/>
+  <c r="AA41" i="1" s="1"/>
   <c r="AD31" i="1"/>
-  <c r="AD40" i="1" l="1"/>
+  <c r="AD42" i="1" l="1"/>
   <c r="Z32" i="1"/>
-  <c r="AB34" i="1"/>
-  <c r="AB39" i="1" s="1"/>
+  <c r="AB36" i="1"/>
+  <c r="AB41" i="1" s="1"/>
   <c r="AE31" i="1"/>
   <c r="AA32" i="1" s="1"/>
-  <c r="AE40" i="1" l="1"/>
+  <c r="AE42" i="1" l="1"/>
   <c r="AF31" i="1"/>
-  <c r="AF40" i="1" s="1"/>
+  <c r="AF42" i="1" s="1"/>
   <c r="AB32" i="1" l="1"/>
   <c r="AG31" i="1"/>
-  <c r="AG40" i="1" s="1"/>
+  <c r="AG42" i="1" s="1"/>
   <c r="AC32" i="1" l="1"/>
   <c r="AH31" i="1"/>
-  <c r="AH40" i="1" s="1"/>
+  <c r="AH42" i="1" s="1"/>
   <c r="AD32" i="1" l="1"/>
   <c r="AI31" i="1"/>
-  <c r="AI40" i="1" s="1"/>
-[...4 lines deleted...]
-  <c r="AF34" i="1" s="1"/>
+  <c r="AI42" i="1" s="1"/>
+  <c r="AC37" i="1"/>
+  <c r="AC36" i="1"/>
+  <c r="AD36" i="1" s="1"/>
+  <c r="AE36" i="1" s="1"/>
+  <c r="AF36" i="1" s="1"/>
   <c r="AE32" i="1" l="1"/>
-  <c r="AC39" i="1"/>
-[...14 lines deleted...]
-  <c r="AH39" i="1"/>
+  <c r="AC41" i="1"/>
+  <c r="AG36" i="1"/>
+  <c r="AD37" i="1"/>
+  <c r="AD41" i="1" l="1"/>
+  <c r="AE37" i="1"/>
+  <c r="AH36" i="1"/>
+  <c r="AI36" i="1" l="1"/>
+  <c r="AF37" i="1"/>
+  <c r="AE41" i="1"/>
+  <c r="AG37" i="1" l="1"/>
+  <c r="AF41" i="1"/>
+  <c r="AH37" i="1" l="1"/>
+  <c r="AG41" i="1"/>
+  <c r="AI37" i="1" l="1"/>
+  <c r="AI41" i="1" s="1"/>
+  <c r="AH41" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>tc={288877E8-2A0A-4335-9A93-D58AB0CA93B9}</author>
     <author>tc={95ABEA64-859C-43AF-93E0-FA7C97BC1C93}</author>
     <author>tc={853BFDC9-C9A3-4B5F-B548-8A18AFD08CB5}</author>
     <author>tc={8B3B7384-9AB3-45B5-9239-CCBB3AA0228F}</author>
     <author>tc={A1FE15EA-EB8A-410F-BD52-BDF12DB4859B}</author>
     <author>tc={CE1C20F2-5ADE-44FE-B451-8D51AA21BF8E}</author>
     <author>tc={E3D98CC4-62A8-45D9-91DE-5F2A65143343}</author>
     <author>tc={CD7BCA31-B2B0-4D52-A272-2D076760939D}</author>
     <author>tc={F35DAAF8-66D9-414B-986E-F2338BB2F3FC}</author>
     <author>tc={ABD3D468-4628-4AE9-9900-36121F23649E}</author>
     <author>tc={9A79CE54-2884-4C4A-B7D4-3E23A6EE1250}</author>
     <author>tc={154FE094-F1E7-407C-B330-A3693487EABE}</author>
     <author>tc={F917B5B3-D528-40C9-9553-4FE6C834CC21}</author>
     <author>tc={B2DEA794-C547-41C0-AC92-FB8FDADA8B08}</author>
     <author>tc={4599810C-50E3-41CA-8F27-0786BB598313}</author>
     <author>tc={FB5E57A2-2F58-40B4-923F-66ECCA54464B}</author>
   </authors>
   <commentList>
     <comment ref="E14" authorId="0" shapeId="0" xr:uid="{288877E8-2A0A-4335-9A93-D58AB0CA93B9}">
@@ -1857,293 +2133,293 @@
       <text>
         <t>[スレッド化されたコメント]
 使用している Excel のバージョンでは、このスレッド化されたコメントを表示できますが、新しいバージョンの Excel でファイルを開いた場合はコメントに対する編集がすべて削除されます。詳細: https://go.microsoft.com/fwlink/?linkid=870924
 コメント:
     車の買い替え、家のリフォームなど、毎年はかからないものの、数年に１度発生するような支出がある場合には、こちらに入力してください。</t>
       </text>
     </comment>
     <comment ref="B26" authorId="6" shapeId="0" xr:uid="{E3D98CC4-62A8-45D9-91DE-5F2A65143343}">
       <text>
         <t>[スレッド化されたコメント]
 使用している Excel のバージョンでは、このスレッド化されたコメントを表示できますが、新しいバージョンの Excel でファイルを開いた場合はコメントに対する編集がすべて削除されます。詳細: https://go.microsoft.com/fwlink/?linkid=870924
 コメント:
     お子様の教育費については、必要に応じてB94セルにある教育費データを参考にしながら入力してください。</t>
       </text>
     </comment>
     <comment ref="B32" authorId="7" shapeId="0" xr:uid="{CD7BCA31-B2B0-4D52-A272-2D076760939D}">
       <text>
         <t>[スレッド化されたコメント]
 使用している Excel のバージョンでは、このスレッド化されたコメントを表示できますが、新しいバージョンの Excel でファイルを開いた場合はコメントに対する編集がすべて削除されます。詳細: https://go.microsoft.com/fwlink/?linkid=870924
 コメント:
     今後5年間の年間収支の合計です。
 この金額がマイナスの場合、順次、金融資産から取り崩していく形となります。
 お子さんの教育費負担が重くなる時期や、セカンドライフでの資産活用（取り崩し）期など、預貯金で確保しておくべき金額の目安にしていただければと思います。</t>
       </text>
     </comment>
-    <comment ref="C34" authorId="8" shapeId="0" xr:uid="{F35DAAF8-66D9-414B-986E-F2338BB2F3FC}">
+    <comment ref="C36" authorId="8" shapeId="0" xr:uid="{F35DAAF8-66D9-414B-986E-F2338BB2F3FC}">
       <text>
         <t>[スレッド化されたコメント]
 使用している Excel のバージョンでは、このスレッド化されたコメントを表示できますが、新しいバージョンの Excel でファイルを開いた場合はコメントに対する編集がすべて削除されます。詳細: https://go.microsoft.com/fwlink/?linkid=870924
 コメント:
     預貯金の利子率を入力してください。
 0%のままでもよいかと思います。</t>
       </text>
     </comment>
-    <comment ref="C35" authorId="9" shapeId="0" xr:uid="{ABD3D468-4628-4AE9-9900-36121F23649E}">
+    <comment ref="C37" authorId="9" shapeId="0" xr:uid="{ABD3D468-4628-4AE9-9900-36121F23649E}">
       <text>
         <t>[スレッド化されたコメント]
 使用している Excel のバージョンでは、このスレッド化されたコメントを表示できますが、新しいバージョンの Excel でファイルを開いた場合はコメントに対する編集がすべて削除されます。詳細: https://go.microsoft.com/fwlink/?linkid=870924
 コメント:
     投資資産の期待リターンを入力してください。
 アセット・アロケーションによりますが、2～5%程度が現実的な数字かと思います。
 世界株式インデックスファンドなど、株式が中心の場合は4～5%程度でよいかと思います。</t>
       </text>
     </comment>
-    <comment ref="B37" authorId="10" shapeId="0" xr:uid="{9A79CE54-2884-4C4A-B7D4-3E23A6EE1250}">
+    <comment ref="B39" authorId="10" shapeId="0" xr:uid="{9A79CE54-2884-4C4A-B7D4-3E23A6EE1250}">
       <text>
         <t>[スレッド化されたコメント]
 使用している Excel のバージョンでは、このスレッド化されたコメントを表示できますが、新しいバージョンの Excel でファイルを開いた場合はコメントに対する編集がすべて削除されます。詳細: https://go.microsoft.com/fwlink/?linkid=870924
 コメント:
     貯蓄性の生命保険に加入されている場合、解約返戻金の金額を入力してください。
 その他、自動車、貴金属、ゴルフ会員権、美術品など、換金可能な資産がある場合にはこちらに入力してください。</t>
       </text>
     </comment>
-    <comment ref="D38" authorId="11" shapeId="0" xr:uid="{154FE094-F1E7-407C-B330-A3693487EABE}">
+    <comment ref="D40" authorId="11" shapeId="0" xr:uid="{154FE094-F1E7-407C-B330-A3693487EABE}">
       <text>
         <t>[スレッド化されたコメント]
 使用している Excel のバージョンでは、このスレッド化されたコメントを表示できますが、新しいバージョンの Excel でファイルを開いた場合はコメントに対する編集がすべて削除されます。詳細: https://go.microsoft.com/fwlink/?linkid=870924
 コメント:
     負債（住宅ローン等）は、マイナスの金額として入力してください。</t>
       </text>
     </comment>
-    <comment ref="B40" authorId="12" shapeId="0" xr:uid="{F917B5B3-D528-40C9-9553-4FE6C834CC21}">
+    <comment ref="B42" authorId="12" shapeId="0" xr:uid="{F917B5B3-D528-40C9-9553-4FE6C834CC21}">
       <text>
         <t>[スレッド化されたコメント]
 使用している Excel のバージョンでは、このスレッド化されたコメントを表示できますが、新しいバージョンの Excel でファイルを開いた場合はコメントに対する編集がすべて削除されます。詳細: https://go.microsoft.com/fwlink/?linkid=870924
 コメント:
     つみたてNISAやiDeCoなどで新規に投資をしていく資産形成の場合はプラスの金額を入力してください。また、高齢期など投資資産を取り崩していく場合はマイナスの金額を入力してください。
 プラスの金額なら、生活資金（預貯金）から投資資産へ、マイナスの金額なら投資資産から生活資金（預貯金）へ、振り替えられます。</t>
       </text>
     </comment>
-    <comment ref="B41" authorId="13" shapeId="0" xr:uid="{B2DEA794-C547-41C0-AC92-FB8FDADA8B08}">
+    <comment ref="B43" authorId="13" shapeId="0" xr:uid="{B2DEA794-C547-41C0-AC92-FB8FDADA8B08}">
       <text>
         <t>[スレッド化されたコメント]
 使用している Excel のバージョンでは、このスレッド化されたコメントを表示できますが、新しいバージョンの Excel でファイルを開いた場合はコメントに対する編集がすべて削除されます。詳細: https://go.microsoft.com/fwlink/?linkid=870924
 コメント:
     企業型確定拠出年金で、事業主が拠出する掛金がある場合にはその金額を入力してください。
 その他、持株会等の奨励金がある場合もこちらに入力してください。
 家計からの支出を伴わない形で、投資資産に加算されます。</t>
       </text>
     </comment>
-    <comment ref="D87" authorId="14" shapeId="0" xr:uid="{4599810C-50E3-41CA-8F27-0786BB598313}">
+    <comment ref="D89" authorId="14" shapeId="0" xr:uid="{4599810C-50E3-41CA-8F27-0786BB598313}">
       <text>
         <t>[スレッド化されたコメント]
 使用している Excel のバージョンでは、このスレッド化されたコメントを表示できますが、新しいバージョンの Excel でファイルを開いた場合はコメントに対する編集がすべて削除されます。詳細: https://go.microsoft.com/fwlink/?linkid=870924
 コメント:
     直近の住宅ローン残高をマイナスの数字（単位：万円）で入力してください。</t>
       </text>
     </comment>
-    <comment ref="E89" authorId="15" shapeId="0" xr:uid="{FB5E57A2-2F58-40B4-923F-66ECCA54464B}">
+    <comment ref="E91" authorId="15" shapeId="0" xr:uid="{FB5E57A2-2F58-40B4-923F-66ECCA54464B}">
       <text>
         <t>[スレッド化されたコメント]
 使用している Excel のバージョンでは、このスレッド化されたコメントを表示できますが、新しいバージョンの Excel でファイルを開いた場合はコメントに対する編集がすべて削除されます。詳細: https://go.microsoft.com/fwlink/?linkid=870924
 コメント:
     固定資産税や、管理費・修繕積立金（マンションの場合）の合計金額（年額、万円）を記入してください。
 管理費・修繕積立金などの値上げが予想される場合には、その値上げも反映させておくとよいでしょう。</t>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/comments2.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
-    <author>tc={1041DB65-26E8-415F-9451-019961E4E708}</author>
-[...14 lines deleted...]
-    <author>tc={88A0AD39-E0B8-47C2-B852-03EBB2C5D33B}</author>
+    <author>tc={656AAE58-BF5D-468D-9CDF-309EC7F07815}</author>
+    <author>tc={80EA6BA0-EBB6-4BC2-8D70-362145DE60D1}</author>
+    <author>tc={E5424F82-1ACF-46A0-B98C-22024C1EB448}</author>
+    <author>tc={687EBF77-ACEC-4C04-A345-7A749D291F28}</author>
+    <author>tc={AE34B803-D1B0-4DBB-B21B-88EE99042374}</author>
+    <author>tc={3EC4F923-5635-4F37-91F5-C5913C5C4A67}</author>
+    <author>tc={6E314BE1-0DA7-464C-977E-2F01B5611028}</author>
+    <author>tc={295EE9E1-935C-499B-A924-7BD845FB4265}</author>
+    <author>tc={1150B3FA-1BFD-46AF-8D22-EF3F14ADF1E8}</author>
+    <author>tc={F7E3AEC3-17CF-4A5F-815B-0BF5237D27C6}</author>
+    <author>tc={41590D03-3728-44C9-BA85-4A372527A6C9}</author>
+    <author>tc={C78924C9-47C9-4ECA-A40B-3DC46FDA20FF}</author>
+    <author>tc={BBBBD688-8197-4DE1-82BC-9117377B3FD2}</author>
+    <author>tc={F2095AE0-C433-4B02-B3E3-02B9E9A30F39}</author>
+    <author>tc={88022B92-5416-44A8-8F1D-FF56188D9FCB}</author>
+    <author>tc={E98BF90B-51E0-4FDC-A224-B685729087DB}</author>
   </authors>
   <commentList>
-    <comment ref="E14" authorId="0" shapeId="0" xr:uid="{1041DB65-26E8-415F-9451-019961E4E708}">
+    <comment ref="E14" authorId="0" shapeId="0" xr:uid="{656AAE58-BF5D-468D-9CDF-309EC7F07815}">
       <text>
         <t>[スレッド化されたコメント]
 使用している Excel のバージョンでは、このスレッド化されたコメントを表示できますが、新しいバージョンの Excel でファイルを開いた場合はコメントに対する編集がすべて削除されます。詳細: https://go.microsoft.com/fwlink/?linkid=870924
 コメント:
     収入については、プラスの金額（年額、万円）で、税・社会保険料控除後の手取りベースの金額を入力してください。</t>
       </text>
     </comment>
-    <comment ref="C21" authorId="1" shapeId="0" xr:uid="{992AAD25-98EC-4334-8149-A76CF7981DD5}">
+    <comment ref="C21" authorId="1" shapeId="0" xr:uid="{80EA6BA0-EBB6-4BC2-8D70-362145DE60D1}">
       <text>
         <t>[スレッド化されたコメント]
 使用している Excel のバージョンでは、このスレッド化されたコメントを表示できますが、新しいバージョンの Excel でファイルを開いた場合はコメントに対する編集がすべて削除されます。詳細: https://go.microsoft.com/fwlink/?linkid=870924
 コメント:
     インフレを反映させたい場合は、ご利用ください（セルF21～AI21）。</t>
       </text>
     </comment>
-    <comment ref="E21" authorId="2" shapeId="0" xr:uid="{0DB95380-3D8D-4B18-90CD-D896445402D3}">
+    <comment ref="E21" authorId="2" shapeId="0" xr:uid="{E5424F82-1ACF-46A0-B98C-22024C1EB448}">
       <text>
         <t>[スレッド化されたコメント]
 使用している Excel のバージョンでは、このスレッド化されたコメントを表示できますが、新しいバージョンの Excel でファイルを開いた場合はコメントに対する編集がすべて削除されます。詳細: https://go.microsoft.com/fwlink/?linkid=870924
 コメント:
     支出については、マイナスの金額として入力してください。</t>
       </text>
     </comment>
-    <comment ref="C22" authorId="3" shapeId="0" xr:uid="{5C4975C3-BC01-4670-968E-2D2FED3F155A}">
+    <comment ref="C22" authorId="3" shapeId="0" xr:uid="{687EBF77-ACEC-4C04-A345-7A749D291F28}">
       <text>
         <t>[スレッド化されたコメント]
 使用している Excel のバージョンでは、このスレッド化されたコメントを表示できますが、新しいバージョンの Excel でファイルを開いた場合はコメントに対する編集がすべて削除されます。詳細: https://go.microsoft.com/fwlink/?linkid=870924
 コメント:
     インフレを反映させたい場合は、ご利用ください（セルF22～AI22）。</t>
       </text>
     </comment>
-    <comment ref="B23" authorId="4" shapeId="0" xr:uid="{19DE8C2E-0EDF-45E9-AB4D-19537ABDCEFA}">
+    <comment ref="B23" authorId="4" shapeId="0" xr:uid="{AE34B803-D1B0-4DBB-B21B-88EE99042374}">
       <text>
         <t>[スレッド化されたコメント]
 使用している Excel のバージョンでは、このスレッド化されたコメントを表示できますが、新しいバージョンの Excel でファイルを開いた場合はコメントに対する編集がすべて削除されます。詳細: https://go.microsoft.com/fwlink/?linkid=870924
 コメント:
     賃貸の場合は、家賃、更新料、保険料などの合計額を１年あたりの金額にして入力します。
 持ち家の場合は、住宅ローン返済額、固定資産税、（マンションの場合）管理費・修繕積立金などの合計額を１年あたりの金額にして入力します。
 持ち家の場合の住宅ローン計算は、必要に応じてB78セルにある住宅ローン計算をご利用ください。</t>
       </text>
     </comment>
-    <comment ref="B25" authorId="5" shapeId="0" xr:uid="{A3B3B99F-2AD4-4CB2-B765-89463E280257}">
+    <comment ref="B25" authorId="5" shapeId="0" xr:uid="{3EC4F923-5635-4F37-91F5-C5913C5C4A67}">
       <text>
         <t>[スレッド化されたコメント]
 使用している Excel のバージョンでは、このスレッド化されたコメントを表示できますが、新しいバージョンの Excel でファイルを開いた場合はコメントに対する編集がすべて削除されます。詳細: https://go.microsoft.com/fwlink/?linkid=870924
 コメント:
     車の買い替え、家のリフォームなど、毎年はかからないものの、数年に１度発生するような支出がある場合には、こちらに入力してください。</t>
       </text>
     </comment>
-    <comment ref="B26" authorId="6" shapeId="0" xr:uid="{41B71354-E8E5-47E5-AD39-B21C434C5CDB}">
+    <comment ref="B26" authorId="6" shapeId="0" xr:uid="{6E314BE1-0DA7-464C-977E-2F01B5611028}">
       <text>
         <t>[スレッド化されたコメント]
 使用している Excel のバージョンでは、このスレッド化されたコメントを表示できますが、新しいバージョンの Excel でファイルを開いた場合はコメントに対する編集がすべて削除されます。詳細: https://go.microsoft.com/fwlink/?linkid=870924
 コメント:
     お子様の教育費については、必要に応じてB94セルにある教育費データを参考にしながら入力してください。</t>
       </text>
     </comment>
-    <comment ref="B32" authorId="7" shapeId="0" xr:uid="{32CE83B8-6304-4B13-BBC2-371EABA656B7}">
+    <comment ref="B32" authorId="7" shapeId="0" xr:uid="{295EE9E1-935C-499B-A924-7BD845FB4265}">
       <text>
         <t>[スレッド化されたコメント]
 使用している Excel のバージョンでは、このスレッド化されたコメントを表示できますが、新しいバージョンの Excel でファイルを開いた場合はコメントに対する編集がすべて削除されます。詳細: https://go.microsoft.com/fwlink/?linkid=870924
 コメント:
     今後5年間の年間収支の合計です。
 この金額がマイナスの場合、順次、金融資産から取り崩していく形となります。
 お子さんの教育費負担が重くなる時期や、セカンドライフでの資産活用（取り崩し）期など、預貯金で確保しておくべき金額の目安にしていただければと思います。</t>
       </text>
     </comment>
-    <comment ref="C34" authorId="8" shapeId="0" xr:uid="{33EE9444-B5DF-4292-BC4C-14DC25965C6B}">
+    <comment ref="C36" authorId="8" shapeId="0" xr:uid="{1150B3FA-1BFD-46AF-8D22-EF3F14ADF1E8}">
       <text>
         <t>[スレッド化されたコメント]
 使用している Excel のバージョンでは、このスレッド化されたコメントを表示できますが、新しいバージョンの Excel でファイルを開いた場合はコメントに対する編集がすべて削除されます。詳細: https://go.microsoft.com/fwlink/?linkid=870924
 コメント:
     預貯金の利子率を入力してください。
 0%のままでもよいかと思います。</t>
       </text>
     </comment>
-    <comment ref="C35" authorId="9" shapeId="0" xr:uid="{8421A9B2-E16B-47AF-AAB1-EAEEAB78E02F}">
+    <comment ref="C37" authorId="9" shapeId="0" xr:uid="{F7E3AEC3-17CF-4A5F-815B-0BF5237D27C6}">
       <text>
         <t>[スレッド化されたコメント]
 使用している Excel のバージョンでは、このスレッド化されたコメントを表示できますが、新しいバージョンの Excel でファイルを開いた場合はコメントに対する編集がすべて削除されます。詳細: https://go.microsoft.com/fwlink/?linkid=870924
 コメント:
     投資資産の期待リターンを入力してください。
 アセット・アロケーションによりますが、2～5%程度が現実的な数字かと思います。
 世界株式インデックスファンドなど、株式が中心の場合は4～5%程度でよいかと思います。</t>
       </text>
     </comment>
-    <comment ref="B37" authorId="10" shapeId="0" xr:uid="{E7DCAFE7-26FD-400E-B49C-9C05093401C5}">
+    <comment ref="B39" authorId="10" shapeId="0" xr:uid="{41590D03-3728-44C9-BA85-4A372527A6C9}">
       <text>
         <t>[スレッド化されたコメント]
 使用している Excel のバージョンでは、このスレッド化されたコメントを表示できますが、新しいバージョンの Excel でファイルを開いた場合はコメントに対する編集がすべて削除されます。詳細: https://go.microsoft.com/fwlink/?linkid=870924
 コメント:
     貯蓄性の生命保険に加入されている場合、解約返戻金の金額を入力してください。
 その他、自動車、貴金属、ゴルフ会員権、美術品など、換金可能な資産がある場合にはこちらに入力してください。</t>
       </text>
     </comment>
-    <comment ref="D38" authorId="11" shapeId="0" xr:uid="{3084FAF5-5D1F-4B37-99EC-8DD5520A8415}">
+    <comment ref="D40" authorId="11" shapeId="0" xr:uid="{C78924C9-47C9-4ECA-A40B-3DC46FDA20FF}">
       <text>
         <t>[スレッド化されたコメント]
 使用している Excel のバージョンでは、このスレッド化されたコメントを表示できますが、新しいバージョンの Excel でファイルを開いた場合はコメントに対する編集がすべて削除されます。詳細: https://go.microsoft.com/fwlink/?linkid=870924
 コメント:
     負債（住宅ローン等）は、マイナスの金額として入力してください。</t>
       </text>
     </comment>
-    <comment ref="B40" authorId="12" shapeId="0" xr:uid="{2501B425-503C-48B0-A64E-C2FB3DF16AD7}">
+    <comment ref="B42" authorId="12" shapeId="0" xr:uid="{BBBBD688-8197-4DE1-82BC-9117377B3FD2}">
       <text>
         <t>[スレッド化されたコメント]
 使用している Excel のバージョンでは、このスレッド化されたコメントを表示できますが、新しいバージョンの Excel でファイルを開いた場合はコメントに対する編集がすべて削除されます。詳細: https://go.microsoft.com/fwlink/?linkid=870924
 コメント:
     つみたてNISAやiDeCoなどで新規に投資をしていく資産形成の場合はプラスの金額を入力してください。また、高齢期など投資資産を取り崩していく場合はマイナスの金額を入力してください。
 プラスの金額なら、生活資金（預貯金）から投資資産へ、マイナスの金額なら投資資産から生活資金（預貯金）へ、振り替えられます。</t>
       </text>
     </comment>
-    <comment ref="B41" authorId="13" shapeId="0" xr:uid="{978CFF6A-ADC6-4FF6-9FED-5B04BA190FC7}">
+    <comment ref="B43" authorId="13" shapeId="0" xr:uid="{F2095AE0-C433-4B02-B3E3-02B9E9A30F39}">
       <text>
         <t>[スレッド化されたコメント]
 使用している Excel のバージョンでは、このスレッド化されたコメントを表示できますが、新しいバージョンの Excel でファイルを開いた場合はコメントに対する編集がすべて削除されます。詳細: https://go.microsoft.com/fwlink/?linkid=870924
 コメント:
     企業型確定拠出年金で、事業主が拠出する掛金がある場合にはその金額を入力してください。
 その他、持株会等の奨励金がある場合もこちらに入力してください。
 家計からの支出を伴わない形で、投資資産に加算されます。</t>
       </text>
     </comment>
-    <comment ref="D87" authorId="14" shapeId="0" xr:uid="{060112F8-3B4E-4904-8DED-F5C47C99FD56}">
+    <comment ref="D89" authorId="14" shapeId="0" xr:uid="{88022B92-5416-44A8-8F1D-FF56188D9FCB}">
       <text>
         <t>[スレッド化されたコメント]
 使用している Excel のバージョンでは、このスレッド化されたコメントを表示できますが、新しいバージョンの Excel でファイルを開いた場合はコメントに対する編集がすべて削除されます。詳細: https://go.microsoft.com/fwlink/?linkid=870924
 コメント:
     直近の住宅ローン残高をマイナスの数字（単位：万円）で入力してください。</t>
       </text>
     </comment>
-    <comment ref="E89" authorId="15" shapeId="0" xr:uid="{88A0AD39-E0B8-47C2-B852-03EBB2C5D33B}">
+    <comment ref="E91" authorId="15" shapeId="0" xr:uid="{E98BF90B-51E0-4FDC-A224-B685729087DB}">
       <text>
         <t>[スレッド化されたコメント]
 使用している Excel のバージョンでは、このスレッド化されたコメントを表示できますが、新しいバージョンの Excel でファイルを開いた場合はコメントに対する編集がすべて削除されます。詳細: https://go.microsoft.com/fwlink/?linkid=870924
 コメント:
     固定資産税や、管理費・修繕積立金（マンションの場合）の合計金額（年額、万円）を記入してください。
 管理費・修繕積立金などの値上げが予想される場合には、その値上げも反映させておくとよいでしょう。</t>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="190" uniqueCount="99">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="194" uniqueCount="100">
   <si>
     <t>年間収支</t>
     <rPh sb="0" eb="2">
       <t>ネンカン</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>シュウシ</t>
     </rPh>
     <phoneticPr fontId="4"/>
   </si>
   <si>
     <t>経過年数</t>
     <rPh sb="0" eb="4">
       <t>ケイカネンスウ</t>
     </rPh>
     <phoneticPr fontId="4"/>
   </si>
   <si>
     <t>西暦</t>
     <rPh sb="0" eb="2">
       <t>セイレキ</t>
     </rPh>
     <phoneticPr fontId="4"/>
   </si>
   <si>
@@ -2974,159 +3250,163 @@
     <rPh sb="9" eb="12">
       <t>キョウイクヒ</t>
     </rPh>
     <rPh sb="17" eb="19">
       <t>ニュウリョク</t>
     </rPh>
     <rPh sb="19" eb="20">
       <t>トキ</t>
     </rPh>
     <rPh sb="22" eb="24">
       <t>ヒツヨウ</t>
     </rPh>
     <rPh sb="25" eb="26">
       <t>オウ</t>
     </rPh>
     <rPh sb="29" eb="31">
       <t>リヨウ</t>
     </rPh>
     <phoneticPr fontId="4"/>
   </si>
   <si>
     <t>文部科学省「令和5年度私立大学入学者に係る初年度学生納付金平均額」</t>
     <phoneticPr fontId="4"/>
   </si>
   <si>
-    <t>※株式会社ウェルスペント作成（2025年7月版）</t>
-[...17 lines deleted...]
-  <si>
     <t>変動率</t>
     <rPh sb="0" eb="3">
       <t>ヘンドウリツ</t>
     </rPh>
     <phoneticPr fontId="4"/>
   </si>
   <si>
     <t>令和5年度　子供の学習費調査 より</t>
     <rPh sb="0" eb="2">
       <t>レイワ</t>
     </rPh>
     <rPh sb="3" eb="4">
       <t>ネン</t>
     </rPh>
     <rPh sb="4" eb="5">
       <t>ド</t>
     </rPh>
     <rPh sb="6" eb="8">
       <t>コドモ</t>
     </rPh>
     <rPh sb="9" eb="11">
       <t>ガクシュウ</t>
     </rPh>
     <rPh sb="11" eb="12">
       <t>ヒ</t>
     </rPh>
     <rPh sb="12" eb="14">
       <t>チョウサ</t>
     </rPh>
     <phoneticPr fontId="11"/>
   </si>
   <si>
-    <t>今後5年間の累計収支</t>
-[...1 lines deleted...]
-      <t>コンゴ</t>
+    <t>（参考）収入合計</t>
+    <rPh sb="1" eb="3">
+      <t>サンコウ</t>
     </rPh>
-    <rPh sb="3" eb="4">
-[...3 lines deleted...]
-      <t>カン</t>
+    <rPh sb="4" eb="6">
+      <t>シュウニュウ</t>
     </rPh>
     <rPh sb="6" eb="8">
-      <t>ルイケイ</t>
-[...2 lines deleted...]
-      <t>シュウシ</t>
+      <t>ゴウケイ</t>
     </rPh>
     <phoneticPr fontId="4"/>
   </si>
   <si>
-    <t>教育費</t>
-[...1 lines deleted...]
-      <t>キョウイクヒ</t>
+    <t>（参考）支出合計</t>
+    <rPh sb="4" eb="6">
+      <t>シシュツ</t>
     </rPh>
     <phoneticPr fontId="4"/>
   </si>
   <si>
-    <t>（参考）今後5年間の累計収支</t>
+    <t>（参考）今後5年間の累計収支（預貯金の目安）</t>
     <rPh sb="1" eb="3">
       <t>サンコウ</t>
     </rPh>
     <rPh sb="4" eb="6">
       <t>コンゴ</t>
     </rPh>
     <rPh sb="7" eb="8">
       <t>ネン</t>
     </rPh>
     <rPh sb="8" eb="9">
       <t>カン</t>
     </rPh>
     <rPh sb="10" eb="12">
       <t>ルイケイ</t>
     </rPh>
     <rPh sb="12" eb="14">
       <t>シュウシ</t>
     </rPh>
+    <rPh sb="15" eb="18">
+      <t>ヨチョキン</t>
+    </rPh>
+    <rPh sb="19" eb="21">
+      <t>メヤス</t>
+    </rPh>
+    <phoneticPr fontId="4"/>
+  </si>
+  <si>
+    <t>※株式会社ウェルスペント作成（2025年11月版）</t>
+    <rPh sb="1" eb="5">
+      <t>カブシキ</t>
+    </rPh>
+    <rPh sb="12" eb="14">
+      <t>サクセイ</t>
+    </rPh>
+    <rPh sb="19" eb="20">
+      <t>ネン</t>
+    </rPh>
+    <rPh sb="22" eb="23">
+      <t>ガツ</t>
+    </rPh>
+    <rPh sb="23" eb="24">
+      <t>バン</t>
+    </rPh>
+    <phoneticPr fontId="4"/>
+  </si>
+  <si>
+    <t>教育費</t>
     <phoneticPr fontId="4"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="176" formatCode="0.0%"/>
     <numFmt numFmtId="177" formatCode="0.0"/>
     <numFmt numFmtId="178" formatCode="#,##0_ ;[Red]\-#,##0\ "/>
   </numFmts>
-  <fonts count="15" x14ac:knownFonts="1">
+  <fonts count="16">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Meiryo UI"/>
       <family val="2"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Meiryo UI"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Meiryo UI"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
@@ -3190,50 +3470,57 @@
       <name val="Meiryo UI"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="6"/>
       <name val="Meiryo UI"/>
       <family val="3"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Meiryo UI"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Meiryo UI"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
+    <font>
+      <sz val="9"/>
+      <color indexed="81"/>
+      <name val="MS P ゴシック"/>
+      <family val="3"/>
+      <charset val="128"/>
+    </font>
   </fonts>
   <fills count="12">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="8" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="5" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
@@ -3259,51 +3546,51 @@
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.249977111117893"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="2" tint="-9.9978637043366805E-2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="2" tint="-0.249977111117893"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="8" tint="0.39997558519241921"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="39">
+  <borders count="40">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color theme="0" tint="-0.14996795556505021"/>
       </left>
       <right style="thin">
         <color theme="0" tint="-0.14996795556505021"/>
       </right>
       <top style="thin">
         <color theme="0" tint="-0.14996795556505021"/>
       </top>
       <bottom style="thin">
         <color theme="0" tint="-0.14996795556505021"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
@@ -3654,165 +3941,176 @@
         <color theme="0" tint="-0.24994659260841701"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color theme="0" tint="-0.499984740745262"/>
       </left>
       <right/>
       <top style="thin">
         <color theme="0" tint="-0.499984740745262"/>
       </top>
       <bottom style="thin">
         <color theme="0" tint="-0.499984740745262"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color theme="0" tint="-0.14996795556505021"/>
       </left>
       <right style="thin">
         <color theme="0" tint="-0.14996795556505021"/>
       </right>
       <top style="thin">
-        <color theme="0" tint="-0.499984740745262"/>
-[...13 lines deleted...]
-      <top style="thin">
         <color theme="0" tint="-0.14996795556505021"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color theme="0" tint="-0.14996795556505021"/>
       </left>
       <right/>
       <top style="thin">
         <color theme="0" tint="-0.14996795556505021"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color theme="0" tint="-0.14996795556505021"/>
       </right>
       <top style="thin">
         <color theme="0" tint="-0.14996795556505021"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color theme="0" tint="-0.14996795556505021"/>
       </left>
       <right style="thin">
         <color theme="0" tint="-0.14996795556505021"/>
       </right>
       <top/>
       <bottom style="thin">
         <color theme="0" tint="-0.14996795556505021"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color theme="1" tint="0.499984740745262"/>
+      </top>
+      <bottom style="thin">
+        <color theme="1" tint="0.499984740745262"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color theme="0" tint="-0.14996795556505021"/>
+      </left>
+      <right style="thin">
+        <color theme="0" tint="-0.14996795556505021"/>
+      </right>
+      <top style="thin">
+        <color theme="1" tint="0.499984740745262"/>
+      </top>
+      <bottom style="thin">
+        <color theme="1" tint="0.499984740745262"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
       <left style="thin">
         <color theme="0" tint="-0.14996795556505021"/>
       </left>
       <right/>
       <top style="thin">
-        <color theme="0" tint="-0.499984740745262"/>
+        <color theme="1" tint="0.499984740745262"/>
       </top>
       <bottom style="thin">
-        <color theme="0" tint="-0.499984740745262"/>
+        <color theme="1" tint="0.499984740745262"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color theme="0" tint="-0.14996795556505021"/>
       </right>
       <top style="thin">
-        <color theme="0" tint="-0.499984740745262"/>
+        <color theme="1" tint="0.499984740745262"/>
       </top>
       <bottom style="thin">
-        <color theme="0" tint="-0.499984740745262"/>
+        <color theme="1" tint="0.499984740745262"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="10">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="38" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="38" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="9" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="38" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="38" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="142">
+  <cellXfs count="148">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
@@ -4197,115 +4495,142 @@
     </xf>
     <xf numFmtId="38" fontId="8" fillId="3" borderId="26" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="1" fontId="8" fillId="0" borderId="0" xfId="8" applyNumberFormat="1" applyFont="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="8" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="9" borderId="9" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="10" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="178" fontId="8" fillId="6" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="176" fontId="8" fillId="2" borderId="33" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="178" fontId="8" fillId="3" borderId="32" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="2" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...7 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="2" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="178" fontId="8" fillId="2" borderId="34" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="178" fontId="8" fillId="3" borderId="33" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
-[...3 lines deleted...]
-    <xf numFmtId="178" fontId="8" fillId="2" borderId="35" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="178" fontId="8" fillId="2" borderId="32" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="178" fontId="8" fillId="2" borderId="33" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="178" fontId="8" fillId="2" borderId="34" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="178" fontId="8" fillId="6" borderId="37" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="178" fontId="8" fillId="6" borderId="39" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="178" fontId="8" fillId="6" borderId="38" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="11" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="11" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="11" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="178" fontId="8" fillId="6" borderId="36" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="3" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="3" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="176" fontId="8" fillId="2" borderId="38" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="3" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
-[...11 lines deleted...]
-    <xf numFmtId="178" fontId="8" fillId="6" borderId="37" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="17" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="2"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="18" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="2"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="19" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="2"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" indent="2"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="15" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" indent="2"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="16" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" indent="2"/>
@@ -4315,54 +4640,50 @@
       <alignment horizontal="left" vertical="center" indent="2"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" indent="2"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" indent="2"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="14" fontId="9" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" indent="2"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
-      <protection locked="0"/>
-[...2 lines deleted...]
-      <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
   </cellXfs>
   <cellStyles count="10">
     <cellStyle name="パーセント" xfId="5" builtinId="5"/>
     <cellStyle name="パーセント 2" xfId="4" xr:uid="{69E3E535-55BD-432C-9B4F-FF3914C332E6}"/>
     <cellStyle name="桁区切り" xfId="1" builtinId="6"/>
     <cellStyle name="桁区切り 2" xfId="3" xr:uid="{DF9F3EA0-02D7-476F-B68B-9F88E493CA82}"/>
     <cellStyle name="桁区切り 3" xfId="7" xr:uid="{0F429658-ACDF-4BBA-8FCE-8DD98BCB5E92}"/>
     <cellStyle name="桁区切り 3 2" xfId="9" xr:uid="{70664547-08B2-45A5-BC90-28A3EA2C532B}"/>
     <cellStyle name="標準" xfId="0" builtinId="0"/>
     <cellStyle name="標準 2" xfId="2" xr:uid="{A8376518-22DA-4C1E-A2A9-E93582332D84}"/>
     <cellStyle name="標準 3" xfId="6" xr:uid="{5B2A991D-EE51-420B-A49A-FC9E5197E223}"/>
     <cellStyle name="標準 3 2" xfId="8" xr:uid="{45E958DE-8BC1-4F77-B6CC-D279C42BFBCC}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
@@ -6003,102 +6324,102 @@
                 <c:pt idx="5">
                   <c:v>-336.323216032</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>-339.68644819232003</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>-343.08331267424325</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>-346.51414580098566</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>-349.9792872589955</c:v>
                 </c:pt>
                 <c:pt idx="10">
                   <c:v>-353.47908013158548</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>-357.01387093290134</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>-360.58400964223034</c:v>
                 </c:pt>
                 <c:pt idx="13">
-                  <c:v>-310</c:v>
+                  <c:v>-324.5256086780073</c:v>
                 </c:pt>
                 <c:pt idx="14">
-                  <c:v>-313.10000000000002</c:v>
+                  <c:v>-327.7708647647874</c:v>
                 </c:pt>
                 <c:pt idx="15">
-                  <c:v>-260</c:v>
+                  <c:v>-294.99377828830865</c:v>
                 </c:pt>
                 <c:pt idx="16">
-                  <c:v>-262.60000000000002</c:v>
+                  <c:v>-297.94371607119172</c:v>
                 </c:pt>
                 <c:pt idx="17">
-                  <c:v>-265.226</c:v>
+                  <c:v>-300.92315323190365</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>-267.87826000000001</c:v>
+                  <c:v>-303.93238476422272</c:v>
                 </c:pt>
                 <c:pt idx="19">
-                  <c:v>-270.55704259999999</c:v>
+                  <c:v>-306.97170861186493</c:v>
                 </c:pt>
                 <c:pt idx="20">
-                  <c:v>-273.262613026</c:v>
+                  <c:v>-310.04142569798358</c:v>
                 </c:pt>
                 <c:pt idx="21">
-                  <c:v>-275.99523915626003</c:v>
+                  <c:v>-313.14183995496342</c:v>
                 </c:pt>
                 <c:pt idx="22">
-                  <c:v>-278.75519154782262</c:v>
+                  <c:v>-316.27325835451308</c:v>
                 </c:pt>
                 <c:pt idx="23">
-                  <c:v>-281.54274346330084</c:v>
+                  <c:v>-319.43599093805818</c:v>
                 </c:pt>
                 <c:pt idx="24">
-                  <c:v>-284.35817089793386</c:v>
+                  <c:v>-322.63035084743876</c:v>
                 </c:pt>
                 <c:pt idx="25">
-                  <c:v>-287.2017526069132</c:v>
+                  <c:v>-325.85665435591318</c:v>
                 </c:pt>
                 <c:pt idx="26">
-                  <c:v>-290.07377013298236</c:v>
+                  <c:v>-329.11522089947232</c:v>
                 </c:pt>
                 <c:pt idx="27">
-                  <c:v>-292.97450783431219</c:v>
+                  <c:v>-332.40637310846705</c:v>
                 </c:pt>
                 <c:pt idx="28">
-                  <c:v>-295.90425291265529</c:v>
+                  <c:v>-335.73043683955171</c:v>
                 </c:pt>
                 <c:pt idx="29">
-                  <c:v>-298.86329544178187</c:v>
+                  <c:v>-339.08774120794726</c:v>
                 </c:pt>
                 <c:pt idx="30">
-                  <c:v>-301.8519283961997</c:v>
+                  <c:v>-342.47861862002674</c:v>
                 </c:pt>
               </c:numCache>
               <c:extLst xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart"/>
             </c:numRef>
           </c:val>
           <c:extLst xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart">
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{0000000C-691E-4119-AD19-B9F860488FE1}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="13"/>
           <c:order val="8"/>
           <c:tx>
             <c:strRef>
               <c:f>'LPS 入力見本'!$B$22</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>特別生活費</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
@@ -7706,102 +8027,102 @@
                 <c:pt idx="5">
                   <c:v>13.016180961999986</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>-46.977657228380032</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>-37.611433800663868</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>-96.585548138670475</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>-157.90040362005715</c:v>
                 </c:pt>
                 <c:pt idx="10">
                   <c:v>-332.75640765625775</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>-221.85397173282038</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>-200.99351145014856</c:v>
                 </c:pt>
                 <c:pt idx="13">
-                  <c:v>-6.1855968259973508</c:v>
+                  <c:v>-20.711205504004653</c:v>
                 </c:pt>
                 <c:pt idx="14">
-                  <c:v>-9.9684527942573879</c:v>
+                  <c:v>-24.63931755904477</c:v>
                 </c:pt>
                 <c:pt idx="15">
-                  <c:v>186.34186267780007</c:v>
+                  <c:v>151.34808438949142</c:v>
                 </c:pt>
                 <c:pt idx="16">
-                  <c:v>182.04528130457805</c:v>
+                  <c:v>146.70156523338636</c:v>
                 </c:pt>
                 <c:pt idx="17">
-                  <c:v>179.71573411762387</c:v>
+                  <c:v>144.01858088572021</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>176.35289145880006</c:v>
+                  <c:v>140.29876669457735</c:v>
                 </c:pt>
                 <c:pt idx="19">
-                  <c:v>76.956420373388084</c:v>
+                  <c:v>40.541754361523147</c:v>
                 </c:pt>
                 <c:pt idx="20">
-                  <c:v>22.52598457712196</c:v>
+                  <c:v>-14.252828094861627</c:v>
                 </c:pt>
                 <c:pt idx="21">
-                  <c:v>-49.938755577106832</c:v>
+                  <c:v>-87.085356375810221</c:v>
                 </c:pt>
                 <c:pt idx="22">
-                  <c:v>-53.438143132877897</c:v>
+                  <c:v>-90.956209939568353</c:v>
                 </c:pt>
                 <c:pt idx="23">
-                  <c:v>-56.972524564206665</c:v>
+                  <c:v>-94.86577203896401</c:v>
                 </c:pt>
                 <c:pt idx="24">
-                  <c:v>-169.54224980984873</c:v>
+                  <c:v>-207.81442975935363</c:v>
                 </c:pt>
                 <c:pt idx="25">
-                  <c:v>-37.147672307947232</c:v>
+                  <c:v>-75.802574056947208</c:v>
                 </c:pt>
                 <c:pt idx="26">
-                  <c:v>-76.789149031026724</c:v>
+                  <c:v>-115.83059979751668</c:v>
                 </c:pt>
                 <c:pt idx="27">
-                  <c:v>-80.467040521336997</c:v>
+                  <c:v>-119.89890579549186</c:v>
                 </c:pt>
                 <c:pt idx="28">
-                  <c:v>-84.181710926550352</c:v>
+                  <c:v>-124.00789485344677</c:v>
                 </c:pt>
                 <c:pt idx="29">
-                  <c:v>-87.933528035815883</c:v>
+                  <c:v>-128.15797380198126</c:v>
                 </c:pt>
                 <c:pt idx="30">
-                  <c:v>-291.72286331617403</c:v>
+                  <c:v>-332.34955354000107</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000008-2A40-41FD-B026-C194DEDDB71F}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:marker val="1"/>
         <c:smooth val="0"/>
         <c:axId val="1846658336"/>
         <c:axId val="1846575952"/>
       </c:lineChart>
       <c:catAx>
@@ -7986,58 +8307,58 @@
         <a:effectLst/>
       </c:spPr>
       <c:txPr>
         <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr>
             <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="65000"/>
                   <a:lumOff val="35000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:defRPr>
           </a:pPr>
           <a:endParaRPr lang="ja-JP"/>
         </a:p>
       </c:txPr>
     </c:legend>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
     <c:extLst>
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
-    <c:showDLblsOverMax val="0"/>
   </c:chart>
   <c:spPr>
     <a:solidFill>
       <a:schemeClr val="bg1"/>
     </a:solidFill>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
       <a:noFill/>
       <a:round/>
     </a:ln>
     <a:effectLst/>
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
         <a:defRPr/>
       </a:pPr>
       <a:endParaRPr lang="ja-JP"/>
     </a:p>
   </c:txPr>
   <c:printSettings>
     <c:headerFooter/>
     <c:pageMargins b="0.75" l="0.7" r="0.7" t="0.75" header="0.3" footer="0.3"/>
     <c:pageSetup/>
@@ -8104,51 +8425,51 @@
                   <a:lumMod val="65000"/>
                   <a:lumOff val="35000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:defRPr>
           </a:pPr>
           <a:endParaRPr lang="ja-JP"/>
         </a:p>
       </c:txPr>
     </c:title>
     <c:autoTitleDeleted val="0"/>
     <c:plotArea>
       <c:layout/>
       <c:barChart>
         <c:barDir val="col"/>
         <c:grouping val="stacked"/>
         <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:tx>
             <c:strRef>
-              <c:f>'LPS 入力見本'!$B$34</c:f>
+              <c:f>'LPS 入力見本'!$B$36</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>生活資金（預貯金）</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:schemeClr val="tx2">
                 <a:lumMod val="60000"/>
                 <a:lumOff val="40000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:cat>
             <c:numRef>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{02D57815-91ED-43cb-92C2-25804820EDAC}">
@@ -8240,166 +8561,166 @@
                   <c:v>67</c:v>
                 </c:pt>
                 <c:pt idx="26">
                   <c:v>68</c:v>
                 </c:pt>
                 <c:pt idx="27">
                   <c:v>69</c:v>
                 </c:pt>
                 <c:pt idx="28">
                   <c:v>70</c:v>
                 </c:pt>
                 <c:pt idx="29">
                   <c:v>71</c:v>
                 </c:pt>
                 <c:pt idx="30">
                   <c:v>72</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{02D57815-91ED-43cb-92C2-25804820EDAC}">
                   <c15:fullRef>
-                    <c15:sqref>'LPS 入力見本'!$D$34:$AI$34</c15:sqref>
+                    <c15:sqref>'LPS 入力見本'!$D$36:$AI$36</c15:sqref>
                   </c15:fullRef>
                 </c:ext>
               </c:extLst>
-              <c:f>'LPS 入力見本'!$E$34:$AI$34</c:f>
+              <c:f>'LPS 入力見本'!$E$36:$AI$36</c:f>
               <c:numCache>
                 <c:formatCode>#,##0_ ;[Red]\-#,##0\ </c:formatCode>
                 <c:ptCount val="31"/>
                 <c:pt idx="0">
                   <c:v>790.30000000000007</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>820.88060000000007</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>842.78436120000003</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>849.35554992240009</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>849.92473722224486</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>864.64076765868936</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>819.39239196562664</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>783.41974294889394</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>688.40103429612134</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>681.87743274465652</c:v>
                 </c:pt>
                 <c:pt idx="10">
                   <c:v>650.48477995388816</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>629.93177778097561</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>430.19812988638904</c:v>
                 </c:pt>
                 <c:pt idx="13">
-                  <c:v>424.87292932016442</c:v>
+                  <c:v>410.34732064215711</c:v>
                 </c:pt>
                 <c:pt idx="14">
-                  <c:v>415.75422238454735</c:v>
+                  <c:v>386.52869772439669</c:v>
                 </c:pt>
                 <c:pt idx="15">
-                  <c:v>502.92759350711651</c:v>
+                  <c:v>438.64983950933697</c:v>
                 </c:pt>
                 <c:pt idx="16">
-                  <c:v>535.97872999870879</c:v>
+                  <c:v>436.22870442174201</c:v>
                 </c:pt>
                 <c:pt idx="17">
-                  <c:v>566.76642157633</c:v>
+                  <c:v>581.11974271630572</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>594.25284587828276</c:v>
+                  <c:v>722.58074889631564</c:v>
                 </c:pt>
                 <c:pt idx="19">
-                  <c:v>522.39777194342741</c:v>
+                  <c:v>764.56766475563131</c:v>
                 </c:pt>
                 <c:pt idx="20">
-                  <c:v>545.96855206443615</c:v>
+                  <c:v>751.84397199028103</c:v>
                 </c:pt>
                 <c:pt idx="21">
-                  <c:v>497.12173359145822</c:v>
+                  <c:v>666.26230355845144</c:v>
                 </c:pt>
                 <c:pt idx="22">
-                  <c:v>444.67783392576325</c:v>
+                  <c:v>576.63861822599995</c:v>
                 </c:pt>
                 <c:pt idx="23">
-                  <c:v>388.59466502940813</c:v>
+                  <c:v>482.92612342348798</c:v>
                 </c:pt>
                 <c:pt idx="24">
-                  <c:v>219.82960454961824</c:v>
+                  <c:v>276.07754591098131</c:v>
                 </c:pt>
                 <c:pt idx="25">
-                  <c:v>220.26926375871747</c:v>
+                  <c:v>276.6297010028033</c:v>
                 </c:pt>
                 <c:pt idx="26">
-                  <c:v>220.70980228623495</c:v>
+                  <c:v>277.18296040480891</c:v>
                 </c:pt>
                 <c:pt idx="27">
-                  <c:v>221.15122189080742</c:v>
+                  <c:v>277.73732632561854</c:v>
                 </c:pt>
                 <c:pt idx="28">
-                  <c:v>221.59352433458903</c:v>
+                  <c:v>278.29280097826978</c:v>
                 </c:pt>
                 <c:pt idx="29">
-                  <c:v>222.03671138325819</c:v>
+                  <c:v>278.84938658022634</c:v>
                 </c:pt>
                 <c:pt idx="30">
-                  <c:v>222.4807848060247</c:v>
+                  <c:v>279.40708535338678</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-7B40-4849-979C-3C6A60A8900E}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="1"/>
           <c:tx>
             <c:strRef>
-              <c:f>'LPS 入力見本'!$B$35</c:f>
+              <c:f>'LPS 入力見本'!$B$37</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>投資資産</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:schemeClr val="accent3">
                 <a:lumMod val="50000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:cat>
             <c:numRef>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{02D57815-91ED-43cb-92C2-25804820EDAC}">
                   <c15:fullRef>
@@ -8490,55 +8811,55 @@
                   <c:v>67</c:v>
                 </c:pt>
                 <c:pt idx="26">
                   <c:v>68</c:v>
                 </c:pt>
                 <c:pt idx="27">
                   <c:v>69</c:v>
                 </c:pt>
                 <c:pt idx="28">
                   <c:v>70</c:v>
                 </c:pt>
                 <c:pt idx="29">
                   <c:v>71</c:v>
                 </c:pt>
                 <c:pt idx="30">
                   <c:v>72</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{02D57815-91ED-43cb-92C2-25804820EDAC}">
                   <c15:fullRef>
-                    <c15:sqref>'LPS 入力見本'!$D$35:$AI$35</c15:sqref>
+                    <c15:sqref>'LPS 入力見本'!$D$37:$AI$37</c15:sqref>
                   </c15:fullRef>
                 </c:ext>
               </c:extLst>
-              <c:f>'LPS 入力見本'!$E$35:$AI$35</c:f>
+              <c:f>'LPS 入力見本'!$E$37:$AI$37</c:f>
               <c:numCache>
                 <c:formatCode>#,##0_ ;[Red]\-#,##0\ </c:formatCode>
                 <c:ptCount val="31"/>
                 <c:pt idx="0">
                   <c:v>262</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>327.10000000000002</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>395.45500000000004</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>467.22775000000007</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>542.58913750000011</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>581.71859437500018</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>622.80452409375016</c:v>
                 </c:pt>
                 <c:pt idx="7">
@@ -8550,106 +8871,106 @@
                 <c:pt idx="9">
                   <c:v>608.80408720402761</c:v>
                 </c:pt>
                 <c:pt idx="10">
                   <c:v>351.244291564229</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>180.80650614244047</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>201.8468314495625</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>223.93917302204065</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>247.1361316731427</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>371.49293825679985</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>552.06758516963987</c:v>
                 </c:pt>
                 <c:pt idx="17">
-                  <c:v>741.67096442812192</c:v>
+                  <c:v>591.67096442812192</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>940.75451264952801</c:v>
+                  <c:v>633.25451264952801</c:v>
                 </c:pt>
                 <c:pt idx="19">
-                  <c:v>1137.7922382820043</c:v>
+                  <c:v>664.9172382820044</c:v>
                 </c:pt>
                 <c:pt idx="20">
-                  <c:v>1194.6818501961045</c:v>
+                  <c:v>698.16310019610466</c:v>
                 </c:pt>
                 <c:pt idx="21">
-                  <c:v>1254.4159427059099</c:v>
+                  <c:v>733.07125520590989</c:v>
                 </c:pt>
                 <c:pt idx="22">
-                  <c:v>1317.1367398412053</c:v>
+                  <c:v>769.72481796620536</c:v>
                 </c:pt>
                 <c:pt idx="23">
-                  <c:v>1382.9935768332657</c:v>
+                  <c:v>808.21105886451562</c:v>
                 </c:pt>
                 <c:pt idx="24">
-                  <c:v>1452.1432556749292</c:v>
+                  <c:v>848.62161180774149</c:v>
                 </c:pt>
                 <c:pt idx="25">
-                  <c:v>1487.6027461507285</c:v>
+                  <c:v>815.25011834118141</c:v>
                 </c:pt>
                 <c:pt idx="26">
-                  <c:v>1485.1937344272383</c:v>
+                  <c:v>740.18202446072382</c:v>
                 </c:pt>
                 <c:pt idx="27">
-                  <c:v>1478.9863806272633</c:v>
+                  <c:v>657.29221988826816</c:v>
                 </c:pt>
                 <c:pt idx="28">
-                  <c:v>1468.7539887320763</c:v>
+                  <c:v>566.14893602923485</c:v>
                 </c:pt>
                 <c:pt idx="29">
-                  <c:v>1454.2581601328643</c:v>
+                  <c:v>466.29840902871535</c:v>
                 </c:pt>
                 <c:pt idx="30">
-                  <c:v>1235.2482048233337</c:v>
+                  <c:v>157.26377594015008</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-7B40-4849-979C-3C6A60A8900E}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="8"/>
           <c:order val="2"/>
           <c:tx>
             <c:strRef>
-              <c:f>'LPS 入力見本'!$B$36</c:f>
+              <c:f>'LPS 入力見本'!$B$38</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>不動産</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:schemeClr val="accent4">
                 <a:lumMod val="60000"/>
                 <a:lumOff val="40000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:ln w="38100" cap="rnd">
               <a:noFill/>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:cat>
             <c:numRef>
               <c:extLst>
@@ -8742,55 +9063,55 @@
                   <c:v>67</c:v>
                 </c:pt>
                 <c:pt idx="26">
                   <c:v>68</c:v>
                 </c:pt>
                 <c:pt idx="27">
                   <c:v>69</c:v>
                 </c:pt>
                 <c:pt idx="28">
                   <c:v>70</c:v>
                 </c:pt>
                 <c:pt idx="29">
                   <c:v>71</c:v>
                 </c:pt>
                 <c:pt idx="30">
                   <c:v>72</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{02D57815-91ED-43cb-92C2-25804820EDAC}">
                   <c15:fullRef>
-                    <c15:sqref>'LPS 入力見本'!$D$36:$AI$36</c15:sqref>
+                    <c15:sqref>'LPS 入力見本'!$D$38:$AI$38</c15:sqref>
                   </c15:fullRef>
                 </c:ext>
               </c:extLst>
-              <c:f>'LPS 入力見本'!$E$36:$AI$36</c:f>
+              <c:f>'LPS 入力見本'!$E$38:$AI$38</c:f>
               <c:numCache>
                 <c:formatCode>#,##0_ ;[Red]\-#,##0\ </c:formatCode>
                 <c:ptCount val="31"/>
                 <c:pt idx="0">
                   <c:v>3960</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>3920.4</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>3881.1959999999999</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>3842.3840399999999</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>3803.9601995999997</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>3765.9205976039998</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>3728.2613916279597</c:v>
                 </c:pt>
                 <c:pt idx="7">
@@ -8857,51 +9178,51 @@
                   <c:v>3018.8771488145298</c:v>
                 </c:pt>
                 <c:pt idx="28">
                   <c:v>2988.6883773263844</c:v>
                 </c:pt>
                 <c:pt idx="29">
                   <c:v>2958.8014935531205</c:v>
                 </c:pt>
                 <c:pt idx="30">
                   <c:v>2929.2134786175893</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000008-7B40-4849-979C-3C6A60A8900E}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="2"/>
           <c:order val="3"/>
           <c:tx>
             <c:strRef>
-              <c:f>'LPS 入力見本'!$B$37</c:f>
+              <c:f>'LPS 入力見本'!$B$39</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>その他資産</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:schemeClr val="bg1">
                 <a:lumMod val="65000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:cat>
             <c:numRef>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{02D57815-91ED-43cb-92C2-25804820EDAC}">
                   <c15:fullRef>
@@ -8992,55 +9313,55 @@
                   <c:v>67</c:v>
                 </c:pt>
                 <c:pt idx="26">
                   <c:v>68</c:v>
                 </c:pt>
                 <c:pt idx="27">
                   <c:v>69</c:v>
                 </c:pt>
                 <c:pt idx="28">
                   <c:v>70</c:v>
                 </c:pt>
                 <c:pt idx="29">
                   <c:v>71</c:v>
                 </c:pt>
                 <c:pt idx="30">
                   <c:v>72</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{02D57815-91ED-43cb-92C2-25804820EDAC}">
                   <c15:fullRef>
-                    <c15:sqref>'LPS 入力見本'!$D$37:$AI$37</c15:sqref>
+                    <c15:sqref>'LPS 入力見本'!$D$39:$AI$39</c15:sqref>
                   </c15:fullRef>
                 </c:ext>
               </c:extLst>
-              <c:f>'LPS 入力見本'!$E$37:$AI$37</c:f>
+              <c:f>'LPS 入力見本'!$E$39:$AI$39</c:f>
               <c:numCache>
                 <c:formatCode>#,##0_ ;[Red]\-#,##0\ </c:formatCode>
                 <c:ptCount val="31"/>
                 <c:pt idx="0">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="7">
@@ -9107,51 +9428,51 @@
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="28">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="29">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="30">
                   <c:v>0</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000003-1118-4531-AA42-AD7E92AC9586}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="3"/>
           <c:order val="4"/>
           <c:tx>
             <c:strRef>
-              <c:f>'LPS 入力見本'!$B$38</c:f>
+              <c:f>'LPS 入力見本'!$B$40</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>負債（住宅ローン等）</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:schemeClr val="accent6">
                 <a:lumMod val="60000"/>
                 <a:lumOff val="40000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:cat>
             <c:numRef>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{02D57815-91ED-43cb-92C2-25804820EDAC}">
@@ -9243,55 +9564,55 @@
                   <c:v>67</c:v>
                 </c:pt>
                 <c:pt idx="26">
                   <c:v>68</c:v>
                 </c:pt>
                 <c:pt idx="27">
                   <c:v>69</c:v>
                 </c:pt>
                 <c:pt idx="28">
                   <c:v>70</c:v>
                 </c:pt>
                 <c:pt idx="29">
                   <c:v>71</c:v>
                 </c:pt>
                 <c:pt idx="30">
                   <c:v>72</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{02D57815-91ED-43cb-92C2-25804820EDAC}">
                   <c15:fullRef>
-                    <c15:sqref>'LPS 入力見本'!$D$38:$AI$38</c15:sqref>
+                    <c15:sqref>'LPS 入力見本'!$D$40:$AI$40</c15:sqref>
                   </c15:fullRef>
                 </c:ext>
               </c:extLst>
-              <c:f>'LPS 入力見本'!$E$38:$AI$38</c:f>
+              <c:f>'LPS 入力見本'!$E$40:$AI$40</c:f>
               <c:numCache>
                 <c:formatCode>#,##0_ ;[Red]\-#,##0\ </c:formatCode>
                 <c:ptCount val="31"/>
                 <c:pt idx="0">
                   <c:v>-2894</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>-2787</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>-2679</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>-2570</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>-2459</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>-2347</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>-2234</c:v>
                 </c:pt>
                 <c:pt idx="7">
@@ -9374,51 +9695,51 @@
               <c16:uniqueId val="{00000004-1118-4531-AA42-AD7E92AC9586}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="150"/>
         <c:overlap val="100"/>
         <c:axId val="1846658336"/>
         <c:axId val="1846575952"/>
       </c:barChart>
       <c:lineChart>
         <c:grouping val="standard"/>
         <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="4"/>
           <c:order val="5"/>
           <c:tx>
             <c:strRef>
-              <c:f>'LPS 入力見本'!$B$39</c:f>
+              <c:f>'LPS 入力見本'!$B$41</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>純資産</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln w="38100" cap="rnd">
               <a:solidFill>
                 <a:srgbClr val="FF0000"/>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:marker>
             <c:symbol val="circle"/>
             <c:size val="5"/>
             <c:spPr>
               <a:solidFill>
                 <a:srgbClr val="FF0000"/>
               </a:solidFill>
               <a:ln w="50800">
@@ -9597,150 +9918,150 @@
                   <c:v>67</c:v>
                 </c:pt>
                 <c:pt idx="26">
                   <c:v>68</c:v>
                 </c:pt>
                 <c:pt idx="27">
                   <c:v>69</c:v>
                 </c:pt>
                 <c:pt idx="28">
                   <c:v>70</c:v>
                 </c:pt>
                 <c:pt idx="29">
                   <c:v>71</c:v>
                 </c:pt>
                 <c:pt idx="30">
                   <c:v>72</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{02D57815-91ED-43cb-92C2-25804820EDAC}">
                   <c15:fullRef>
-                    <c15:sqref>'LPS 入力見本'!$D$39:$AI$39</c15:sqref>
+                    <c15:sqref>'LPS 入力見本'!$D$41:$AI$41</c15:sqref>
                   </c15:fullRef>
                 </c:ext>
               </c:extLst>
-              <c:f>'LPS 入力見本'!$E$39:$AI$39</c:f>
+              <c:f>'LPS 入力見本'!$E$41:$AI$41</c:f>
               <c:numCache>
                 <c:formatCode>#,##0_ ;[Red]\-#,##0\ </c:formatCode>
                 <c:ptCount val="31"/>
                 <c:pt idx="0">
                   <c:v>2118.3000000000002</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>2281.3806000000004</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>2440.4353611999995</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>2588.9673399224002</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>2737.4740743222446</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>2865.2799596376899</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>2936.4583076873369</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>3020.3432709590115</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>3048.7120120440441</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>3019.209819983902</c:v>
                 </c:pt>
                 <c:pt idx="10">
                   <c:v>2811.0820885529829</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>2703.2777707879322</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>2609.1290533318224</c:v>
                 </c:pt>
                 <c:pt idx="13">
-                  <c:v>2711.7953534181179</c:v>
+                  <c:v>2697.2697447401106</c:v>
                 </c:pt>
                 <c:pt idx="14">
-                  <c:v>2813.1237726228437</c:v>
+                  <c:v>2783.8982479626929</c:v>
                 </c:pt>
                 <c:pt idx="15">
-                  <c:v>3113.2516161434187</c:v>
+                  <c:v>3048.973862145639</c:v>
                 </c:pt>
                 <c:pt idx="16">
-                  <c:v>3417.8190887040555</c:v>
+                  <c:v>3318.0690631270891</c:v>
                 </c:pt>
                 <c:pt idx="17">
-                  <c:v>3730.4924318048015</c:v>
+                  <c:v>3594.8457529447778</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>4050.6818538701573</c:v>
+                  <c:v>3871.5097568881902</c:v>
                 </c:pt>
                 <c:pt idx="19">
-                  <c:v>4270.8177606143545</c:v>
+                  <c:v>4040.1126534265586</c:v>
                 </c:pt>
                 <c:pt idx="20">
-                  <c:v>4448.561875145574</c:v>
+                  <c:v>4157.9185450714194</c:v>
                 </c:pt>
                 <c:pt idx="21">
-                  <c:v>4558.0600344535515</c:v>
+                  <c:v>4205.8559169205446</c:v>
                 </c:pt>
                 <c:pt idx="22">
-                  <c:v>4668.2717083415901</c:v>
+                  <c:v>4252.8205707668267</c:v>
                 </c:pt>
                 <c:pt idx="23">
-                  <c:v>4779.3008050915487</c:v>
+                  <c:v>4298.8497455168781</c:v>
                 </c:pt>
                 <c:pt idx="24">
-                  <c:v>4783.258297821134</c:v>
+                  <c:v>4235.984595315309</c:v>
                 </c:pt>
                 <c:pt idx="25">
-                  <c:v>4788.0445931300665</c:v>
+                  <c:v>4172.0524025646046</c:v>
                 </c:pt>
                 <c:pt idx="26">
-                  <c:v>4755.2743941018871</c:v>
+                  <c:v>4066.7358422539469</c:v>
                 </c:pt>
                 <c:pt idx="27">
-                  <c:v>4719.014751332601</c:v>
+                  <c:v>3953.9066950284168</c:v>
                 </c:pt>
                 <c:pt idx="28">
-                  <c:v>4679.0358903930501</c:v>
+                  <c:v>3833.1301143338887</c:v>
                 </c:pt>
                 <c:pt idx="29">
-                  <c:v>4635.0963650692429</c:v>
+                  <c:v>3703.9492891620621</c:v>
                 </c:pt>
                 <c:pt idx="30">
-                  <c:v>4386.942468246948</c:v>
+                  <c:v>3365.8843399111261</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000005-1118-4531-AA42-AD7E92AC9586}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:marker val="1"/>
         <c:smooth val="0"/>
         <c:axId val="1846658336"/>
         <c:axId val="1846575952"/>
       </c:lineChart>
       <c:catAx>
@@ -9926,58 +10247,58 @@
         <a:effectLst/>
       </c:spPr>
       <c:txPr>
         <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr>
             <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="65000"/>
                   <a:lumOff val="35000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:defRPr>
           </a:pPr>
           <a:endParaRPr lang="ja-JP"/>
         </a:p>
       </c:txPr>
     </c:legend>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
     <c:extLst>
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
-    <c:showDLblsOverMax val="0"/>
   </c:chart>
   <c:spPr>
     <a:solidFill>
       <a:schemeClr val="bg1"/>
     </a:solidFill>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
       <a:noFill/>
       <a:round/>
     </a:ln>
     <a:effectLst/>
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
         <a:defRPr/>
       </a:pPr>
       <a:endParaRPr lang="ja-JP"/>
     </a:p>
   </c:txPr>
   <c:printSettings>
     <c:headerFooter/>
     <c:pageMargins b="0.75" l="0.7" r="0.7" t="0.75" header="0.3" footer="0.3"/>
     <c:pageSetup/>
@@ -10076,385 +10397,1105 @@
             <c:strRef>
               <c:f>'LPS 入力用'!$B$14</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:schemeClr val="accent1">
                 <a:lumMod val="75000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:cat>
             <c:numRef>
               <c:f>'LPS 入力用'!$E$7:$AI$7</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="31"/>
+                <c:pt idx="1">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>8</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>9</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>10</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>11</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>12</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>13</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>14</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>15</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>16</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>17</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>18</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>19</c:v>
+                </c:pt>
+                <c:pt idx="20">
+                  <c:v>20</c:v>
+                </c:pt>
+                <c:pt idx="21">
+                  <c:v>21</c:v>
+                </c:pt>
+                <c:pt idx="22">
+                  <c:v>22</c:v>
+                </c:pt>
+                <c:pt idx="23">
+                  <c:v>23</c:v>
+                </c:pt>
+                <c:pt idx="24">
+                  <c:v>24</c:v>
+                </c:pt>
+                <c:pt idx="25">
+                  <c:v>25</c:v>
+                </c:pt>
+                <c:pt idx="26">
+                  <c:v>26</c:v>
+                </c:pt>
+                <c:pt idx="27">
+                  <c:v>27</c:v>
+                </c:pt>
+                <c:pt idx="28">
+                  <c:v>28</c:v>
+                </c:pt>
+                <c:pt idx="29">
+                  <c:v>29</c:v>
+                </c:pt>
+                <c:pt idx="30">
+                  <c:v>30</c:v>
+                </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>'LPS 入力用'!$E$14:$AI$14</c:f>
               <c:numCache>
                 <c:formatCode>#,##0_ ;[Red]\-#,##0\ </c:formatCode>
                 <c:ptCount val="31"/>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-B6D4-47F2-9B6D-E9AD8FC2039C}"/>
+              <c16:uniqueId val="{00000000-0B63-49DD-B438-1C259BA3A3E6}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="2"/>
           <c:order val="1"/>
           <c:tx>
             <c:strRef>
               <c:f>'LPS 入力用'!$B$15</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:schemeClr val="accent2">
                 <a:lumMod val="40000"/>
                 <a:lumOff val="60000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:cat>
             <c:numRef>
               <c:f>'LPS 入力用'!$E$7:$AI$7</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="31"/>
+                <c:pt idx="1">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>8</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>9</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>10</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>11</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>12</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>13</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>14</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>15</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>16</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>17</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>18</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>19</c:v>
+                </c:pt>
+                <c:pt idx="20">
+                  <c:v>20</c:v>
+                </c:pt>
+                <c:pt idx="21">
+                  <c:v>21</c:v>
+                </c:pt>
+                <c:pt idx="22">
+                  <c:v>22</c:v>
+                </c:pt>
+                <c:pt idx="23">
+                  <c:v>23</c:v>
+                </c:pt>
+                <c:pt idx="24">
+                  <c:v>24</c:v>
+                </c:pt>
+                <c:pt idx="25">
+                  <c:v>25</c:v>
+                </c:pt>
+                <c:pt idx="26">
+                  <c:v>26</c:v>
+                </c:pt>
+                <c:pt idx="27">
+                  <c:v>27</c:v>
+                </c:pt>
+                <c:pt idx="28">
+                  <c:v>28</c:v>
+                </c:pt>
+                <c:pt idx="29">
+                  <c:v>29</c:v>
+                </c:pt>
+                <c:pt idx="30">
+                  <c:v>30</c:v>
+                </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>'LPS 入力用'!$E$15:$AI$15</c:f>
               <c:numCache>
                 <c:formatCode>#,##0_ ;[Red]\-#,##0\ </c:formatCode>
                 <c:ptCount val="31"/>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart">
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-B6D4-47F2-9B6D-E9AD8FC2039C}"/>
+              <c16:uniqueId val="{00000001-0B63-49DD-B438-1C259BA3A3E6}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="3"/>
           <c:order val="2"/>
           <c:tx>
             <c:strRef>
               <c:f>'LPS 入力用'!$B$16</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:schemeClr val="accent4">
                 <a:lumMod val="60000"/>
                 <a:lumOff val="40000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:cat>
             <c:numRef>
               <c:f>'LPS 入力用'!$E$7:$AI$7</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="31"/>
+                <c:pt idx="1">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>8</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>9</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>10</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>11</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>12</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>13</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>14</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>15</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>16</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>17</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>18</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>19</c:v>
+                </c:pt>
+                <c:pt idx="20">
+                  <c:v>20</c:v>
+                </c:pt>
+                <c:pt idx="21">
+                  <c:v>21</c:v>
+                </c:pt>
+                <c:pt idx="22">
+                  <c:v>22</c:v>
+                </c:pt>
+                <c:pt idx="23">
+                  <c:v>23</c:v>
+                </c:pt>
+                <c:pt idx="24">
+                  <c:v>24</c:v>
+                </c:pt>
+                <c:pt idx="25">
+                  <c:v>25</c:v>
+                </c:pt>
+                <c:pt idx="26">
+                  <c:v>26</c:v>
+                </c:pt>
+                <c:pt idx="27">
+                  <c:v>27</c:v>
+                </c:pt>
+                <c:pt idx="28">
+                  <c:v>28</c:v>
+                </c:pt>
+                <c:pt idx="29">
+                  <c:v>29</c:v>
+                </c:pt>
+                <c:pt idx="30">
+                  <c:v>30</c:v>
+                </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>'LPS 入力用'!$E$16:$AI$16</c:f>
               <c:numCache>
                 <c:formatCode>#,##0_ ;[Red]\-#,##0\ </c:formatCode>
                 <c:ptCount val="31"/>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart">
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-B6D4-47F2-9B6D-E9AD8FC2039C}"/>
+              <c16:uniqueId val="{00000002-0B63-49DD-B438-1C259BA3A3E6}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="4"/>
           <c:order val="3"/>
           <c:tx>
             <c:strRef>
               <c:f>'LPS 入力用'!$B$17</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:schemeClr val="accent4">
                 <a:lumMod val="20000"/>
                 <a:lumOff val="80000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:cat>
             <c:numRef>
               <c:f>'LPS 入力用'!$E$7:$AI$7</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="31"/>
+                <c:pt idx="1">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>8</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>9</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>10</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>11</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>12</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>13</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>14</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>15</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>16</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>17</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>18</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>19</c:v>
+                </c:pt>
+                <c:pt idx="20">
+                  <c:v>20</c:v>
+                </c:pt>
+                <c:pt idx="21">
+                  <c:v>21</c:v>
+                </c:pt>
+                <c:pt idx="22">
+                  <c:v>22</c:v>
+                </c:pt>
+                <c:pt idx="23">
+                  <c:v>23</c:v>
+                </c:pt>
+                <c:pt idx="24">
+                  <c:v>24</c:v>
+                </c:pt>
+                <c:pt idx="25">
+                  <c:v>25</c:v>
+                </c:pt>
+                <c:pt idx="26">
+                  <c:v>26</c:v>
+                </c:pt>
+                <c:pt idx="27">
+                  <c:v>27</c:v>
+                </c:pt>
+                <c:pt idx="28">
+                  <c:v>28</c:v>
+                </c:pt>
+                <c:pt idx="29">
+                  <c:v>29</c:v>
+                </c:pt>
+                <c:pt idx="30">
+                  <c:v>30</c:v>
+                </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>'LPS 入力用'!$E$17:$AI$17</c:f>
               <c:numCache>
                 <c:formatCode>#,##0_ ;[Red]\-#,##0\ </c:formatCode>
                 <c:ptCount val="31"/>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart">
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000003-B6D4-47F2-9B6D-E9AD8FC2039C}"/>
+              <c16:uniqueId val="{00000003-0B63-49DD-B438-1C259BA3A3E6}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="9"/>
           <c:order val="4"/>
           <c:tx>
             <c:strRef>
               <c:f>'LPS 入力用'!$B$18</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:schemeClr val="accent1">
                 <a:lumMod val="50000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:cat>
             <c:numRef>
               <c:f>'LPS 入力用'!$E$7:$AI$7</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="31"/>
+                <c:pt idx="1">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>8</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>9</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>10</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>11</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>12</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>13</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>14</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>15</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>16</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>17</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>18</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>19</c:v>
+                </c:pt>
+                <c:pt idx="20">
+                  <c:v>20</c:v>
+                </c:pt>
+                <c:pt idx="21">
+                  <c:v>21</c:v>
+                </c:pt>
+                <c:pt idx="22">
+                  <c:v>22</c:v>
+                </c:pt>
+                <c:pt idx="23">
+                  <c:v>23</c:v>
+                </c:pt>
+                <c:pt idx="24">
+                  <c:v>24</c:v>
+                </c:pt>
+                <c:pt idx="25">
+                  <c:v>25</c:v>
+                </c:pt>
+                <c:pt idx="26">
+                  <c:v>26</c:v>
+                </c:pt>
+                <c:pt idx="27">
+                  <c:v>27</c:v>
+                </c:pt>
+                <c:pt idx="28">
+                  <c:v>28</c:v>
+                </c:pt>
+                <c:pt idx="29">
+                  <c:v>29</c:v>
+                </c:pt>
+                <c:pt idx="30">
+                  <c:v>30</c:v>
+                </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>'LPS 入力用'!$E$18:$AI$18</c:f>
               <c:numCache>
                 <c:formatCode>#,##0_ ;[Red]\-#,##0\ </c:formatCode>
                 <c:ptCount val="31"/>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart">
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000004-B6D4-47F2-9B6D-E9AD8FC2039C}"/>
+              <c16:uniqueId val="{00000004-0B63-49DD-B438-1C259BA3A3E6}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="10"/>
           <c:order val="5"/>
           <c:tx>
             <c:strRef>
               <c:f>'LPS 入力用'!$B$19</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:schemeClr val="accent3">
                 <a:lumMod val="75000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:cat>
             <c:numRef>
               <c:f>'LPS 入力用'!$E$7:$AI$7</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="31"/>
+                <c:pt idx="1">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>8</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>9</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>10</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>11</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>12</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>13</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>14</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>15</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>16</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>17</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>18</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>19</c:v>
+                </c:pt>
+                <c:pt idx="20">
+                  <c:v>20</c:v>
+                </c:pt>
+                <c:pt idx="21">
+                  <c:v>21</c:v>
+                </c:pt>
+                <c:pt idx="22">
+                  <c:v>22</c:v>
+                </c:pt>
+                <c:pt idx="23">
+                  <c:v>23</c:v>
+                </c:pt>
+                <c:pt idx="24">
+                  <c:v>24</c:v>
+                </c:pt>
+                <c:pt idx="25">
+                  <c:v>25</c:v>
+                </c:pt>
+                <c:pt idx="26">
+                  <c:v>26</c:v>
+                </c:pt>
+                <c:pt idx="27">
+                  <c:v>27</c:v>
+                </c:pt>
+                <c:pt idx="28">
+                  <c:v>28</c:v>
+                </c:pt>
+                <c:pt idx="29">
+                  <c:v>29</c:v>
+                </c:pt>
+                <c:pt idx="30">
+                  <c:v>30</c:v>
+                </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>'LPS 入力用'!$E$19:$AI$19</c:f>
               <c:numCache>
                 <c:formatCode>#,##0_ ;[Red]\-#,##0\ </c:formatCode>
                 <c:ptCount val="31"/>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart">
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000005-B6D4-47F2-9B6D-E9AD8FC2039C}"/>
+              <c16:uniqueId val="{00000005-0B63-49DD-B438-1C259BA3A3E6}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="11"/>
           <c:order val="6"/>
           <c:tx>
             <c:strRef>
               <c:f>'LPS 入力用'!$B$20</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:schemeClr val="accent2">
                 <a:lumMod val="50000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:cat>
             <c:numRef>
               <c:f>'LPS 入力用'!$E$7:$AI$7</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="31"/>
+                <c:pt idx="1">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>8</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>9</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>10</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>11</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>12</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>13</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>14</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>15</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>16</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>17</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>18</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>19</c:v>
+                </c:pt>
+                <c:pt idx="20">
+                  <c:v>20</c:v>
+                </c:pt>
+                <c:pt idx="21">
+                  <c:v>21</c:v>
+                </c:pt>
+                <c:pt idx="22">
+                  <c:v>22</c:v>
+                </c:pt>
+                <c:pt idx="23">
+                  <c:v>23</c:v>
+                </c:pt>
+                <c:pt idx="24">
+                  <c:v>24</c:v>
+                </c:pt>
+                <c:pt idx="25">
+                  <c:v>25</c:v>
+                </c:pt>
+                <c:pt idx="26">
+                  <c:v>26</c:v>
+                </c:pt>
+                <c:pt idx="27">
+                  <c:v>27</c:v>
+                </c:pt>
+                <c:pt idx="28">
+                  <c:v>28</c:v>
+                </c:pt>
+                <c:pt idx="29">
+                  <c:v>29</c:v>
+                </c:pt>
+                <c:pt idx="30">
+                  <c:v>30</c:v>
+                </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>'LPS 入力用'!$E$20:$AI$20</c:f>
               <c:numCache>
                 <c:formatCode>#,##0_ ;[Red]\-#,##0\ </c:formatCode>
                 <c:ptCount val="31"/>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart">
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000006-B6D4-47F2-9B6D-E9AD8FC2039C}"/>
+              <c16:uniqueId val="{00000006-0B63-49DD-B438-1C259BA3A3E6}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="12"/>
           <c:order val="7"/>
           <c:tx>
             <c:strRef>
               <c:f>'LPS 入力用'!$B$21</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>基本生活費</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:schemeClr val="accent6">
                 <a:lumMod val="75000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:cat>
             <c:numRef>
               <c:f>'LPS 入力用'!$E$7:$AI$7</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="31"/>
+                <c:pt idx="1">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>8</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>9</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>10</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>11</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>12</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>13</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>14</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>15</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>16</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>17</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>18</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>19</c:v>
+                </c:pt>
+                <c:pt idx="20">
+                  <c:v>20</c:v>
+                </c:pt>
+                <c:pt idx="21">
+                  <c:v>21</c:v>
+                </c:pt>
+                <c:pt idx="22">
+                  <c:v>22</c:v>
+                </c:pt>
+                <c:pt idx="23">
+                  <c:v>23</c:v>
+                </c:pt>
+                <c:pt idx="24">
+                  <c:v>24</c:v>
+                </c:pt>
+                <c:pt idx="25">
+                  <c:v>25</c:v>
+                </c:pt>
+                <c:pt idx="26">
+                  <c:v>26</c:v>
+                </c:pt>
+                <c:pt idx="27">
+                  <c:v>27</c:v>
+                </c:pt>
+                <c:pt idx="28">
+                  <c:v>28</c:v>
+                </c:pt>
+                <c:pt idx="29">
+                  <c:v>29</c:v>
+                </c:pt>
+                <c:pt idx="30">
+                  <c:v>30</c:v>
+                </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>'LPS 入力用'!$E$21:$AI$21</c:f>
               <c:numCache>
                 <c:formatCode>#,##0_ ;[Red]\-#,##0\ </c:formatCode>
                 <c:ptCount val="31"/>
                 <c:pt idx="1">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="6">
@@ -10515,87 +11556,177 @@
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="25">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="26">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="27">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="28">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="29">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="30">
                   <c:v>0</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart">
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000007-B6D4-47F2-9B6D-E9AD8FC2039C}"/>
+              <c16:uniqueId val="{00000007-0B63-49DD-B438-1C259BA3A3E6}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="13"/>
           <c:order val="8"/>
           <c:tx>
             <c:strRef>
               <c:f>'LPS 入力用'!$B$22</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>特別生活費</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:schemeClr val="accent6">
                 <a:lumMod val="60000"/>
                 <a:lumOff val="40000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:cat>
             <c:numRef>
               <c:f>'LPS 入力用'!$E$7:$AI$7</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="31"/>
+                <c:pt idx="1">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>8</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>9</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>10</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>11</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>12</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>13</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>14</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>15</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>16</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>17</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>18</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>19</c:v>
+                </c:pt>
+                <c:pt idx="20">
+                  <c:v>20</c:v>
+                </c:pt>
+                <c:pt idx="21">
+                  <c:v>21</c:v>
+                </c:pt>
+                <c:pt idx="22">
+                  <c:v>22</c:v>
+                </c:pt>
+                <c:pt idx="23">
+                  <c:v>23</c:v>
+                </c:pt>
+                <c:pt idx="24">
+                  <c:v>24</c:v>
+                </c:pt>
+                <c:pt idx="25">
+                  <c:v>25</c:v>
+                </c:pt>
+                <c:pt idx="26">
+                  <c:v>26</c:v>
+                </c:pt>
+                <c:pt idx="27">
+                  <c:v>27</c:v>
+                </c:pt>
+                <c:pt idx="28">
+                  <c:v>28</c:v>
+                </c:pt>
+                <c:pt idx="29">
+                  <c:v>29</c:v>
+                </c:pt>
+                <c:pt idx="30">
+                  <c:v>30</c:v>
+                </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>'LPS 入力用'!$E$22:$AI$22</c:f>
               <c:numCache>
                 <c:formatCode>#,##0_ ;[Red]\-#,##0\ </c:formatCode>
                 <c:ptCount val="31"/>
                 <c:pt idx="1">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="6">
@@ -10656,414 +11787,864 @@
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="25">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="26">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="27">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="28">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="29">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="30">
                   <c:v>0</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart">
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000008-B6D4-47F2-9B6D-E9AD8FC2039C}"/>
+              <c16:uniqueId val="{00000008-0B63-49DD-B438-1C259BA3A3E6}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="14"/>
           <c:order val="9"/>
           <c:tx>
             <c:strRef>
               <c:f>'LPS 入力用'!$B$23</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>住居費</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:schemeClr val="tx2">
                 <a:lumMod val="60000"/>
                 <a:lumOff val="40000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:val>
             <c:numRef>
               <c:f>'LPS 入力用'!$E$23:$AI$23</c:f>
               <c:numCache>
                 <c:formatCode>#,##0_ ;[Red]\-#,##0\ </c:formatCode>
                 <c:ptCount val="31"/>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000009-B6D4-47F2-9B6D-E9AD8FC2039C}"/>
+              <c16:uniqueId val="{00000009-0B63-49DD-B438-1C259BA3A3E6}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="15"/>
           <c:order val="10"/>
           <c:tx>
             <c:strRef>
               <c:f>'LPS 入力用'!$B$24</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>保険料</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:schemeClr val="tx2">
                 <a:lumMod val="40000"/>
                 <a:lumOff val="60000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:cat>
             <c:numRef>
               <c:f>'LPS 入力用'!$E$7:$AI$7</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="31"/>
+                <c:pt idx="1">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>8</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>9</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>10</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>11</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>12</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>13</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>14</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>15</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>16</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>17</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>18</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>19</c:v>
+                </c:pt>
+                <c:pt idx="20">
+                  <c:v>20</c:v>
+                </c:pt>
+                <c:pt idx="21">
+                  <c:v>21</c:v>
+                </c:pt>
+                <c:pt idx="22">
+                  <c:v>22</c:v>
+                </c:pt>
+                <c:pt idx="23">
+                  <c:v>23</c:v>
+                </c:pt>
+                <c:pt idx="24">
+                  <c:v>24</c:v>
+                </c:pt>
+                <c:pt idx="25">
+                  <c:v>25</c:v>
+                </c:pt>
+                <c:pt idx="26">
+                  <c:v>26</c:v>
+                </c:pt>
+                <c:pt idx="27">
+                  <c:v>27</c:v>
+                </c:pt>
+                <c:pt idx="28">
+                  <c:v>28</c:v>
+                </c:pt>
+                <c:pt idx="29">
+                  <c:v>29</c:v>
+                </c:pt>
+                <c:pt idx="30">
+                  <c:v>30</c:v>
+                </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>'LPS 入力用'!$E$24:$AI$24</c:f>
               <c:numCache>
                 <c:formatCode>#,##0_ ;[Red]\-#,##0\ </c:formatCode>
                 <c:ptCount val="31"/>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{0000000A-B6D4-47F2-9B6D-E9AD8FC2039C}"/>
+              <c16:uniqueId val="{0000000A-0B63-49DD-B438-1C259BA3A3E6}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="16"/>
           <c:order val="11"/>
           <c:tx>
             <c:strRef>
               <c:f>'LPS 入力用'!$B$25</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>一時支出</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:srgbClr val="FFC000"/>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:cat>
             <c:numRef>
               <c:f>'LPS 入力用'!$E$7:$AI$7</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="31"/>
+                <c:pt idx="1">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>8</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>9</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>10</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>11</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>12</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>13</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>14</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>15</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>16</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>17</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>18</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>19</c:v>
+                </c:pt>
+                <c:pt idx="20">
+                  <c:v>20</c:v>
+                </c:pt>
+                <c:pt idx="21">
+                  <c:v>21</c:v>
+                </c:pt>
+                <c:pt idx="22">
+                  <c:v>22</c:v>
+                </c:pt>
+                <c:pt idx="23">
+                  <c:v>23</c:v>
+                </c:pt>
+                <c:pt idx="24">
+                  <c:v>24</c:v>
+                </c:pt>
+                <c:pt idx="25">
+                  <c:v>25</c:v>
+                </c:pt>
+                <c:pt idx="26">
+                  <c:v>26</c:v>
+                </c:pt>
+                <c:pt idx="27">
+                  <c:v>27</c:v>
+                </c:pt>
+                <c:pt idx="28">
+                  <c:v>28</c:v>
+                </c:pt>
+                <c:pt idx="29">
+                  <c:v>29</c:v>
+                </c:pt>
+                <c:pt idx="30">
+                  <c:v>30</c:v>
+                </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>'LPS 入力用'!$E$25:$AI$25</c:f>
               <c:numCache>
                 <c:formatCode>#,##0_ ;[Red]\-#,##0\ </c:formatCode>
                 <c:ptCount val="31"/>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{0000000B-B6D4-47F2-9B6D-E9AD8FC2039C}"/>
+              <c16:uniqueId val="{0000000B-0B63-49DD-B438-1C259BA3A3E6}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="18"/>
           <c:order val="12"/>
           <c:tx>
             <c:strRef>
               <c:f>'LPS 入力用'!$B$26</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>教育費</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:schemeClr val="tx1">
                 <a:lumMod val="50000"/>
                 <a:lumOff val="50000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:cat>
             <c:numRef>
               <c:f>'LPS 入力用'!$E$7:$AI$7</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="31"/>
+                <c:pt idx="1">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>8</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>9</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>10</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>11</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>12</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>13</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>14</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>15</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>16</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>17</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>18</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>19</c:v>
+                </c:pt>
+                <c:pt idx="20">
+                  <c:v>20</c:v>
+                </c:pt>
+                <c:pt idx="21">
+                  <c:v>21</c:v>
+                </c:pt>
+                <c:pt idx="22">
+                  <c:v>22</c:v>
+                </c:pt>
+                <c:pt idx="23">
+                  <c:v>23</c:v>
+                </c:pt>
+                <c:pt idx="24">
+                  <c:v>24</c:v>
+                </c:pt>
+                <c:pt idx="25">
+                  <c:v>25</c:v>
+                </c:pt>
+                <c:pt idx="26">
+                  <c:v>26</c:v>
+                </c:pt>
+                <c:pt idx="27">
+                  <c:v>27</c:v>
+                </c:pt>
+                <c:pt idx="28">
+                  <c:v>28</c:v>
+                </c:pt>
+                <c:pt idx="29">
+                  <c:v>29</c:v>
+                </c:pt>
+                <c:pt idx="30">
+                  <c:v>30</c:v>
+                </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>'LPS 入力用'!$E$26:$AI$26</c:f>
               <c:numCache>
                 <c:formatCode>#,##0_ ;[Red]\-#,##0\ </c:formatCode>
                 <c:ptCount val="31"/>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{0000000C-B6D4-47F2-9B6D-E9AD8FC2039C}"/>
+              <c16:uniqueId val="{0000000C-0B63-49DD-B438-1C259BA3A3E6}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="19"/>
           <c:order val="13"/>
           <c:tx>
             <c:strRef>
               <c:f>'LPS 入力用'!$B$27</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:schemeClr val="bg1">
                 <a:lumMod val="65000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:cat>
             <c:numRef>
               <c:f>'LPS 入力用'!$E$7:$AI$7</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="31"/>
+                <c:pt idx="1">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>8</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>9</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>10</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>11</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>12</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>13</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>14</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>15</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>16</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>17</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>18</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>19</c:v>
+                </c:pt>
+                <c:pt idx="20">
+                  <c:v>20</c:v>
+                </c:pt>
+                <c:pt idx="21">
+                  <c:v>21</c:v>
+                </c:pt>
+                <c:pt idx="22">
+                  <c:v>22</c:v>
+                </c:pt>
+                <c:pt idx="23">
+                  <c:v>23</c:v>
+                </c:pt>
+                <c:pt idx="24">
+                  <c:v>24</c:v>
+                </c:pt>
+                <c:pt idx="25">
+                  <c:v>25</c:v>
+                </c:pt>
+                <c:pt idx="26">
+                  <c:v>26</c:v>
+                </c:pt>
+                <c:pt idx="27">
+                  <c:v>27</c:v>
+                </c:pt>
+                <c:pt idx="28">
+                  <c:v>28</c:v>
+                </c:pt>
+                <c:pt idx="29">
+                  <c:v>29</c:v>
+                </c:pt>
+                <c:pt idx="30">
+                  <c:v>30</c:v>
+                </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>'LPS 入力用'!$E$27:$AI$27</c:f>
               <c:numCache>
                 <c:formatCode>#,##0_ ;[Red]\-#,##0\ </c:formatCode>
                 <c:ptCount val="31"/>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{0000000D-B6D4-47F2-9B6D-E9AD8FC2039C}"/>
+              <c16:uniqueId val="{0000000D-0B63-49DD-B438-1C259BA3A3E6}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="20"/>
           <c:order val="14"/>
           <c:tx>
             <c:strRef>
               <c:f>'LPS 入力用'!$B$28</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:schemeClr val="accent5">
                 <a:lumMod val="50000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:cat>
             <c:numRef>
               <c:f>'LPS 入力用'!$E$7:$AI$7</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="31"/>
+                <c:pt idx="1">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>8</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>9</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>10</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>11</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>12</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>13</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>14</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>15</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>16</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>17</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>18</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>19</c:v>
+                </c:pt>
+                <c:pt idx="20">
+                  <c:v>20</c:v>
+                </c:pt>
+                <c:pt idx="21">
+                  <c:v>21</c:v>
+                </c:pt>
+                <c:pt idx="22">
+                  <c:v>22</c:v>
+                </c:pt>
+                <c:pt idx="23">
+                  <c:v>23</c:v>
+                </c:pt>
+                <c:pt idx="24">
+                  <c:v>24</c:v>
+                </c:pt>
+                <c:pt idx="25">
+                  <c:v>25</c:v>
+                </c:pt>
+                <c:pt idx="26">
+                  <c:v>26</c:v>
+                </c:pt>
+                <c:pt idx="27">
+                  <c:v>27</c:v>
+                </c:pt>
+                <c:pt idx="28">
+                  <c:v>28</c:v>
+                </c:pt>
+                <c:pt idx="29">
+                  <c:v>29</c:v>
+                </c:pt>
+                <c:pt idx="30">
+                  <c:v>30</c:v>
+                </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>'LPS 入力用'!$E$28:$AI$28</c:f>
               <c:numCache>
                 <c:formatCode>#,##0_ ;[Red]\-#,##0\ </c:formatCode>
                 <c:ptCount val="31"/>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{0000000E-B6D4-47F2-9B6D-E9AD8FC2039C}"/>
+              <c16:uniqueId val="{0000000E-0B63-49DD-B438-1C259BA3A3E6}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="21"/>
           <c:order val="15"/>
           <c:tx>
             <c:strRef>
               <c:f>'LPS 入力用'!$B$29</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:schemeClr val="accent5">
                 <a:lumMod val="75000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:ln w="25400">
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:val>
             <c:numRef>
               <c:f>'LPS 入力用'!$E$29:$AI$29</c:f>
               <c:numCache>
                 <c:formatCode>#,##0_ ;[Red]\-#,##0\ </c:formatCode>
                 <c:ptCount val="31"/>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart">
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{0000000F-B6D4-47F2-9B6D-E9AD8FC2039C}"/>
+              <c16:uniqueId val="{0000000F-0B63-49DD-B438-1C259BA3A3E6}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="16"/>
           <c:tx>
             <c:strRef>
               <c:f>'LPS 入力用'!$B$30</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:schemeClr val="accent5">
                 <a:lumMod val="60000"/>
                 <a:lumOff val="40000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:val>
             <c:numRef>
               <c:f>'LPS 入力用'!$E$30:$AI$30</c:f>
               <c:numCache>
                 <c:formatCode>#,##0_ ;[Red]\-#,##0\ </c:formatCode>
                 <c:ptCount val="31"/>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart">
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000010-B6D4-47F2-9B6D-E9AD8FC2039C}"/>
+              <c16:uniqueId val="{00000010-0B63-49DD-B438-1C259BA3A3E6}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="80"/>
         <c:overlap val="100"/>
         <c:axId val="1846658336"/>
         <c:axId val="1846575952"/>
         <c:extLst/>
       </c:barChart>
       <c:lineChart>
         <c:grouping val="stacked"/>
         <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="22"/>
           <c:order val="17"/>
           <c:tx>
             <c:strRef>
@@ -11185,51 +12766,51 @@
                 </c:pt>
                 <c:pt idx="25">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="26">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="27">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="28">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="29">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="30">
                   <c:v>0</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000011-B6D4-47F2-9B6D-E9AD8FC2039C}"/>
+              <c16:uniqueId val="{00000011-0B63-49DD-B438-1C259BA3A3E6}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:marker val="1"/>
         <c:smooth val="0"/>
         <c:axId val="1846658336"/>
         <c:axId val="1846575952"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="1846658336"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:title>
           <c:tx>
@@ -11406,58 +12987,58 @@
         <a:effectLst/>
       </c:spPr>
       <c:txPr>
         <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr>
             <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="65000"/>
                   <a:lumOff val="35000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:defRPr>
           </a:pPr>
           <a:endParaRPr lang="ja-JP"/>
         </a:p>
       </c:txPr>
     </c:legend>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
     <c:extLst>
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
-    <c:showDLblsOverMax val="0"/>
   </c:chart>
   <c:spPr>
     <a:solidFill>
       <a:schemeClr val="bg1"/>
     </a:solidFill>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
       <a:noFill/>
       <a:round/>
     </a:ln>
     <a:effectLst/>
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
         <a:defRPr/>
       </a:pPr>
       <a:endParaRPr lang="ja-JP"/>
     </a:p>
   </c:txPr>
   <c:printSettings>
     <c:headerFooter/>
     <c:pageMargins b="0.75" l="0.7" r="0.7" t="0.75" header="0.3" footer="0.3"/>
     <c:pageSetup/>
@@ -11524,98 +13105,188 @@
                   <a:lumMod val="65000"/>
                   <a:lumOff val="35000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:defRPr>
           </a:pPr>
           <a:endParaRPr lang="ja-JP"/>
         </a:p>
       </c:txPr>
     </c:title>
     <c:autoTitleDeleted val="0"/>
     <c:plotArea>
       <c:layout/>
       <c:barChart>
         <c:barDir val="col"/>
         <c:grouping val="stacked"/>
         <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:tx>
             <c:strRef>
-              <c:f>'LPS 入力用'!$B$34</c:f>
+              <c:f>'LPS 入力用'!$B$36</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>生活資金（預貯金）</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:schemeClr val="tx2">
                 <a:lumMod val="60000"/>
                 <a:lumOff val="40000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:cat>
             <c:numRef>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{02D57815-91ED-43cb-92C2-25804820EDAC}">
                   <c15:fullRef>
                     <c15:sqref>'LPS 入力用'!$D$7:$AI$7</c15:sqref>
                   </c15:fullRef>
                 </c:ext>
               </c:extLst>
               <c:f>'LPS 入力用'!$E$7:$AI$7</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="31"/>
+                <c:pt idx="1">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>8</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>9</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>10</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>11</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>12</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>13</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>14</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>15</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>16</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>17</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>18</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>19</c:v>
+                </c:pt>
+                <c:pt idx="20">
+                  <c:v>20</c:v>
+                </c:pt>
+                <c:pt idx="21">
+                  <c:v>21</c:v>
+                </c:pt>
+                <c:pt idx="22">
+                  <c:v>22</c:v>
+                </c:pt>
+                <c:pt idx="23">
+                  <c:v>23</c:v>
+                </c:pt>
+                <c:pt idx="24">
+                  <c:v>24</c:v>
+                </c:pt>
+                <c:pt idx="25">
+                  <c:v>25</c:v>
+                </c:pt>
+                <c:pt idx="26">
+                  <c:v>26</c:v>
+                </c:pt>
+                <c:pt idx="27">
+                  <c:v>27</c:v>
+                </c:pt>
+                <c:pt idx="28">
+                  <c:v>28</c:v>
+                </c:pt>
+                <c:pt idx="29">
+                  <c:v>29</c:v>
+                </c:pt>
+                <c:pt idx="30">
+                  <c:v>30</c:v>
+                </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{02D57815-91ED-43cb-92C2-25804820EDAC}">
                   <c15:fullRef>
-                    <c15:sqref>'LPS 入力用'!$D$34:$AI$34</c15:sqref>
+                    <c15:sqref>'LPS 入力用'!$D$36:$AI$36</c15:sqref>
                   </c15:fullRef>
                 </c:ext>
               </c:extLst>
-              <c:f>'LPS 入力用'!$E$34:$AI$34</c:f>
+              <c:f>'LPS 入力用'!$E$36:$AI$36</c:f>
               <c:numCache>
                 <c:formatCode>#,##0_ ;[Red]\-#,##0\ </c:formatCode>
                 <c:ptCount val="31"/>
                 <c:pt idx="0">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="7">
@@ -11673,106 +13344,196 @@
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="25">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="26">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="27">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="28">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="29">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="30">
                   <c:v>0</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-1AFA-412A-BE15-6D848D988012}"/>
+              <c16:uniqueId val="{00000000-D389-4CFC-ABEB-9DF4B499AC71}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="1"/>
           <c:tx>
             <c:strRef>
-              <c:f>'LPS 入力用'!$B$35</c:f>
+              <c:f>'LPS 入力用'!$B$37</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>投資資産</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:schemeClr val="accent3">
                 <a:lumMod val="50000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:cat>
             <c:numRef>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{02D57815-91ED-43cb-92C2-25804820EDAC}">
                   <c15:fullRef>
                     <c15:sqref>'LPS 入力用'!$D$7:$AI$7</c15:sqref>
                   </c15:fullRef>
                 </c:ext>
               </c:extLst>
               <c:f>'LPS 入力用'!$E$7:$AI$7</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="31"/>
+                <c:pt idx="1">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>8</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>9</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>10</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>11</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>12</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>13</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>14</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>15</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>16</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>17</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>18</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>19</c:v>
+                </c:pt>
+                <c:pt idx="20">
+                  <c:v>20</c:v>
+                </c:pt>
+                <c:pt idx="21">
+                  <c:v>21</c:v>
+                </c:pt>
+                <c:pt idx="22">
+                  <c:v>22</c:v>
+                </c:pt>
+                <c:pt idx="23">
+                  <c:v>23</c:v>
+                </c:pt>
+                <c:pt idx="24">
+                  <c:v>24</c:v>
+                </c:pt>
+                <c:pt idx="25">
+                  <c:v>25</c:v>
+                </c:pt>
+                <c:pt idx="26">
+                  <c:v>26</c:v>
+                </c:pt>
+                <c:pt idx="27">
+                  <c:v>27</c:v>
+                </c:pt>
+                <c:pt idx="28">
+                  <c:v>28</c:v>
+                </c:pt>
+                <c:pt idx="29">
+                  <c:v>29</c:v>
+                </c:pt>
+                <c:pt idx="30">
+                  <c:v>30</c:v>
+                </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{02D57815-91ED-43cb-92C2-25804820EDAC}">
                   <c15:fullRef>
-                    <c15:sqref>'LPS 入力用'!$D$35:$AI$35</c15:sqref>
+                    <c15:sqref>'LPS 入力用'!$D$37:$AI$37</c15:sqref>
                   </c15:fullRef>
                 </c:ext>
               </c:extLst>
-              <c:f>'LPS 入力用'!$E$35:$AI$35</c:f>
+              <c:f>'LPS 入力用'!$E$37:$AI$37</c:f>
               <c:numCache>
                 <c:formatCode>#,##0_ ;[Red]\-#,##0\ </c:formatCode>
                 <c:ptCount val="31"/>
                 <c:pt idx="0">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="7">
@@ -11830,108 +13591,198 @@
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="25">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="26">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="27">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="28">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="29">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="30">
                   <c:v>0</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-1AFA-412A-BE15-6D848D988012}"/>
+              <c16:uniqueId val="{00000001-D389-4CFC-ABEB-9DF4B499AC71}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="8"/>
           <c:order val="2"/>
           <c:tx>
             <c:strRef>
-              <c:f>'LPS 入力用'!$B$36</c:f>
+              <c:f>'LPS 入力用'!$B$38</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>不動産</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:schemeClr val="accent4">
                 <a:lumMod val="60000"/>
                 <a:lumOff val="40000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:ln w="38100" cap="rnd">
               <a:noFill/>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:cat>
             <c:numRef>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{02D57815-91ED-43cb-92C2-25804820EDAC}">
                   <c15:fullRef>
                     <c15:sqref>'LPS 入力用'!$D$7:$AI$7</c15:sqref>
                   </c15:fullRef>
                 </c:ext>
               </c:extLst>
               <c:f>'LPS 入力用'!$E$7:$AI$7</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="31"/>
+                <c:pt idx="1">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>8</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>9</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>10</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>11</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>12</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>13</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>14</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>15</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>16</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>17</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>18</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>19</c:v>
+                </c:pt>
+                <c:pt idx="20">
+                  <c:v>20</c:v>
+                </c:pt>
+                <c:pt idx="21">
+                  <c:v>21</c:v>
+                </c:pt>
+                <c:pt idx="22">
+                  <c:v>22</c:v>
+                </c:pt>
+                <c:pt idx="23">
+                  <c:v>23</c:v>
+                </c:pt>
+                <c:pt idx="24">
+                  <c:v>24</c:v>
+                </c:pt>
+                <c:pt idx="25">
+                  <c:v>25</c:v>
+                </c:pt>
+                <c:pt idx="26">
+                  <c:v>26</c:v>
+                </c:pt>
+                <c:pt idx="27">
+                  <c:v>27</c:v>
+                </c:pt>
+                <c:pt idx="28">
+                  <c:v>28</c:v>
+                </c:pt>
+                <c:pt idx="29">
+                  <c:v>29</c:v>
+                </c:pt>
+                <c:pt idx="30">
+                  <c:v>30</c:v>
+                </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{02D57815-91ED-43cb-92C2-25804820EDAC}">
                   <c15:fullRef>
-                    <c15:sqref>'LPS 入力用'!$D$36:$AI$36</c15:sqref>
+                    <c15:sqref>'LPS 入力用'!$D$38:$AI$38</c15:sqref>
                   </c15:fullRef>
                 </c:ext>
               </c:extLst>
-              <c:f>'LPS 入力用'!$E$36:$AI$36</c:f>
+              <c:f>'LPS 入力用'!$E$38:$AI$38</c:f>
               <c:numCache>
                 <c:formatCode>#,##0_ ;[Red]\-#,##0\ </c:formatCode>
                 <c:ptCount val="31"/>
                 <c:pt idx="0">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="7">
@@ -11989,106 +13840,196 @@
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="25">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="26">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="27">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="28">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="29">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="30">
                   <c:v>0</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-1AFA-412A-BE15-6D848D988012}"/>
+              <c16:uniqueId val="{00000002-D389-4CFC-ABEB-9DF4B499AC71}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="2"/>
           <c:order val="3"/>
           <c:tx>
             <c:strRef>
-              <c:f>'LPS 入力用'!$B$37</c:f>
+              <c:f>'LPS 入力用'!$B$39</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>その他資産</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:schemeClr val="bg1">
                 <a:lumMod val="65000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:cat>
             <c:numRef>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{02D57815-91ED-43cb-92C2-25804820EDAC}">
                   <c15:fullRef>
                     <c15:sqref>'LPS 入力用'!$D$7:$AI$7</c15:sqref>
                   </c15:fullRef>
                 </c:ext>
               </c:extLst>
               <c:f>'LPS 入力用'!$E$7:$AI$7</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="31"/>
+                <c:pt idx="1">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>8</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>9</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>10</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>11</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>12</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>13</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>14</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>15</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>16</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>17</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>18</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>19</c:v>
+                </c:pt>
+                <c:pt idx="20">
+                  <c:v>20</c:v>
+                </c:pt>
+                <c:pt idx="21">
+                  <c:v>21</c:v>
+                </c:pt>
+                <c:pt idx="22">
+                  <c:v>22</c:v>
+                </c:pt>
+                <c:pt idx="23">
+                  <c:v>23</c:v>
+                </c:pt>
+                <c:pt idx="24">
+                  <c:v>24</c:v>
+                </c:pt>
+                <c:pt idx="25">
+                  <c:v>25</c:v>
+                </c:pt>
+                <c:pt idx="26">
+                  <c:v>26</c:v>
+                </c:pt>
+                <c:pt idx="27">
+                  <c:v>27</c:v>
+                </c:pt>
+                <c:pt idx="28">
+                  <c:v>28</c:v>
+                </c:pt>
+                <c:pt idx="29">
+                  <c:v>29</c:v>
+                </c:pt>
+                <c:pt idx="30">
+                  <c:v>30</c:v>
+                </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{02D57815-91ED-43cb-92C2-25804820EDAC}">
                   <c15:fullRef>
-                    <c15:sqref>'LPS 入力用'!$D$37:$AI$37</c15:sqref>
+                    <c15:sqref>'LPS 入力用'!$D$39:$AI$39</c15:sqref>
                   </c15:fullRef>
                 </c:ext>
               </c:extLst>
-              <c:f>'LPS 入力用'!$E$37:$AI$37</c:f>
+              <c:f>'LPS 入力用'!$E$39:$AI$39</c:f>
               <c:numCache>
                 <c:formatCode>#,##0_ ;[Red]\-#,##0\ </c:formatCode>
                 <c:ptCount val="31"/>
                 <c:pt idx="0">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="7">
@@ -12146,107 +14087,197 @@
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="25">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="26">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="27">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="28">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="29">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="30">
                   <c:v>0</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000003-1AFA-412A-BE15-6D848D988012}"/>
+              <c16:uniqueId val="{00000003-D389-4CFC-ABEB-9DF4B499AC71}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="3"/>
           <c:order val="4"/>
           <c:tx>
             <c:strRef>
-              <c:f>'LPS 入力用'!$B$38</c:f>
+              <c:f>'LPS 入力用'!$B$40</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>負債（住宅ローン等）</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:schemeClr val="accent6">
                 <a:lumMod val="60000"/>
                 <a:lumOff val="40000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:cat>
             <c:numRef>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{02D57815-91ED-43cb-92C2-25804820EDAC}">
                   <c15:fullRef>
                     <c15:sqref>'LPS 入力用'!$D$7:$AI$7</c15:sqref>
                   </c15:fullRef>
                 </c:ext>
               </c:extLst>
               <c:f>'LPS 入力用'!$E$7:$AI$7</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="31"/>
+                <c:pt idx="1">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>8</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>9</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>10</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>11</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>12</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>13</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>14</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>15</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>16</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>17</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>18</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>19</c:v>
+                </c:pt>
+                <c:pt idx="20">
+                  <c:v>20</c:v>
+                </c:pt>
+                <c:pt idx="21">
+                  <c:v>21</c:v>
+                </c:pt>
+                <c:pt idx="22">
+                  <c:v>22</c:v>
+                </c:pt>
+                <c:pt idx="23">
+                  <c:v>23</c:v>
+                </c:pt>
+                <c:pt idx="24">
+                  <c:v>24</c:v>
+                </c:pt>
+                <c:pt idx="25">
+                  <c:v>25</c:v>
+                </c:pt>
+                <c:pt idx="26">
+                  <c:v>26</c:v>
+                </c:pt>
+                <c:pt idx="27">
+                  <c:v>27</c:v>
+                </c:pt>
+                <c:pt idx="28">
+                  <c:v>28</c:v>
+                </c:pt>
+                <c:pt idx="29">
+                  <c:v>29</c:v>
+                </c:pt>
+                <c:pt idx="30">
+                  <c:v>30</c:v>
+                </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{02D57815-91ED-43cb-92C2-25804820EDAC}">
                   <c15:fullRef>
-                    <c15:sqref>'LPS 入力用'!$D$38:$AI$38</c15:sqref>
+                    <c15:sqref>'LPS 入力用'!$D$40:$AI$40</c15:sqref>
                   </c15:fullRef>
                 </c:ext>
               </c:extLst>
-              <c:f>'LPS 入力用'!$E$38:$AI$38</c:f>
+              <c:f>'LPS 入力用'!$E$40:$AI$40</c:f>
               <c:numCache>
                 <c:formatCode>#,##0_ ;[Red]\-#,##0\ </c:formatCode>
                 <c:ptCount val="31"/>
                 <c:pt idx="0">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="7">
@@ -12304,76 +14335,76 @@
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="25">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="26">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="27">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="28">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="29">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="30">
                   <c:v>0</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000004-1AFA-412A-BE15-6D848D988012}"/>
+              <c16:uniqueId val="{00000004-D389-4CFC-ABEB-9DF4B499AC71}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="150"/>
         <c:overlap val="100"/>
         <c:axId val="1846658336"/>
         <c:axId val="1846575952"/>
       </c:barChart>
       <c:lineChart>
         <c:grouping val="standard"/>
         <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="4"/>
           <c:order val="5"/>
           <c:tx>
             <c:strRef>
-              <c:f>'LPS 入力用'!$B$39</c:f>
+              <c:f>'LPS 入力用'!$B$41</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>純資産</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln w="38100" cap="rnd">
               <a:solidFill>
                 <a:srgbClr val="FF0000"/>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:marker>
             <c:symbol val="circle"/>
             <c:size val="5"/>
             <c:spPr>
               <a:solidFill>
                 <a:srgbClr val="FF0000"/>
               </a:solidFill>
               <a:ln w="50800">
@@ -12381,51 +14412,51 @@
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
               </a:ln>
               <a:effectLst/>
             </c:spPr>
           </c:marker>
           <c:dLbls>
             <c:dLbl>
               <c:idx val="30"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-4.2087955874147509E-3"/>
                   <c:y val="-0.10567525869748301"/>
                 </c:manualLayout>
               </c:layout>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000005-1AFA-412A-BE15-6D848D988012}"/>
+                  <c16:uniqueId val="{00000005-D389-4CFC-ABEB-9DF4B499AC71}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:spPr>
               <a:noFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:effectLst/>
             </c:spPr>
             <c:txPr>
               <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" lIns="38100" tIns="19050" rIns="38100" bIns="19050" anchor="ctr" anchorCtr="1">
                 <a:spAutoFit/>
               </a:bodyPr>
               <a:lstStyle/>
               <a:p>
                 <a:pPr>
                   <a:defRPr sz="1400" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                     <a:solidFill>
                       <a:srgbClr val="FF0000"/>
                     </a:solidFill>
                     <a:latin typeface="+mn-lt"/>
                     <a:ea typeface="+mn-ea"/>
                     <a:cs typeface="+mn-cs"/>
                   </a:defRPr>
@@ -12451,63 +14482,153 @@
                           <a:lumMod val="35000"/>
                           <a:lumOff val="65000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:round/>
                     </a:ln>
                     <a:effectLst/>
                   </c:spPr>
                 </c15:leaderLines>
               </c:ext>
             </c:extLst>
           </c:dLbls>
           <c:cat>
             <c:numRef>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{02D57815-91ED-43cb-92C2-25804820EDAC}">
                   <c15:fullRef>
                     <c15:sqref>'LPS 入力用'!$D$7:$AI$7</c15:sqref>
                   </c15:fullRef>
                 </c:ext>
               </c:extLst>
               <c:f>'LPS 入力用'!$E$7:$AI$7</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="31"/>
+                <c:pt idx="1">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>8</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>9</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>10</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>11</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>12</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>13</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>14</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>15</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>16</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>17</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>18</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>19</c:v>
+                </c:pt>
+                <c:pt idx="20">
+                  <c:v>20</c:v>
+                </c:pt>
+                <c:pt idx="21">
+                  <c:v>21</c:v>
+                </c:pt>
+                <c:pt idx="22">
+                  <c:v>22</c:v>
+                </c:pt>
+                <c:pt idx="23">
+                  <c:v>23</c:v>
+                </c:pt>
+                <c:pt idx="24">
+                  <c:v>24</c:v>
+                </c:pt>
+                <c:pt idx="25">
+                  <c:v>25</c:v>
+                </c:pt>
+                <c:pt idx="26">
+                  <c:v>26</c:v>
+                </c:pt>
+                <c:pt idx="27">
+                  <c:v>27</c:v>
+                </c:pt>
+                <c:pt idx="28">
+                  <c:v>28</c:v>
+                </c:pt>
+                <c:pt idx="29">
+                  <c:v>29</c:v>
+                </c:pt>
+                <c:pt idx="30">
+                  <c:v>30</c:v>
+                </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{02D57815-91ED-43cb-92C2-25804820EDAC}">
                   <c15:fullRef>
-                    <c15:sqref>'LPS 入力用'!$D$39:$AI$39</c15:sqref>
+                    <c15:sqref>'LPS 入力用'!$D$41:$AI$41</c15:sqref>
                   </c15:fullRef>
                 </c:ext>
               </c:extLst>
-              <c:f>'LPS 入力用'!$E$39:$AI$39</c:f>
+              <c:f>'LPS 入力用'!$E$41:$AI$41</c:f>
               <c:numCache>
                 <c:formatCode>#,##0_ ;[Red]\-#,##0\ </c:formatCode>
                 <c:ptCount val="31"/>
                 <c:pt idx="0">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="7">
@@ -12566,51 +14687,51 @@
                 </c:pt>
                 <c:pt idx="25">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="26">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="27">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="28">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="29">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="30">
                   <c:v>0</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000006-1AFA-412A-BE15-6D848D988012}"/>
+              <c16:uniqueId val="{00000006-D389-4CFC-ABEB-9DF4B499AC71}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:marker val="1"/>
         <c:smooth val="0"/>
         <c:axId val="1846658336"/>
         <c:axId val="1846575952"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="1846658336"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:title>
           <c:tx>
@@ -12788,58 +14909,58 @@
         <a:effectLst/>
       </c:spPr>
       <c:txPr>
         <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr>
             <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="65000"/>
                   <a:lumOff val="35000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:defRPr>
           </a:pPr>
           <a:endParaRPr lang="ja-JP"/>
         </a:p>
       </c:txPr>
     </c:legend>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
     <c:extLst>
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
-    <c:showDLblsOverMax val="0"/>
   </c:chart>
   <c:spPr>
     <a:solidFill>
       <a:schemeClr val="bg1"/>
     </a:solidFill>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
       <a:noFill/>
       <a:round/>
     </a:ln>
     <a:effectLst/>
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
         <a:defRPr/>
       </a:pPr>
       <a:endParaRPr lang="ja-JP"/>
     </a:p>
   </c:txPr>
   <c:printSettings>
     <c:headerFooter/>
     <c:pageMargins b="0.75" l="0.7" r="0.7" t="0.75" header="0.3" footer="0.3"/>
     <c:pageSetup/>
@@ -15019,184 +17140,184 @@
     </cs:fontRef>
     <cs:spPr>
       <a:noFill/>
       <a:ln>
         <a:noFill/>
       </a:ln>
     </cs:spPr>
   </cs:wall>
 </cs:chartStyle>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart3.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>150448</xdr:colOff>
-      <xdr:row>41</xdr:row>
-      <xdr:rowOff>181382</xdr:rowOff>
+      <xdr:row>44</xdr:row>
+      <xdr:rowOff>50755</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>19</xdr:col>
       <xdr:colOff>85472</xdr:colOff>
-      <xdr:row>71</xdr:row>
-      <xdr:rowOff>123127</xdr:rowOff>
+      <xdr:row>73</xdr:row>
+      <xdr:rowOff>188443</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="6" name="グラフ 5">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DE0A53B5-37DE-4757-AC36-2A4EC517B5AC}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks noChangeAspect="1"/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>20</xdr:col>
       <xdr:colOff>494936</xdr:colOff>
-      <xdr:row>41</xdr:row>
-      <xdr:rowOff>181382</xdr:rowOff>
+      <xdr:row>44</xdr:row>
+      <xdr:rowOff>50755</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>34</xdr:col>
       <xdr:colOff>627524</xdr:colOff>
-      <xdr:row>71</xdr:row>
-      <xdr:rowOff>123127</xdr:rowOff>
+      <xdr:row>73</xdr:row>
+      <xdr:rowOff>188443</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="7" name="グラフ 6">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7C4DCC37-3EF8-4A28-919B-A5F8C7F47E84}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks noChangeAspect="1"/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId2"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>150448</xdr:colOff>
-      <xdr:row>41</xdr:row>
-      <xdr:rowOff>181382</xdr:rowOff>
+      <xdr:row>44</xdr:row>
+      <xdr:rowOff>50755</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>19</xdr:col>
       <xdr:colOff>85472</xdr:colOff>
-      <xdr:row>71</xdr:row>
-      <xdr:rowOff>123127</xdr:rowOff>
+      <xdr:row>73</xdr:row>
+      <xdr:rowOff>188443</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="2" name="グラフ 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{598BF3BC-CA25-4713-9349-4E55AD3283CD}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EC2A5ABD-413B-4E27-978D-ED8A37C9B03C}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks noChangeAspect="1"/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>20</xdr:col>
       <xdr:colOff>494936</xdr:colOff>
-      <xdr:row>41</xdr:row>
-      <xdr:rowOff>181382</xdr:rowOff>
+      <xdr:row>44</xdr:row>
+      <xdr:rowOff>50755</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>34</xdr:col>
       <xdr:colOff>627524</xdr:colOff>
-      <xdr:row>71</xdr:row>
-      <xdr:rowOff>123127</xdr:rowOff>
+      <xdr:row>73</xdr:row>
+      <xdr:rowOff>188443</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="3" name="グラフ 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AB2FED33-20BB-4E90-BE64-39F128450FE5}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B90FC5A-C06B-4375-928E-71630692011C}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks noChangeAspect="1"/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId2"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="/Users/yokot/Dropbox/0%20&#26666;&#24335;&#20250;&#31038;&#12454;&#12455;&#12523;&#12473;&#12506;&#12531;&#12488;/02%20&#36039;&#29987;&#24418;&#25104;&#12467;&#12531;&#12469;&#12523;&#12486;&#12451;&#12531;&#12464;/&#12514;&#12487;&#12523;&#12465;&#12540;&#12473;/LPS%20&#12514;&#12487;&#12523;&#12465;&#12540;&#12473;%20v6%20revised.xlsx" TargetMode="External"/></Relationships>
 </file>
@@ -15715,304 +17836,304 @@
   <threadedComment ref="C21" dT="2025-07-01T06:01:34.14" personId="{45E3325A-1AB6-481B-9EA0-41F11F3CB84A}" id="{95ABEA64-859C-43AF-93E0-FA7C97BC1C93}">
     <text>インフレを反映させたい場合は、ご利用ください（セルF21～AI21）。</text>
   </threadedComment>
   <threadedComment ref="E21" dT="2022-06-13T01:12:44.72" personId="{45E3325A-1AB6-481B-9EA0-41F11F3CB84A}" id="{853BFDC9-C9A3-4B5F-B548-8A18AFD08CB5}">
     <text>支出については、マイナスの金額として入力してください。</text>
   </threadedComment>
   <threadedComment ref="C22" dT="2025-07-01T06:01:34.14" personId="{45E3325A-1AB6-481B-9EA0-41F11F3CB84A}" id="{8B3B7384-9AB3-45B5-9239-CCBB3AA0228F}">
     <text>インフレを反映させたい場合は、ご利用ください（セルF22～AI22）。</text>
   </threadedComment>
   <threadedComment ref="B23" dT="2022-06-25T22:43:07.47" personId="{45E3325A-1AB6-481B-9EA0-41F11F3CB84A}" id="{A1FE15EA-EB8A-410F-BD52-BDF12DB4859B}">
     <text>賃貸の場合は、家賃、更新料、保険料などの合計額を１年あたりの金額にして入力します。
 持ち家の場合は、住宅ローン返済額、固定資産税、（マンションの場合）管理費・修繕積立金などの合計額を１年あたりの金額にして入力します。
 持ち家の場合の住宅ローン計算は、必要に応じてB78セルにある住宅ローン計算をご利用ください。</text>
   </threadedComment>
   <threadedComment ref="B25" dT="2022-06-25T22:44:15.31" personId="{45E3325A-1AB6-481B-9EA0-41F11F3CB84A}" id="{CE1C20F2-5ADE-44FE-B451-8D51AA21BF8E}">
     <text>車の買い替え、家のリフォームなど、毎年はかからないものの、数年に１度発生するような支出がある場合には、こちらに入力してください。</text>
   </threadedComment>
   <threadedComment ref="B26" dT="2022-06-25T22:45:30.77" personId="{45E3325A-1AB6-481B-9EA0-41F11F3CB84A}" id="{E3D98CC4-62A8-45D9-91DE-5F2A65143343}">
     <text>お子様の教育費については、必要に応じてB94セルにある教育費データを参考にしながら入力してください。</text>
   </threadedComment>
   <threadedComment ref="B32" dT="2025-07-01T05:52:44.73" personId="{45E3325A-1AB6-481B-9EA0-41F11F3CB84A}" id="{CD7BCA31-B2B0-4D52-A272-2D076760939D}">
     <text>今後5年間の年間収支の合計です。
 この金額がマイナスの場合、順次、金融資産から取り崩していく形となります。
 お子さんの教育費負担が重くなる時期や、セカンドライフでの資産活用（取り崩し）期など、預貯金で確保しておくべき金額の目安にしていただければと思います。</text>
   </threadedComment>
-  <threadedComment ref="C34" dT="2022-06-13T01:04:50.09" personId="{45E3325A-1AB6-481B-9EA0-41F11F3CB84A}" id="{F35DAAF8-66D9-414B-986E-F2338BB2F3FC}">
+  <threadedComment ref="C36" dT="2022-06-13T01:04:50.09" personId="{45E3325A-1AB6-481B-9EA0-41F11F3CB84A}" id="{F35DAAF8-66D9-414B-986E-F2338BB2F3FC}">
     <text>預貯金の利子率を入力してください。
 0%のままでもよいかと思います。</text>
   </threadedComment>
-  <threadedComment ref="C35" dT="2022-06-13T01:06:04.81" personId="{45E3325A-1AB6-481B-9EA0-41F11F3CB84A}" id="{ABD3D468-4628-4AE9-9900-36121F23649E}">
+  <threadedComment ref="C37" dT="2022-06-13T01:06:04.81" personId="{45E3325A-1AB6-481B-9EA0-41F11F3CB84A}" id="{ABD3D468-4628-4AE9-9900-36121F23649E}">
     <text>投資資産の期待リターンを入力してください。
 アセット・アロケーションによりますが、2～5%程度が現実的な数字かと思います。
 世界株式インデックスファンドなど、株式が中心の場合は4～5%程度でよいかと思います。</text>
   </threadedComment>
-  <threadedComment ref="B37" dT="2022-06-25T22:53:15.99" personId="{45E3325A-1AB6-481B-9EA0-41F11F3CB84A}" id="{9A79CE54-2884-4C4A-B7D4-3E23A6EE1250}">
+  <threadedComment ref="B39" dT="2022-06-25T22:53:15.99" personId="{45E3325A-1AB6-481B-9EA0-41F11F3CB84A}" id="{9A79CE54-2884-4C4A-B7D4-3E23A6EE1250}">
     <text>貯蓄性の生命保険に加入されている場合、解約返戻金の金額を入力してください。
 その他、自動車、貴金属、ゴルフ会員権、美術品など、換金可能な資産がある場合にはこちらに入力してください。</text>
   </threadedComment>
-  <threadedComment ref="D38" dT="2022-06-13T01:12:06.78" personId="{45E3325A-1AB6-481B-9EA0-41F11F3CB84A}" id="{154FE094-F1E7-407C-B330-A3693487EABE}">
+  <threadedComment ref="D40" dT="2022-06-13T01:12:06.78" personId="{45E3325A-1AB6-481B-9EA0-41F11F3CB84A}" id="{154FE094-F1E7-407C-B330-A3693487EABE}">
     <text>負債（住宅ローン等）は、マイナスの金額として入力してください。</text>
   </threadedComment>
-  <threadedComment ref="B40" dT="2022-06-06T07:22:29.88" personId="{45E3325A-1AB6-481B-9EA0-41F11F3CB84A}" id="{F917B5B3-D528-40C9-9553-4FE6C834CC21}">
+  <threadedComment ref="B42" dT="2022-06-06T07:22:29.88" personId="{45E3325A-1AB6-481B-9EA0-41F11F3CB84A}" id="{F917B5B3-D528-40C9-9553-4FE6C834CC21}">
     <text>つみたてNISAやiDeCoなどで新規に投資をしていく資産形成の場合はプラスの金額を入力してください。また、高齢期など投資資産を取り崩していく場合はマイナスの金額を入力してください。
 プラスの金額なら、生活資金（預貯金）から投資資産へ、マイナスの金額なら投資資産から生活資金（預貯金）へ、振り替えられます。</text>
   </threadedComment>
-  <threadedComment ref="B41" dT="2022-06-06T07:23:20.70" personId="{45E3325A-1AB6-481B-9EA0-41F11F3CB84A}" id="{B2DEA794-C547-41C0-AC92-FB8FDADA8B08}">
+  <threadedComment ref="B43" dT="2022-06-06T07:23:20.70" personId="{45E3325A-1AB6-481B-9EA0-41F11F3CB84A}" id="{B2DEA794-C547-41C0-AC92-FB8FDADA8B08}">
     <text>企業型確定拠出年金で、事業主が拠出する掛金がある場合にはその金額を入力してください。
 その他、持株会等の奨励金がある場合もこちらに入力してください。
 家計からの支出を伴わない形で、投資資産に加算されます。</text>
   </threadedComment>
-  <threadedComment ref="D87" dT="2022-06-25T01:31:56.62" personId="{45E3325A-1AB6-481B-9EA0-41F11F3CB84A}" id="{4599810C-50E3-41CA-8F27-0786BB598313}">
+  <threadedComment ref="D89" dT="2022-06-25T01:31:56.62" personId="{45E3325A-1AB6-481B-9EA0-41F11F3CB84A}" id="{4599810C-50E3-41CA-8F27-0786BB598313}">
     <text>直近の住宅ローン残高をマイナスの数字（単位：万円）で入力してください。</text>
   </threadedComment>
-  <threadedComment ref="E89" dT="2022-06-25T01:33:49.89" personId="{45E3325A-1AB6-481B-9EA0-41F11F3CB84A}" id="{FB5E57A2-2F58-40B4-923F-66ECCA54464B}">
+  <threadedComment ref="E91" dT="2022-06-25T01:33:49.89" personId="{45E3325A-1AB6-481B-9EA0-41F11F3CB84A}" id="{FB5E57A2-2F58-40B4-923F-66ECCA54464B}">
     <text>固定資産税や、管理費・修繕積立金（マンションの場合）の合計金額（年額、万円）を記入してください。
 管理費・修繕積立金などの値上げが予想される場合には、その値上げも反映させておくとよいでしょう。</text>
   </threadedComment>
 </ThreadedComments>
 </file>
 
 <file path=xl/threadedComments/threadedComment2.xml><?xml version="1.0" encoding="utf-8"?>
 <ThreadedComments xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <threadedComment ref="E14" dT="2022-06-25T02:22:22.64" personId="{45E3325A-1AB6-481B-9EA0-41F11F3CB84A}" id="{1041DB65-26E8-415F-9451-019961E4E708}">
+  <threadedComment ref="E14" dT="2022-06-25T02:22:22.64" personId="{45E3325A-1AB6-481B-9EA0-41F11F3CB84A}" id="{656AAE58-BF5D-468D-9CDF-309EC7F07815}">
     <text>収入については、プラスの金額（年額、万円）で、税・社会保険料控除後の手取りベースの金額を入力してください。</text>
   </threadedComment>
-  <threadedComment ref="C21" dT="2025-07-01T06:01:34.14" personId="{45E3325A-1AB6-481B-9EA0-41F11F3CB84A}" id="{992AAD25-98EC-4334-8149-A76CF7981DD5}">
+  <threadedComment ref="C21" dT="2025-07-01T06:01:34.14" personId="{45E3325A-1AB6-481B-9EA0-41F11F3CB84A}" id="{80EA6BA0-EBB6-4BC2-8D70-362145DE60D1}">
     <text>インフレを反映させたい場合は、ご利用ください（セルF21～AI21）。</text>
   </threadedComment>
-  <threadedComment ref="E21" dT="2022-06-13T01:12:44.72" personId="{45E3325A-1AB6-481B-9EA0-41F11F3CB84A}" id="{0DB95380-3D8D-4B18-90CD-D896445402D3}">
+  <threadedComment ref="E21" dT="2022-06-13T01:12:44.72" personId="{45E3325A-1AB6-481B-9EA0-41F11F3CB84A}" id="{E5424F82-1ACF-46A0-B98C-22024C1EB448}">
     <text>支出については、マイナスの金額として入力してください。</text>
   </threadedComment>
-  <threadedComment ref="C22" dT="2025-07-01T06:01:34.14" personId="{45E3325A-1AB6-481B-9EA0-41F11F3CB84A}" id="{5C4975C3-BC01-4670-968E-2D2FED3F155A}">
+  <threadedComment ref="C22" dT="2025-07-01T06:01:34.14" personId="{45E3325A-1AB6-481B-9EA0-41F11F3CB84A}" id="{687EBF77-ACEC-4C04-A345-7A749D291F28}">
     <text>インフレを反映させたい場合は、ご利用ください（セルF22～AI22）。</text>
   </threadedComment>
-  <threadedComment ref="B23" dT="2022-06-25T22:43:07.47" personId="{45E3325A-1AB6-481B-9EA0-41F11F3CB84A}" id="{19DE8C2E-0EDF-45E9-AB4D-19537ABDCEFA}">
+  <threadedComment ref="B23" dT="2022-06-25T22:43:07.47" personId="{45E3325A-1AB6-481B-9EA0-41F11F3CB84A}" id="{AE34B803-D1B0-4DBB-B21B-88EE99042374}">
     <text>賃貸の場合は、家賃、更新料、保険料などの合計額を１年あたりの金額にして入力します。
 持ち家の場合は、住宅ローン返済額、固定資産税、（マンションの場合）管理費・修繕積立金などの合計額を１年あたりの金額にして入力します。
 持ち家の場合の住宅ローン計算は、必要に応じてB78セルにある住宅ローン計算をご利用ください。</text>
   </threadedComment>
-  <threadedComment ref="B25" dT="2022-06-25T22:44:15.31" personId="{45E3325A-1AB6-481B-9EA0-41F11F3CB84A}" id="{A3B3B99F-2AD4-4CB2-B765-89463E280257}">
+  <threadedComment ref="B25" dT="2022-06-25T22:44:15.31" personId="{45E3325A-1AB6-481B-9EA0-41F11F3CB84A}" id="{3EC4F923-5635-4F37-91F5-C5913C5C4A67}">
     <text>車の買い替え、家のリフォームなど、毎年はかからないものの、数年に１度発生するような支出がある場合には、こちらに入力してください。</text>
   </threadedComment>
-  <threadedComment ref="B26" dT="2022-06-25T22:45:30.77" personId="{45E3325A-1AB6-481B-9EA0-41F11F3CB84A}" id="{41B71354-E8E5-47E5-AD39-B21C434C5CDB}">
+  <threadedComment ref="B26" dT="2022-06-25T22:45:30.77" personId="{45E3325A-1AB6-481B-9EA0-41F11F3CB84A}" id="{6E314BE1-0DA7-464C-977E-2F01B5611028}">
     <text>お子様の教育費については、必要に応じてB94セルにある教育費データを参考にしながら入力してください。</text>
   </threadedComment>
-  <threadedComment ref="B32" dT="2025-07-01T05:52:44.73" personId="{45E3325A-1AB6-481B-9EA0-41F11F3CB84A}" id="{32CE83B8-6304-4B13-BBC2-371EABA656B7}">
+  <threadedComment ref="B32" dT="2025-07-01T05:52:44.73" personId="{45E3325A-1AB6-481B-9EA0-41F11F3CB84A}" id="{295EE9E1-935C-499B-A924-7BD845FB4265}">
     <text>今後5年間の年間収支の合計です。
 この金額がマイナスの場合、順次、金融資産から取り崩していく形となります。
 お子さんの教育費負担が重くなる時期や、セカンドライフでの資産活用（取り崩し）期など、預貯金で確保しておくべき金額の目安にしていただければと思います。</text>
   </threadedComment>
-  <threadedComment ref="C34" dT="2022-06-13T01:04:50.09" personId="{45E3325A-1AB6-481B-9EA0-41F11F3CB84A}" id="{33EE9444-B5DF-4292-BC4C-14DC25965C6B}">
+  <threadedComment ref="C36" dT="2022-06-13T01:04:50.09" personId="{45E3325A-1AB6-481B-9EA0-41F11F3CB84A}" id="{1150B3FA-1BFD-46AF-8D22-EF3F14ADF1E8}">
     <text>預貯金の利子率を入力してください。
 0%のままでもよいかと思います。</text>
   </threadedComment>
-  <threadedComment ref="C35" dT="2022-06-13T01:06:04.81" personId="{45E3325A-1AB6-481B-9EA0-41F11F3CB84A}" id="{8421A9B2-E16B-47AF-AAB1-EAEEAB78E02F}">
+  <threadedComment ref="C37" dT="2022-06-13T01:06:04.81" personId="{45E3325A-1AB6-481B-9EA0-41F11F3CB84A}" id="{F7E3AEC3-17CF-4A5F-815B-0BF5237D27C6}">
     <text>投資資産の期待リターンを入力してください。
 アセット・アロケーションによりますが、2～5%程度が現実的な数字かと思います。
 世界株式インデックスファンドなど、株式が中心の場合は4～5%程度でよいかと思います。</text>
   </threadedComment>
-  <threadedComment ref="B37" dT="2022-06-25T22:53:15.99" personId="{45E3325A-1AB6-481B-9EA0-41F11F3CB84A}" id="{E7DCAFE7-26FD-400E-B49C-9C05093401C5}">
+  <threadedComment ref="B39" dT="2022-06-25T22:53:15.99" personId="{45E3325A-1AB6-481B-9EA0-41F11F3CB84A}" id="{41590D03-3728-44C9-BA85-4A372527A6C9}">
     <text>貯蓄性の生命保険に加入されている場合、解約返戻金の金額を入力してください。
 その他、自動車、貴金属、ゴルフ会員権、美術品など、換金可能な資産がある場合にはこちらに入力してください。</text>
   </threadedComment>
-  <threadedComment ref="D38" dT="2022-06-13T01:12:06.78" personId="{45E3325A-1AB6-481B-9EA0-41F11F3CB84A}" id="{3084FAF5-5D1F-4B37-99EC-8DD5520A8415}">
+  <threadedComment ref="D40" dT="2022-06-13T01:12:06.78" personId="{45E3325A-1AB6-481B-9EA0-41F11F3CB84A}" id="{C78924C9-47C9-4ECA-A40B-3DC46FDA20FF}">
     <text>負債（住宅ローン等）は、マイナスの金額として入力してください。</text>
   </threadedComment>
-  <threadedComment ref="B40" dT="2022-06-06T07:22:29.88" personId="{45E3325A-1AB6-481B-9EA0-41F11F3CB84A}" id="{2501B425-503C-48B0-A64E-C2FB3DF16AD7}">
+  <threadedComment ref="B42" dT="2022-06-06T07:22:29.88" personId="{45E3325A-1AB6-481B-9EA0-41F11F3CB84A}" id="{BBBBD688-8197-4DE1-82BC-9117377B3FD2}">
     <text>つみたてNISAやiDeCoなどで新規に投資をしていく資産形成の場合はプラスの金額を入力してください。また、高齢期など投資資産を取り崩していく場合はマイナスの金額を入力してください。
 プラスの金額なら、生活資金（預貯金）から投資資産へ、マイナスの金額なら投資資産から生活資金（預貯金）へ、振り替えられます。</text>
   </threadedComment>
-  <threadedComment ref="B41" dT="2022-06-06T07:23:20.70" personId="{45E3325A-1AB6-481B-9EA0-41F11F3CB84A}" id="{978CFF6A-ADC6-4FF6-9FED-5B04BA190FC7}">
+  <threadedComment ref="B43" dT="2022-06-06T07:23:20.70" personId="{45E3325A-1AB6-481B-9EA0-41F11F3CB84A}" id="{F2095AE0-C433-4B02-B3E3-02B9E9A30F39}">
     <text>企業型確定拠出年金で、事業主が拠出する掛金がある場合にはその金額を入力してください。
 その他、持株会等の奨励金がある場合もこちらに入力してください。
 家計からの支出を伴わない形で、投資資産に加算されます。</text>
   </threadedComment>
-  <threadedComment ref="D87" dT="2022-06-25T01:31:56.62" personId="{45E3325A-1AB6-481B-9EA0-41F11F3CB84A}" id="{060112F8-3B4E-4904-8DED-F5C47C99FD56}">
+  <threadedComment ref="D89" dT="2022-06-25T01:31:56.62" personId="{45E3325A-1AB6-481B-9EA0-41F11F3CB84A}" id="{88022B92-5416-44A8-8F1D-FF56188D9FCB}">
     <text>直近の住宅ローン残高をマイナスの数字（単位：万円）で入力してください。</text>
   </threadedComment>
-  <threadedComment ref="E89" dT="2022-06-25T01:33:49.89" personId="{45E3325A-1AB6-481B-9EA0-41F11F3CB84A}" id="{88A0AD39-E0B8-47C2-B852-03EBB2C5D33B}">
+  <threadedComment ref="E91" dT="2022-06-25T01:33:49.89" personId="{45E3325A-1AB6-481B-9EA0-41F11F3CB84A}" id="{E98BF90B-51E0-4FDC-A224-B685729087DB}">
     <text>固定資産税や、管理費・修繕積立金（マンションの場合）の合計金額（年額、万円）を記入してください。
 管理費・修繕積立金などの値上げが予想される場合には、その値上げも反映させておくとよいでしょう。</text>
   </threadedComment>
 </ThreadedComments>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2017/10/relationships/threadedComment" Target="../threadedComments/threadedComment1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2017/10/relationships/threadedComment" Target="../threadedComments/threadedComment2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments2.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9A51645E-C54F-4C4A-947B-330EB5054AB4}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:AW107"/>
+  <dimension ref="A1:AW109"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
       <pane xSplit="3" ySplit="12" topLeftCell="D13" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="D1" sqref="D1"/>
       <selection pane="bottomLeft" activeCell="A13" sqref="A13"/>
-      <selection pane="bottomRight" activeCell="F22" sqref="F22"/>
+      <selection pane="bottomRight" activeCell="B51" sqref="B51"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.90625" defaultRowHeight="15" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="8.90625" defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="8.1796875" style="2" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="20.81640625" style="2" customWidth="1"/>
     <col min="3" max="3" width="9.08984375" style="2" customWidth="1"/>
     <col min="4" max="4" width="9.1796875" style="2" bestFit="1" customWidth="1"/>
     <col min="5" max="13" width="7.36328125" style="2" customWidth="1"/>
     <col min="14" max="14" width="7.36328125" style="2" bestFit="1" customWidth="1"/>
     <col min="15" max="31" width="7.453125" style="2" bestFit="1" customWidth="1"/>
     <col min="32" max="35" width="8" style="2" bestFit="1" customWidth="1"/>
     <col min="36" max="49" width="7.453125" style="2" customWidth="1"/>
     <col min="50" max="16384" width="8.90625" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="1" spans="1:35" ht="15" customHeight="1">
       <c r="A1" s="1"/>
       <c r="B1" s="1" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="3"/>
       <c r="J1" s="3"/>
       <c r="K1" s="3"/>
       <c r="L1" s="3"/>
       <c r="M1" s="3"/>
       <c r="N1" s="3"/>
       <c r="O1" s="3"/>
       <c r="P1" s="3"/>
       <c r="Q1" s="3"/>
       <c r="R1" s="3"/>
       <c r="S1" s="3"/>
       <c r="T1" s="3"/>
       <c r="U1" s="3"/>
       <c r="V1" s="3"/>
       <c r="W1" s="3"/>
       <c r="X1" s="1"/>
       <c r="Y1" s="1"/>
       <c r="Z1" s="1"/>
       <c r="AA1" s="1"/>
       <c r="AB1" s="1"/>
       <c r="AC1" s="1"/>
       <c r="AD1" s="1"/>
       <c r="AE1" s="1"/>
       <c r="AF1" s="1"/>
-      <c r="AG1" s="137">
+      <c r="AG1" s="144">
         <f ca="1">TODAY()</f>
-        <v>45839</v>
-[...2 lines deleted...]
-      <c r="AI1" s="138"/>
+        <v>45983</v>
+      </c>
+      <c r="AH1" s="145"/>
+      <c r="AI1" s="145"/>
     </row>
-    <row r="2" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="2" spans="1:35" ht="15" customHeight="1">
       <c r="A2" s="1"/>
       <c r="B2" s="1"/>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="108"/>
       <c r="F2" s="2" t="s">
         <v>86</v>
       </c>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="3"/>
       <c r="J2" s="3"/>
       <c r="K2" s="3"/>
       <c r="L2" s="3"/>
       <c r="M2" s="3"/>
       <c r="N2" s="3"/>
       <c r="O2" s="3"/>
       <c r="P2" s="3"/>
       <c r="Q2" s="3"/>
       <c r="R2" s="3"/>
       <c r="S2" s="3"/>
       <c r="T2" s="3"/>
       <c r="U2" s="3"/>
       <c r="V2" s="3"/>
       <c r="W2" s="3"/>
       <c r="X2" s="1"/>
       <c r="Y2" s="1"/>
       <c r="Z2" s="1"/>
       <c r="AA2" s="1"/>
       <c r="AB2" s="1"/>
       <c r="AC2" s="1"/>
       <c r="AD2" s="1"/>
       <c r="AE2" s="1"/>
       <c r="AF2" s="1"/>
-      <c r="AG2" s="138"/>
-[...1 lines deleted...]
-      <c r="AI2" s="138"/>
+      <c r="AG2" s="145"/>
+      <c r="AH2" s="145"/>
+      <c r="AI2" s="145"/>
     </row>
-    <row r="3" spans="1:35" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:35">
       <c r="A3" s="1"/>
       <c r="B3" s="1"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
       <c r="P3" s="1"/>
       <c r="Q3" s="1"/>
       <c r="R3" s="1"/>
       <c r="S3" s="1"/>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
       <c r="X3" s="1"/>
       <c r="Y3" s="1"/>
       <c r="Z3" s="1"/>
       <c r="AA3" s="1"/>
       <c r="AB3" s="1"/>
       <c r="AC3" s="1"/>
       <c r="AD3" s="1"/>
       <c r="AE3" s="1"/>
       <c r="AF3" s="1"/>
       <c r="AG3" s="1"/>
       <c r="AH3" s="1"/>
       <c r="AI3" s="1"/>
     </row>
-    <row r="4" spans="1:35" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:35">
       <c r="A4" s="1"/>
       <c r="B4" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C4" s="5"/>
       <c r="D4" s="5" t="s">
         <v>3</v>
       </c>
       <c r="E4" s="25">
         <v>1</v>
       </c>
       <c r="F4" s="6">
         <v>2</v>
       </c>
       <c r="G4" s="4">
         <v>3</v>
       </c>
       <c r="H4" s="4">
         <v>4</v>
       </c>
       <c r="I4" s="4">
         <v>5</v>
       </c>
       <c r="J4" s="4">
         <v>6</v>
@@ -16071,57 +18192,57 @@
       <c r="AB4" s="4">
         <v>24</v>
       </c>
       <c r="AC4" s="4">
         <v>25</v>
       </c>
       <c r="AD4" s="4">
         <v>26</v>
       </c>
       <c r="AE4" s="4">
         <v>27</v>
       </c>
       <c r="AF4" s="4">
         <v>28</v>
       </c>
       <c r="AG4" s="5">
         <v>29</v>
       </c>
       <c r="AH4" s="25">
         <v>30</v>
       </c>
       <c r="AI4" s="6">
         <v>31</v>
       </c>
     </row>
-    <row r="5" spans="1:35" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:35">
       <c r="A5" s="1"/>
       <c r="B5" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C5" s="5" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="D5" s="7"/>
       <c r="E5" s="25">
         <v>2025</v>
       </c>
       <c r="F5" s="6">
         <f>E5+1</f>
         <v>2026</v>
       </c>
       <c r="G5" s="4">
         <f t="shared" ref="G5:AI5" si="0">F5+1</f>
         <v>2027</v>
       </c>
       <c r="H5" s="4">
         <f t="shared" si="0"/>
         <v>2028</v>
       </c>
       <c r="I5" s="4">
         <f t="shared" si="0"/>
         <v>2029</v>
       </c>
       <c r="J5" s="4">
         <f t="shared" si="0"/>
         <v>2030</v>
       </c>
@@ -16204,90 +18325,90 @@
       <c r="AD5" s="4">
         <f t="shared" si="0"/>
         <v>2050</v>
       </c>
       <c r="AE5" s="4">
         <f t="shared" si="0"/>
         <v>2051</v>
       </c>
       <c r="AF5" s="4">
         <f t="shared" si="0"/>
         <v>2052</v>
       </c>
       <c r="AG5" s="5">
         <f t="shared" si="0"/>
         <v>2053</v>
       </c>
       <c r="AH5" s="25">
         <f t="shared" si="0"/>
         <v>2054</v>
       </c>
       <c r="AI5" s="6">
         <f t="shared" si="0"/>
         <v>2055</v>
       </c>
     </row>
-    <row r="6" spans="1:35" s="11" customFormat="1" ht="24.9" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:35" s="11" customFormat="1" ht="24.9" customHeight="1">
       <c r="A6" s="8"/>
       <c r="B6" s="9" t="s">
         <v>5</v>
       </c>
       <c r="C6" s="9"/>
       <c r="D6" s="10"/>
       <c r="E6" s="46"/>
       <c r="F6" s="10"/>
       <c r="G6" s="10"/>
       <c r="H6" s="10"/>
       <c r="I6" s="10"/>
       <c r="J6" s="10"/>
       <c r="K6" s="10"/>
       <c r="L6" s="10"/>
       <c r="M6" s="10"/>
       <c r="N6" s="46"/>
       <c r="O6" s="10"/>
       <c r="P6" s="10"/>
       <c r="Q6" s="10"/>
       <c r="R6" s="10"/>
       <c r="S6" s="10"/>
       <c r="T6" s="10"/>
       <c r="U6" s="10"/>
       <c r="V6" s="10"/>
       <c r="W6" s="10"/>
       <c r="X6" s="46"/>
       <c r="Y6" s="10"/>
       <c r="Z6" s="10"/>
       <c r="AA6" s="10"/>
       <c r="AB6" s="10"/>
       <c r="AC6" s="10"/>
       <c r="AD6" s="10"/>
       <c r="AE6" s="10"/>
       <c r="AF6" s="10"/>
       <c r="AG6" s="10"/>
       <c r="AH6" s="46"/>
       <c r="AI6" s="10"/>
     </row>
-    <row r="7" spans="1:35" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:35">
       <c r="A7" s="1"/>
       <c r="B7" s="4" t="s">
         <v>27</v>
       </c>
       <c r="C7" s="5"/>
       <c r="D7" s="7"/>
       <c r="E7" s="25">
         <v>42</v>
       </c>
       <c r="F7" s="6">
         <f>E7+1</f>
         <v>43</v>
       </c>
       <c r="G7" s="4">
         <f t="shared" ref="G7:AI11" si="1">F7+1</f>
         <v>44</v>
       </c>
       <c r="H7" s="4">
         <f t="shared" si="1"/>
         <v>45</v>
       </c>
       <c r="I7" s="4">
         <f t="shared" si="1"/>
         <v>46</v>
       </c>
@@ -16374,51 +18495,51 @@
       <c r="AD7" s="4">
         <f t="shared" si="1"/>
         <v>67</v>
       </c>
       <c r="AE7" s="4">
         <f t="shared" si="1"/>
         <v>68</v>
       </c>
       <c r="AF7" s="4">
         <f t="shared" si="1"/>
         <v>69</v>
       </c>
       <c r="AG7" s="5">
         <f t="shared" si="1"/>
         <v>70</v>
       </c>
       <c r="AH7" s="25">
         <f t="shared" si="1"/>
         <v>71</v>
       </c>
       <c r="AI7" s="6">
         <f t="shared" si="1"/>
         <v>72</v>
       </c>
     </row>
-    <row r="8" spans="1:35" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:35">
       <c r="A8" s="1"/>
       <c r="B8" s="4" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="5"/>
       <c r="D8" s="7"/>
       <c r="E8" s="25">
         <v>40</v>
       </c>
       <c r="F8" s="6">
         <f>E8+1</f>
         <v>41</v>
       </c>
       <c r="G8" s="4">
         <f>F8+1</f>
         <v>42</v>
       </c>
       <c r="H8" s="4">
         <f t="shared" si="1"/>
         <v>43</v>
       </c>
       <c r="I8" s="4">
         <f t="shared" si="1"/>
         <v>44</v>
       </c>
@@ -16505,51 +18626,51 @@
       <c r="AD8" s="4">
         <f t="shared" si="1"/>
         <v>65</v>
       </c>
       <c r="AE8" s="4">
         <f t="shared" si="1"/>
         <v>66</v>
       </c>
       <c r="AF8" s="4">
         <f t="shared" si="1"/>
         <v>67</v>
       </c>
       <c r="AG8" s="5">
         <f t="shared" si="1"/>
         <v>68</v>
       </c>
       <c r="AH8" s="25">
         <f t="shared" si="1"/>
         <v>69</v>
       </c>
       <c r="AI8" s="6">
         <f t="shared" si="1"/>
         <v>70</v>
       </c>
     </row>
-    <row r="9" spans="1:35" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:35">
       <c r="A9" s="1"/>
       <c r="B9" s="4" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="5"/>
       <c r="D9" s="7"/>
       <c r="E9" s="25">
         <v>10</v>
       </c>
       <c r="F9" s="6">
         <f>E9+1</f>
         <v>11</v>
       </c>
       <c r="G9" s="4">
         <f t="shared" ref="G9:G11" si="2">F9+1</f>
         <v>12</v>
       </c>
       <c r="H9" s="4">
         <f t="shared" si="1"/>
         <v>13</v>
       </c>
       <c r="I9" s="4">
         <f t="shared" si="1"/>
         <v>14</v>
       </c>
@@ -16636,51 +18757,51 @@
       <c r="AD9" s="4">
         <f t="shared" si="1"/>
         <v>35</v>
       </c>
       <c r="AE9" s="4">
         <f t="shared" si="1"/>
         <v>36</v>
       </c>
       <c r="AF9" s="4">
         <f t="shared" si="1"/>
         <v>37</v>
       </c>
       <c r="AG9" s="5">
         <f t="shared" si="1"/>
         <v>38</v>
       </c>
       <c r="AH9" s="25">
         <f t="shared" si="1"/>
         <v>39</v>
       </c>
       <c r="AI9" s="6">
         <f t="shared" si="1"/>
         <v>40</v>
       </c>
     </row>
-    <row r="10" spans="1:35" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:35">
       <c r="A10" s="1"/>
       <c r="B10" s="4" t="s">
         <v>23</v>
       </c>
       <c r="C10" s="5"/>
       <c r="D10" s="7"/>
       <c r="E10" s="25">
         <v>8</v>
       </c>
       <c r="F10" s="6">
         <f>E10+1</f>
         <v>9</v>
       </c>
       <c r="G10" s="4">
         <f t="shared" si="2"/>
         <v>10</v>
       </c>
       <c r="H10" s="4">
         <f t="shared" si="1"/>
         <v>11</v>
       </c>
       <c r="I10" s="4">
         <f t="shared" si="1"/>
         <v>12</v>
       </c>
@@ -16767,51 +18888,51 @@
       <c r="AD10" s="4">
         <f t="shared" si="1"/>
         <v>33</v>
       </c>
       <c r="AE10" s="4">
         <f t="shared" si="1"/>
         <v>34</v>
       </c>
       <c r="AF10" s="4">
         <f t="shared" si="1"/>
         <v>35</v>
       </c>
       <c r="AG10" s="5">
         <f t="shared" si="1"/>
         <v>36</v>
       </c>
       <c r="AH10" s="25">
         <f t="shared" si="1"/>
         <v>37</v>
       </c>
       <c r="AI10" s="6">
         <f t="shared" si="1"/>
         <v>38</v>
       </c>
     </row>
-    <row r="11" spans="1:35" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:35">
       <c r="A11" s="1"/>
       <c r="B11" s="4" t="s">
         <v>32</v>
       </c>
       <c r="C11" s="5"/>
       <c r="D11" s="7"/>
       <c r="E11" s="25">
         <v>10</v>
       </c>
       <c r="F11" s="34">
         <f>E11+1</f>
         <v>11</v>
       </c>
       <c r="G11" s="4">
         <f t="shared" si="2"/>
         <v>12</v>
       </c>
       <c r="H11" s="4">
         <f t="shared" si="1"/>
         <v>13</v>
       </c>
       <c r="I11" s="4">
         <f t="shared" si="1"/>
         <v>14</v>
       </c>
@@ -16898,127 +19019,127 @@
       <c r="AD11" s="4">
         <f t="shared" si="1"/>
         <v>35</v>
       </c>
       <c r="AE11" s="4">
         <f t="shared" si="1"/>
         <v>36</v>
       </c>
       <c r="AF11" s="4">
         <f t="shared" si="1"/>
         <v>37</v>
       </c>
       <c r="AG11" s="5">
         <f t="shared" si="1"/>
         <v>38</v>
       </c>
       <c r="AH11" s="25">
         <f t="shared" si="1"/>
         <v>39</v>
       </c>
       <c r="AI11" s="6">
         <f t="shared" si="1"/>
         <v>40</v>
       </c>
     </row>
-    <row r="12" spans="1:35" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:35">
       <c r="A12" s="1"/>
       <c r="B12" s="4"/>
       <c r="C12" s="5"/>
       <c r="D12" s="7"/>
       <c r="E12" s="47"/>
       <c r="F12" s="12"/>
       <c r="G12" s="13"/>
       <c r="H12" s="13"/>
       <c r="I12" s="13"/>
       <c r="J12" s="13"/>
       <c r="K12" s="13"/>
       <c r="L12" s="13"/>
       <c r="M12" s="7"/>
       <c r="N12" s="50"/>
       <c r="O12" s="14"/>
       <c r="P12" s="13"/>
       <c r="Q12" s="13"/>
       <c r="R12" s="13"/>
       <c r="S12" s="13"/>
       <c r="T12" s="13"/>
       <c r="U12" s="13"/>
       <c r="V12" s="13"/>
       <c r="W12" s="7"/>
       <c r="X12" s="50"/>
       <c r="Y12" s="14"/>
       <c r="Z12" s="13"/>
       <c r="AA12" s="13"/>
       <c r="AB12" s="13"/>
       <c r="AC12" s="13"/>
       <c r="AD12" s="13"/>
       <c r="AE12" s="13"/>
       <c r="AF12" s="13"/>
       <c r="AG12" s="7"/>
       <c r="AH12" s="50"/>
       <c r="AI12" s="14"/>
     </row>
-    <row r="13" spans="1:35" s="11" customFormat="1" ht="24.9" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:35" s="11" customFormat="1" ht="24.9" customHeight="1">
       <c r="A13" s="8"/>
       <c r="B13" s="15" t="s">
         <v>85</v>
       </c>
       <c r="C13" s="15"/>
       <c r="D13" s="16"/>
       <c r="E13" s="46"/>
       <c r="F13" s="16"/>
       <c r="G13" s="16"/>
       <c r="H13" s="16"/>
       <c r="I13" s="16"/>
       <c r="J13" s="16"/>
       <c r="K13" s="16"/>
       <c r="L13" s="16"/>
       <c r="M13" s="16"/>
       <c r="N13" s="46"/>
       <c r="O13" s="16"/>
       <c r="P13" s="16"/>
       <c r="Q13" s="16"/>
       <c r="R13" s="16"/>
       <c r="S13" s="16"/>
       <c r="T13" s="16"/>
       <c r="U13" s="16"/>
       <c r="V13" s="16"/>
       <c r="W13" s="16"/>
       <c r="X13" s="46"/>
       <c r="Y13" s="16"/>
       <c r="Z13" s="16"/>
       <c r="AA13" s="16"/>
       <c r="AB13" s="16"/>
       <c r="AC13" s="16"/>
       <c r="AD13" s="16"/>
       <c r="AE13" s="16"/>
       <c r="AF13" s="16"/>
       <c r="AG13" s="16"/>
       <c r="AH13" s="46"/>
       <c r="AI13" s="16"/>
     </row>
-    <row r="14" spans="1:35" x14ac:dyDescent="0.3">
+    <row r="14" spans="1:35">
       <c r="A14" s="1"/>
       <c r="B14" s="17" t="s">
         <v>21</v>
       </c>
       <c r="C14" s="18"/>
       <c r="D14" s="19"/>
       <c r="E14" s="48">
         <v>400</v>
       </c>
       <c r="F14" s="40">
         <f>E14</f>
         <v>400</v>
       </c>
       <c r="G14" s="41">
         <f t="shared" ref="G14:G17" si="3">F14</f>
         <v>400</v>
       </c>
       <c r="H14" s="41">
         <f t="shared" ref="H14:N15" si="4">G14</f>
         <v>400</v>
       </c>
       <c r="I14" s="41">
         <f t="shared" si="4"/>
         <v>400</v>
       </c>
@@ -17103,51 +19224,51 @@
       <c r="AD14" s="41">
         <f t="shared" ref="AD14:AD17" si="21">AC14</f>
         <v>0</v>
       </c>
       <c r="AE14" s="41">
         <f t="shared" ref="AE14:AE15" si="22">AD14</f>
         <v>0</v>
       </c>
       <c r="AF14" s="41">
         <f t="shared" ref="AF14:AF17" si="23">AE14</f>
         <v>0</v>
       </c>
       <c r="AG14" s="35">
         <f t="shared" ref="AG14:AG17" si="24">AF14</f>
         <v>0</v>
       </c>
       <c r="AH14" s="48">
         <f t="shared" ref="AH14:AH17" si="25">AG14</f>
         <v>0</v>
       </c>
       <c r="AI14" s="40">
         <f t="shared" ref="AI14:AI17" si="26">AH14</f>
         <v>0</v>
       </c>
     </row>
-    <row r="15" spans="1:35" x14ac:dyDescent="0.3">
+    <row r="15" spans="1:35">
       <c r="A15" s="1"/>
       <c r="B15" s="17" t="s">
         <v>81</v>
       </c>
       <c r="C15" s="18"/>
       <c r="D15" s="19"/>
       <c r="E15" s="48">
         <v>0</v>
       </c>
       <c r="F15" s="40">
         <v>0</v>
       </c>
       <c r="G15" s="41">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="H15" s="41">
         <f t="shared" ref="H15:O15" si="27">G15</f>
         <v>0</v>
       </c>
       <c r="I15" s="41">
         <f t="shared" si="27"/>
         <v>0</v>
       </c>
       <c r="J15" s="41">
@@ -17233,51 +19354,51 @@
       <c r="AD15" s="41">
         <f t="shared" si="21"/>
         <v>171</v>
       </c>
       <c r="AE15" s="41">
         <f t="shared" si="22"/>
         <v>171</v>
       </c>
       <c r="AF15" s="41">
         <f t="shared" si="23"/>
         <v>171</v>
       </c>
       <c r="AG15" s="41">
         <f t="shared" si="24"/>
         <v>171</v>
       </c>
       <c r="AH15" s="48">
         <f t="shared" si="25"/>
         <v>171</v>
       </c>
       <c r="AI15" s="41">
         <f t="shared" si="26"/>
         <v>171</v>
       </c>
     </row>
-    <row r="16" spans="1:35" x14ac:dyDescent="0.3">
+    <row r="16" spans="1:35">
       <c r="A16" s="1"/>
       <c r="B16" s="17" t="s">
         <v>22</v>
       </c>
       <c r="C16" s="18"/>
       <c r="D16" s="19"/>
       <c r="E16" s="48">
         <v>300</v>
       </c>
       <c r="F16" s="40">
         <v>300</v>
       </c>
       <c r="G16" s="41">
         <f t="shared" si="3"/>
         <v>300</v>
       </c>
       <c r="H16" s="41">
         <f t="shared" ref="H16:R16" si="30">G16</f>
         <v>300</v>
       </c>
       <c r="I16" s="41">
         <f t="shared" si="30"/>
         <v>300</v>
       </c>
       <c r="J16" s="41">
@@ -17360,51 +19481,51 @@
       </c>
       <c r="AD16" s="41">
         <f t="shared" si="21"/>
         <v>180</v>
       </c>
       <c r="AE16" s="41">
         <v>0</v>
       </c>
       <c r="AF16" s="41">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
       <c r="AG16" s="35">
         <f t="shared" si="24"/>
         <v>0</v>
       </c>
       <c r="AH16" s="48">
         <f t="shared" si="25"/>
         <v>0</v>
       </c>
       <c r="AI16" s="40">
         <f t="shared" si="26"/>
         <v>0</v>
       </c>
     </row>
-    <row r="17" spans="1:37" x14ac:dyDescent="0.3">
+    <row r="17" spans="1:37">
       <c r="A17" s="1"/>
       <c r="B17" s="17" t="s">
         <v>82</v>
       </c>
       <c r="C17" s="18"/>
       <c r="D17" s="19"/>
       <c r="E17" s="48">
         <v>0</v>
       </c>
       <c r="F17" s="40">
         <v>0</v>
       </c>
       <c r="G17" s="41">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="H17" s="41">
         <f t="shared" ref="H17:R17" si="32">G17</f>
         <v>0</v>
       </c>
       <c r="I17" s="41">
         <f t="shared" si="32"/>
         <v>0</v>
       </c>
       <c r="J17" s="41">
@@ -17490,430 +19611,432 @@
       <c r="AD17" s="41">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="AE17" s="41">
         <f>160*0.9</f>
         <v>144</v>
       </c>
       <c r="AF17" s="41">
         <f t="shared" si="23"/>
         <v>144</v>
       </c>
       <c r="AG17" s="35">
         <f t="shared" si="24"/>
         <v>144</v>
       </c>
       <c r="AH17" s="48">
         <f t="shared" si="25"/>
         <v>144</v>
       </c>
       <c r="AI17" s="40">
         <f t="shared" si="26"/>
         <v>144</v>
       </c>
     </row>
-    <row r="18" spans="1:37" x14ac:dyDescent="0.3">
+    <row r="18" spans="1:37">
       <c r="A18" s="1"/>
       <c r="B18" s="17"/>
       <c r="C18" s="18"/>
       <c r="D18" s="19"/>
       <c r="E18" s="48"/>
       <c r="F18" s="40"/>
       <c r="G18" s="41"/>
       <c r="H18" s="41"/>
       <c r="I18" s="41"/>
       <c r="J18" s="41"/>
       <c r="K18" s="41"/>
       <c r="L18" s="41"/>
       <c r="M18" s="35"/>
       <c r="N18" s="48"/>
       <c r="O18" s="40"/>
       <c r="P18" s="41"/>
       <c r="Q18" s="41"/>
       <c r="R18" s="41"/>
       <c r="S18" s="41"/>
       <c r="T18" s="41"/>
       <c r="U18" s="41"/>
       <c r="V18" s="41"/>
       <c r="W18" s="35"/>
       <c r="X18" s="48"/>
       <c r="Y18" s="40"/>
       <c r="Z18" s="41"/>
       <c r="AA18" s="41"/>
       <c r="AB18" s="41"/>
       <c r="AC18" s="41"/>
       <c r="AD18" s="41"/>
       <c r="AE18" s="41"/>
       <c r="AF18" s="41"/>
       <c r="AG18" s="35"/>
       <c r="AH18" s="48"/>
       <c r="AI18" s="40"/>
       <c r="AK18" s="20"/>
     </row>
-    <row r="19" spans="1:37" x14ac:dyDescent="0.3">
+    <row r="19" spans="1:37">
       <c r="A19" s="1"/>
       <c r="B19" s="17"/>
       <c r="C19" s="18"/>
       <c r="D19" s="19"/>
       <c r="E19" s="48"/>
       <c r="F19" s="40"/>
       <c r="G19" s="41"/>
       <c r="H19" s="41"/>
       <c r="I19" s="41"/>
       <c r="J19" s="41"/>
       <c r="K19" s="41"/>
       <c r="L19" s="41"/>
       <c r="M19" s="35"/>
       <c r="N19" s="48"/>
       <c r="O19" s="40"/>
       <c r="P19" s="41"/>
       <c r="Q19" s="41"/>
       <c r="R19" s="41"/>
       <c r="S19" s="41"/>
       <c r="T19" s="41"/>
       <c r="U19" s="41"/>
       <c r="V19" s="41"/>
       <c r="W19" s="35"/>
       <c r="X19" s="48"/>
       <c r="Y19" s="40"/>
       <c r="Z19" s="41"/>
       <c r="AA19" s="41"/>
       <c r="AB19" s="41"/>
       <c r="AC19" s="41"/>
       <c r="AD19" s="41"/>
       <c r="AE19" s="41"/>
       <c r="AF19" s="41"/>
       <c r="AG19" s="35"/>
       <c r="AH19" s="48"/>
       <c r="AI19" s="40"/>
       <c r="AK19" s="20"/>
     </row>
-    <row r="20" spans="1:37" x14ac:dyDescent="0.3">
+    <row r="20" spans="1:37">
       <c r="A20" s="1"/>
       <c r="B20" s="17"/>
       <c r="C20" s="18"/>
       <c r="D20" s="19"/>
       <c r="E20" s="48"/>
       <c r="F20" s="40"/>
       <c r="G20" s="41"/>
       <c r="H20" s="41"/>
       <c r="I20" s="41"/>
       <c r="J20" s="41"/>
       <c r="K20" s="41"/>
       <c r="L20" s="41"/>
       <c r="M20" s="35"/>
       <c r="N20" s="48"/>
       <c r="O20" s="40"/>
       <c r="P20" s="41"/>
       <c r="Q20" s="41"/>
       <c r="R20" s="41"/>
       <c r="S20" s="41"/>
       <c r="T20" s="41"/>
       <c r="U20" s="41"/>
       <c r="V20" s="41"/>
       <c r="W20" s="35"/>
       <c r="X20" s="48"/>
       <c r="Y20" s="40"/>
       <c r="Z20" s="41"/>
       <c r="AA20" s="41"/>
       <c r="AB20" s="41"/>
       <c r="AC20" s="41"/>
       <c r="AD20" s="41"/>
       <c r="AE20" s="41"/>
       <c r="AF20" s="41"/>
       <c r="AG20" s="35"/>
       <c r="AH20" s="48"/>
       <c r="AI20" s="40"/>
       <c r="AK20" s="20"/>
     </row>
-    <row r="21" spans="1:37" x14ac:dyDescent="0.3">
+    <row r="21" spans="1:37">
       <c r="A21" s="1"/>
       <c r="B21" s="21" t="s">
         <v>7</v>
       </c>
       <c r="C21" s="22">
         <v>0.01</v>
       </c>
       <c r="D21" s="23"/>
       <c r="E21" s="48">
         <v>-320</v>
       </c>
       <c r="F21" s="42">
         <f>E21*(1+$C21)</f>
         <v>-323.2</v>
       </c>
       <c r="G21" s="43">
         <f>F21*(1+$C21)</f>
         <v>-326.43200000000002</v>
       </c>
       <c r="H21" s="43">
-        <f t="shared" ref="H21:AI21" si="35">G21*(1+$C21)</f>
+        <f t="shared" ref="H21:P21" si="35">G21*(1+$C21)</f>
         <v>-329.69632000000001</v>
       </c>
       <c r="I21" s="43">
         <f t="shared" si="35"/>
         <v>-332.99328320000001</v>
       </c>
       <c r="J21" s="43">
         <f t="shared" si="35"/>
         <v>-336.323216032</v>
       </c>
       <c r="K21" s="43">
         <f t="shared" si="35"/>
         <v>-339.68644819232003</v>
       </c>
       <c r="L21" s="43">
         <f t="shared" si="35"/>
         <v>-343.08331267424325</v>
       </c>
       <c r="M21" s="44">
         <f t="shared" si="35"/>
         <v>-346.51414580098566</v>
       </c>
       <c r="N21" s="48">
         <f t="shared" si="35"/>
         <v>-349.9792872589955</v>
       </c>
       <c r="O21" s="42">
         <f t="shared" si="35"/>
         <v>-353.47908013158548</v>
       </c>
       <c r="P21" s="43">
         <f t="shared" si="35"/>
         <v>-357.01387093290134</v>
       </c>
       <c r="Q21" s="43">
-        <f t="shared" si="35"/>
+        <f t="shared" ref="Q21" si="36">P21*(1+$C21)</f>
         <v>-360.58400964223034</v>
       </c>
       <c r="R21" s="43">
-        <v>-310</v>
+        <f>Q21*0.9</f>
+        <v>-324.5256086780073</v>
       </c>
       <c r="S21" s="43">
-        <f t="shared" si="35"/>
-        <v>-313.10000000000002</v>
+        <f t="shared" ref="S21" si="37">R21*(1+$C21)</f>
+        <v>-327.7708647647874</v>
       </c>
       <c r="T21" s="43">
-        <v>-260</v>
+        <f>S21*0.9</f>
+        <v>-294.99377828830865</v>
       </c>
       <c r="U21" s="43">
-        <f t="shared" si="35"/>
-        <v>-262.60000000000002</v>
+        <f t="shared" ref="U21" si="38">T21*(1+$C21)</f>
+        <v>-297.94371607119172</v>
       </c>
       <c r="V21" s="43">
-        <f t="shared" si="35"/>
-        <v>-265.226</v>
+        <f t="shared" ref="V21" si="39">U21*(1+$C21)</f>
+        <v>-300.92315323190365</v>
       </c>
       <c r="W21" s="44">
-        <f t="shared" si="35"/>
-        <v>-267.87826000000001</v>
+        <f t="shared" ref="W21" si="40">V21*(1+$C21)</f>
+        <v>-303.93238476422272</v>
       </c>
       <c r="X21" s="48">
-        <f t="shared" si="35"/>
-        <v>-270.55704259999999</v>
+        <f t="shared" ref="X21" si="41">W21*(1+$C21)</f>
+        <v>-306.97170861186493</v>
       </c>
       <c r="Y21" s="42">
-        <f t="shared" si="35"/>
-        <v>-273.262613026</v>
+        <f t="shared" ref="Y21" si="42">X21*(1+$C21)</f>
+        <v>-310.04142569798358</v>
       </c>
       <c r="Z21" s="43">
-        <f t="shared" si="35"/>
-        <v>-275.99523915626003</v>
+        <f t="shared" ref="Z21" si="43">Y21*(1+$C21)</f>
+        <v>-313.14183995496342</v>
       </c>
       <c r="AA21" s="43">
-        <f t="shared" si="35"/>
-        <v>-278.75519154782262</v>
+        <f t="shared" ref="AA21" si="44">Z21*(1+$C21)</f>
+        <v>-316.27325835451308</v>
       </c>
       <c r="AB21" s="43">
-        <f t="shared" si="35"/>
-        <v>-281.54274346330084</v>
+        <f t="shared" ref="AB21" si="45">AA21*(1+$C21)</f>
+        <v>-319.43599093805818</v>
       </c>
       <c r="AC21" s="43">
-        <f t="shared" si="35"/>
-        <v>-284.35817089793386</v>
+        <f t="shared" ref="AC21" si="46">AB21*(1+$C21)</f>
+        <v>-322.63035084743876</v>
       </c>
       <c r="AD21" s="43">
-        <f t="shared" si="35"/>
-        <v>-287.2017526069132</v>
+        <f t="shared" ref="AD21" si="47">AC21*(1+$C21)</f>
+        <v>-325.85665435591318</v>
       </c>
       <c r="AE21" s="43">
-        <f t="shared" si="35"/>
-        <v>-290.07377013298236</v>
+        <f t="shared" ref="AE21" si="48">AD21*(1+$C21)</f>
+        <v>-329.11522089947232</v>
       </c>
       <c r="AF21" s="43">
-        <f t="shared" si="35"/>
-        <v>-292.97450783431219</v>
+        <f t="shared" ref="AF21" si="49">AE21*(1+$C21)</f>
+        <v>-332.40637310846705</v>
       </c>
       <c r="AG21" s="44">
-        <f t="shared" si="35"/>
-        <v>-295.90425291265529</v>
+        <f t="shared" ref="AG21" si="50">AF21*(1+$C21)</f>
+        <v>-335.73043683955171</v>
       </c>
       <c r="AH21" s="48">
-        <f t="shared" si="35"/>
-        <v>-298.86329544178187</v>
+        <f t="shared" ref="AH21" si="51">AG21*(1+$C21)</f>
+        <v>-339.08774120794726</v>
       </c>
       <c r="AI21" s="42">
-        <f t="shared" si="35"/>
-        <v>-301.8519283961997</v>
+        <f t="shared" ref="AI21" si="52">AH21*(1+$C21)</f>
+        <v>-342.47861862002674</v>
       </c>
       <c r="AK21" s="20"/>
     </row>
-    <row r="22" spans="1:37" x14ac:dyDescent="0.3">
+    <row r="22" spans="1:37">
       <c r="A22" s="1"/>
       <c r="B22" s="21" t="s">
         <v>8</v>
       </c>
       <c r="C22" s="22">
         <v>0.01</v>
       </c>
       <c r="D22" s="23"/>
       <c r="E22" s="48">
         <v>-60</v>
       </c>
       <c r="F22" s="42">
-        <f t="shared" ref="F22:AI22" si="36">E22*(1+$C22)</f>
+        <f t="shared" ref="F22:AI22" si="53">E22*(1+$C22)</f>
         <v>-60.6</v>
       </c>
       <c r="G22" s="43">
-        <f t="shared" si="36"/>
+        <f t="shared" si="53"/>
         <v>-61.206000000000003</v>
       </c>
       <c r="H22" s="43">
-        <f t="shared" si="36"/>
+        <f t="shared" si="53"/>
         <v>-61.818060000000003</v>
       </c>
       <c r="I22" s="43">
-        <f t="shared" si="36"/>
+        <f t="shared" si="53"/>
         <v>-62.436240600000005</v>
       </c>
       <c r="J22" s="43">
-        <f t="shared" si="36"/>
+        <f t="shared" si="53"/>
         <v>-63.060603006000008</v>
       </c>
       <c r="K22" s="43">
-        <f t="shared" si="36"/>
+        <f t="shared" si="53"/>
         <v>-63.691209036060009</v>
       </c>
       <c r="L22" s="43">
-        <f t="shared" si="36"/>
+        <f t="shared" si="53"/>
         <v>-64.328121126420612</v>
       </c>
       <c r="M22" s="44">
-        <f t="shared" si="36"/>
+        <f t="shared" si="53"/>
         <v>-64.971402337684822</v>
       </c>
       <c r="N22" s="48">
-        <f t="shared" si="36"/>
+        <f t="shared" si="53"/>
         <v>-65.621116361061667</v>
       </c>
       <c r="O22" s="42">
-        <f t="shared" si="36"/>
+        <f t="shared" si="53"/>
         <v>-66.277327524672287</v>
       </c>
       <c r="P22" s="43">
-        <f t="shared" si="36"/>
+        <f t="shared" si="53"/>
         <v>-66.940100799919009</v>
       </c>
       <c r="Q22" s="43">
-        <f t="shared" si="36"/>
+        <f t="shared" si="53"/>
         <v>-67.609501807918193</v>
       </c>
       <c r="R22" s="43">
-        <f t="shared" si="36"/>
+        <f t="shared" si="53"/>
         <v>-68.285596825997374</v>
       </c>
       <c r="S22" s="43">
-        <f t="shared" si="36"/>
+        <f t="shared" si="53"/>
         <v>-68.968452794257345</v>
       </c>
       <c r="T22" s="43">
-        <f t="shared" si="36"/>
+        <f t="shared" si="53"/>
         <v>-69.65813732219992</v>
       </c>
       <c r="U22" s="43">
-        <f t="shared" si="36"/>
+        <f t="shared" si="53"/>
         <v>-70.354718695421923</v>
       </c>
       <c r="V22" s="43">
-        <f t="shared" si="36"/>
+        <f t="shared" si="53"/>
         <v>-71.058265882376148</v>
       </c>
       <c r="W22" s="44">
-        <f t="shared" si="36"/>
+        <f t="shared" si="53"/>
         <v>-71.768848541199915</v>
       </c>
       <c r="X22" s="48">
-        <f t="shared" si="36"/>
+        <f t="shared" si="53"/>
         <v>-72.486537026611913</v>
       </c>
       <c r="Y22" s="42">
-        <f t="shared" si="36"/>
+        <f t="shared" si="53"/>
         <v>-73.211402396878029</v>
       </c>
       <c r="Z22" s="43">
-        <f t="shared" si="36"/>
+        <f t="shared" si="53"/>
         <v>-73.943516420846805</v>
       </c>
       <c r="AA22" s="43">
-        <f t="shared" si="36"/>
+        <f t="shared" si="53"/>
         <v>-74.682951585055278</v>
       </c>
       <c r="AB22" s="43">
-        <f t="shared" si="36"/>
+        <f t="shared" si="53"/>
         <v>-75.429781100905828</v>
       </c>
       <c r="AC22" s="43">
-        <f t="shared" si="36"/>
+        <f t="shared" si="53"/>
         <v>-76.184078911914881</v>
       </c>
       <c r="AD22" s="43">
-        <f t="shared" si="36"/>
+        <f t="shared" si="53"/>
         <v>-76.945919701034029</v>
       </c>
       <c r="AE22" s="43">
-        <f t="shared" si="36"/>
+        <f t="shared" si="53"/>
         <v>-77.715378898044364</v>
       </c>
       <c r="AF22" s="43">
-        <f t="shared" si="36"/>
+        <f t="shared" si="53"/>
         <v>-78.492532687024806</v>
       </c>
       <c r="AG22" s="44">
-        <f t="shared" si="36"/>
+        <f t="shared" si="53"/>
         <v>-79.277458013895057</v>
       </c>
       <c r="AH22" s="48">
-        <f t="shared" si="36"/>
+        <f t="shared" si="53"/>
         <v>-80.07023259403401</v>
       </c>
       <c r="AI22" s="42">
-        <f t="shared" si="36"/>
+        <f t="shared" si="53"/>
         <v>-80.870934919974346</v>
       </c>
     </row>
-    <row r="23" spans="1:37" x14ac:dyDescent="0.3">
+    <row r="23" spans="1:37">
       <c r="A23" s="1"/>
       <c r="B23" s="21" t="s">
         <v>9</v>
       </c>
       <c r="C23" s="22"/>
       <c r="D23" s="23"/>
       <c r="E23" s="48">
         <v>-160</v>
       </c>
       <c r="F23" s="42">
         <v>-160</v>
       </c>
       <c r="G23" s="43">
         <v>-160</v>
       </c>
       <c r="H23" s="43">
         <v>-160</v>
       </c>
       <c r="I23" s="43">
         <v>-161</v>
       </c>
       <c r="J23" s="43">
         <v>-161</v>
       </c>
       <c r="K23" s="43">
@@ -17971,179 +20094,179 @@
         <v>-160</v>
       </c>
       <c r="AC23" s="43">
         <v>-160</v>
       </c>
       <c r="AD23" s="43">
         <v>-24</v>
       </c>
       <c r="AE23" s="43">
         <v>-24</v>
       </c>
       <c r="AF23" s="43">
         <v>-24</v>
       </c>
       <c r="AG23" s="44">
         <v>-24</v>
       </c>
       <c r="AH23" s="48">
         <v>-24</v>
       </c>
       <c r="AI23" s="42">
         <v>-24</v>
       </c>
       <c r="AK23" s="20"/>
     </row>
-    <row r="24" spans="1:37" x14ac:dyDescent="0.3">
+    <row r="24" spans="1:37">
       <c r="A24" s="1"/>
       <c r="B24" s="21" t="s">
         <v>10</v>
       </c>
       <c r="C24" s="22"/>
       <c r="D24" s="23"/>
       <c r="E24" s="48">
         <v>-24</v>
       </c>
       <c r="F24" s="42">
         <v>-24</v>
       </c>
       <c r="G24" s="43">
-        <f t="shared" ref="G24" si="37">F24</f>
+        <f t="shared" ref="G24" si="54">F24</f>
         <v>-24</v>
       </c>
       <c r="H24" s="43">
-        <f t="shared" ref="H24" si="38">G24</f>
+        <f t="shared" ref="H24" si="55">G24</f>
         <v>-24</v>
       </c>
       <c r="I24" s="43">
-        <f t="shared" ref="I24" si="39">H24</f>
+        <f t="shared" ref="I24" si="56">H24</f>
         <v>-24</v>
       </c>
       <c r="J24" s="43">
-        <f t="shared" ref="J24" si="40">I24</f>
+        <f t="shared" ref="J24" si="57">I24</f>
         <v>-24</v>
       </c>
       <c r="K24" s="43">
-        <f t="shared" ref="K24" si="41">J24</f>
+        <f t="shared" ref="K24" si="58">J24</f>
         <v>-24</v>
       </c>
       <c r="L24" s="43">
-        <f t="shared" ref="L24:W24" si="42">K24</f>
+        <f t="shared" ref="L24:W24" si="59">K24</f>
         <v>-24</v>
       </c>
       <c r="M24" s="43">
-        <f t="shared" si="42"/>
+        <f t="shared" si="59"/>
         <v>-24</v>
       </c>
       <c r="N24" s="48">
-        <f t="shared" si="42"/>
+        <f t="shared" si="59"/>
         <v>-24</v>
       </c>
       <c r="O24" s="43">
-        <f t="shared" si="42"/>
+        <f t="shared" si="59"/>
         <v>-24</v>
       </c>
       <c r="P24" s="43">
-        <f t="shared" si="42"/>
+        <f t="shared" si="59"/>
         <v>-24</v>
       </c>
       <c r="Q24" s="43">
-        <f t="shared" si="42"/>
+        <f t="shared" si="59"/>
         <v>-24</v>
       </c>
       <c r="R24" s="43">
-        <f t="shared" si="42"/>
+        <f t="shared" si="59"/>
         <v>-24</v>
       </c>
       <c r="S24" s="43">
-        <f t="shared" si="42"/>
+        <f t="shared" si="59"/>
         <v>-24</v>
       </c>
       <c r="T24" s="43">
-        <f t="shared" si="42"/>
+        <f t="shared" si="59"/>
         <v>-24</v>
       </c>
       <c r="U24" s="43">
-        <f t="shared" si="42"/>
+        <f t="shared" si="59"/>
         <v>-24</v>
       </c>
       <c r="V24" s="43">
-        <f t="shared" si="42"/>
+        <f t="shared" si="59"/>
         <v>-24</v>
       </c>
       <c r="W24" s="43">
-        <f t="shared" si="42"/>
+        <f t="shared" si="59"/>
         <v>-24</v>
       </c>
       <c r="X24" s="48">
         <v>0</v>
       </c>
       <c r="Y24" s="42">
         <v>0</v>
       </c>
       <c r="Z24" s="43">
         <v>0</v>
       </c>
       <c r="AA24" s="43">
-        <f t="shared" ref="AA24" si="43">Z24</f>
+        <f t="shared" ref="AA24" si="60">Z24</f>
         <v>0</v>
       </c>
       <c r="AB24" s="43">
-        <f t="shared" ref="AB24" si="44">AA24</f>
+        <f t="shared" ref="AB24" si="61">AA24</f>
         <v>0</v>
       </c>
       <c r="AC24" s="43">
-        <f t="shared" ref="AC24" si="45">AB24</f>
+        <f t="shared" ref="AC24" si="62">AB24</f>
         <v>0</v>
       </c>
       <c r="AD24" s="43">
-        <f t="shared" ref="AD24" si="46">AC24</f>
+        <f t="shared" ref="AD24" si="63">AC24</f>
         <v>0</v>
       </c>
       <c r="AE24" s="43">
-        <f t="shared" ref="AE24" si="47">AD24</f>
+        <f t="shared" ref="AE24" si="64">AD24</f>
         <v>0</v>
       </c>
       <c r="AF24" s="43">
-        <f t="shared" ref="AF24" si="48">AE24</f>
+        <f t="shared" ref="AF24" si="65">AE24</f>
         <v>0</v>
       </c>
       <c r="AG24" s="44">
-        <f t="shared" ref="AG24" si="49">AF24</f>
+        <f t="shared" ref="AG24" si="66">AF24</f>
         <v>0</v>
       </c>
       <c r="AH24" s="48">
-        <f t="shared" ref="AH24" si="50">AG24</f>
+        <f t="shared" ref="AH24" si="67">AG24</f>
         <v>0</v>
       </c>
       <c r="AI24" s="42">
-        <f t="shared" ref="AI24" si="51">AH24</f>
+        <f t="shared" ref="AI24" si="68">AH24</f>
         <v>0</v>
       </c>
       <c r="AK24" s="20"/>
     </row>
-    <row r="25" spans="1:37" x14ac:dyDescent="0.3">
+    <row r="25" spans="1:37">
       <c r="A25" s="1"/>
       <c r="B25" s="21" t="s">
         <v>11</v>
       </c>
       <c r="C25" s="24"/>
       <c r="D25" s="23"/>
       <c r="E25" s="48">
         <v>-50</v>
       </c>
       <c r="F25" s="42">
         <v>0</v>
       </c>
       <c r="G25" s="43">
         <v>0</v>
       </c>
       <c r="H25" s="43">
         <v>0</v>
       </c>
       <c r="I25" s="43">
         <v>0</v>
       </c>
       <c r="J25" s="43">
         <v>0</v>
       </c>
       <c r="K25" s="43">
@@ -18201,51 +20324,51 @@
         <v>0</v>
       </c>
       <c r="AC25" s="43">
         <v>0</v>
       </c>
       <c r="AD25" s="43">
         <v>0</v>
       </c>
       <c r="AE25" s="43">
         <v>0</v>
       </c>
       <c r="AF25" s="43">
         <v>0</v>
       </c>
       <c r="AG25" s="44">
         <v>0</v>
       </c>
       <c r="AH25" s="48">
         <v>0</v>
       </c>
       <c r="AI25" s="42">
         <v>-200</v>
       </c>
       <c r="AK25" s="20"/>
     </row>
-    <row r="26" spans="1:37" x14ac:dyDescent="0.3">
+    <row r="26" spans="1:37">
       <c r="A26" s="1"/>
       <c r="B26" s="21" t="s">
         <v>25</v>
       </c>
       <c r="C26" s="22"/>
       <c r="D26" s="23"/>
       <c r="E26" s="48">
         <v>-31</v>
       </c>
       <c r="F26" s="42">
         <v>-33.9</v>
       </c>
       <c r="G26" s="43">
         <v>-37.1</v>
       </c>
       <c r="H26" s="43">
         <v>-45.7</v>
       </c>
       <c r="I26" s="43">
         <v>-43.6</v>
       </c>
       <c r="J26" s="43">
         <v>-56.9</v>
       </c>
       <c r="K26" s="43">
@@ -18303,51 +20426,51 @@
         <v>0</v>
       </c>
       <c r="AC26" s="44">
         <v>0</v>
       </c>
       <c r="AD26" s="44">
         <v>0</v>
       </c>
       <c r="AE26" s="44">
         <v>0</v>
       </c>
       <c r="AF26" s="44">
         <v>0</v>
       </c>
       <c r="AG26" s="44">
         <v>0</v>
       </c>
       <c r="AH26" s="48">
         <v>0</v>
       </c>
       <c r="AI26" s="44">
         <v>0</v>
       </c>
       <c r="AK26" s="20"/>
     </row>
-    <row r="27" spans="1:37" x14ac:dyDescent="0.3">
+    <row r="27" spans="1:37">
       <c r="A27" s="1"/>
       <c r="B27" s="21" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="22"/>
       <c r="D27" s="23"/>
       <c r="E27" s="48">
         <v>-26.3</v>
       </c>
       <c r="F27" s="42">
         <v>-29.3</v>
       </c>
       <c r="G27" s="43">
         <v>-31</v>
       </c>
       <c r="H27" s="43">
         <v>-33.9</v>
       </c>
       <c r="I27" s="43">
         <v>-37.1</v>
       </c>
       <c r="J27" s="43">
         <v>-45.7</v>
       </c>
       <c r="K27" s="43">
@@ -18405,4035 +20528,4301 @@
         <v>0</v>
       </c>
       <c r="AC27" s="44">
         <v>0</v>
       </c>
       <c r="AD27" s="44">
         <v>0</v>
       </c>
       <c r="AE27" s="44">
         <v>0</v>
       </c>
       <c r="AF27" s="44">
         <v>0</v>
       </c>
       <c r="AG27" s="44">
         <v>0</v>
       </c>
       <c r="AH27" s="48">
         <v>0</v>
       </c>
       <c r="AI27" s="44">
         <v>0</v>
       </c>
       <c r="AK27" s="20"/>
     </row>
-    <row r="28" spans="1:37" x14ac:dyDescent="0.3">
+    <row r="28" spans="1:37">
       <c r="A28" s="1"/>
       <c r="B28" s="21"/>
       <c r="C28" s="22"/>
       <c r="D28" s="23"/>
       <c r="E28" s="48"/>
       <c r="F28" s="42"/>
       <c r="G28" s="43"/>
       <c r="H28" s="43"/>
       <c r="I28" s="43"/>
       <c r="J28" s="43"/>
       <c r="K28" s="43"/>
       <c r="L28" s="43"/>
       <c r="M28" s="44"/>
       <c r="N28" s="48"/>
       <c r="O28" s="42"/>
       <c r="P28" s="43"/>
       <c r="Q28" s="43"/>
       <c r="R28" s="43"/>
       <c r="S28" s="43"/>
       <c r="T28" s="43"/>
       <c r="U28" s="43"/>
       <c r="V28" s="43"/>
       <c r="W28" s="44"/>
       <c r="X28" s="48"/>
       <c r="Y28" s="44"/>
       <c r="Z28" s="44"/>
       <c r="AA28" s="44"/>
       <c r="AB28" s="44"/>
       <c r="AC28" s="44"/>
       <c r="AD28" s="44"/>
       <c r="AE28" s="44"/>
       <c r="AF28" s="44"/>
       <c r="AG28" s="44"/>
       <c r="AH28" s="51"/>
       <c r="AI28" s="44"/>
       <c r="AK28" s="20"/>
     </row>
-    <row r="29" spans="1:37" x14ac:dyDescent="0.3">
+    <row r="29" spans="1:37">
       <c r="A29" s="1"/>
       <c r="B29" s="21"/>
       <c r="C29" s="22"/>
       <c r="D29" s="23"/>
       <c r="E29" s="48"/>
       <c r="F29" s="42"/>
       <c r="G29" s="43"/>
       <c r="H29" s="43"/>
       <c r="I29" s="43"/>
       <c r="J29" s="43"/>
       <c r="K29" s="43"/>
       <c r="L29" s="43"/>
       <c r="M29" s="44"/>
       <c r="N29" s="48"/>
       <c r="O29" s="42"/>
       <c r="P29" s="43"/>
       <c r="Q29" s="43"/>
       <c r="R29" s="43"/>
       <c r="S29" s="43"/>
       <c r="T29" s="43"/>
       <c r="U29" s="43"/>
       <c r="V29" s="43"/>
       <c r="W29" s="44"/>
       <c r="X29" s="48"/>
       <c r="Y29" s="44"/>
       <c r="Z29" s="44"/>
       <c r="AA29" s="44"/>
       <c r="AB29" s="44"/>
       <c r="AC29" s="44"/>
       <c r="AD29" s="44"/>
       <c r="AE29" s="44"/>
       <c r="AF29" s="44"/>
       <c r="AG29" s="44"/>
       <c r="AH29" s="51"/>
       <c r="AI29" s="44"/>
       <c r="AK29" s="20"/>
     </row>
-    <row r="30" spans="1:37" x14ac:dyDescent="0.3">
+    <row r="30" spans="1:37">
       <c r="A30" s="1"/>
-      <c r="B30" s="114"/>
-[...32 lines deleted...]
-      <c r="AI30" s="120"/>
+      <c r="B30" s="111"/>
+      <c r="C30" s="112"/>
+      <c r="D30" s="113"/>
+      <c r="E30" s="114"/>
+      <c r="F30" s="115"/>
+      <c r="G30" s="116"/>
+      <c r="H30" s="116"/>
+      <c r="I30" s="116"/>
+      <c r="J30" s="116"/>
+      <c r="K30" s="116"/>
+      <c r="L30" s="116"/>
+      <c r="M30" s="117"/>
+      <c r="N30" s="114"/>
+      <c r="O30" s="115"/>
+      <c r="P30" s="116"/>
+      <c r="Q30" s="116"/>
+      <c r="R30" s="116"/>
+      <c r="S30" s="116"/>
+      <c r="T30" s="116"/>
+      <c r="U30" s="116"/>
+      <c r="V30" s="116"/>
+      <c r="W30" s="117"/>
+      <c r="X30" s="114"/>
+      <c r="Y30" s="117"/>
+      <c r="Z30" s="117"/>
+      <c r="AA30" s="117"/>
+      <c r="AB30" s="117"/>
+      <c r="AC30" s="117"/>
+      <c r="AD30" s="117"/>
+      <c r="AE30" s="117"/>
+      <c r="AF30" s="117"/>
+      <c r="AG30" s="117"/>
+      <c r="AH30" s="114"/>
+      <c r="AI30" s="117"/>
       <c r="AJ30" s="20"/>
       <c r="AK30" s="20"/>
     </row>
-    <row r="31" spans="1:37" x14ac:dyDescent="0.3">
+    <row r="31" spans="1:37">
       <c r="A31" s="1"/>
-      <c r="B31" s="122" t="s">
-[...5 lines deleted...]
-        <f t="shared" ref="E31:AI31" si="52">SUM(E14:E30)</f>
+      <c r="B31" s="119" t="s">
+        <v>0</v>
+      </c>
+      <c r="C31" s="120"/>
+      <c r="D31" s="121"/>
+      <c r="E31" s="122">
+        <f t="shared" ref="E31:AI31" si="69">SUM(E14:E30)</f>
         <v>28.7</v>
       </c>
-      <c r="F31" s="126">
-        <f t="shared" si="52"/>
+      <c r="F31" s="123">
+        <f t="shared" si="69"/>
         <v>68.999999999999986</v>
       </c>
-      <c r="G31" s="125">
-        <f t="shared" si="52"/>
+      <c r="G31" s="122">
+        <f t="shared" si="69"/>
         <v>60.261999999999972</v>
       </c>
-      <c r="H31" s="125">
-        <f t="shared" si="52"/>
+      <c r="H31" s="122">
+        <f t="shared" si="69"/>
         <v>44.885619999999982</v>
       </c>
-      <c r="I31" s="125">
-        <f t="shared" si="52"/>
+      <c r="I31" s="122">
+        <f t="shared" si="69"/>
         <v>38.870476199999977</v>
       </c>
-      <c r="J31" s="125">
-        <f t="shared" si="52"/>
+      <c r="J31" s="122">
+        <f t="shared" si="69"/>
         <v>13.016180961999986</v>
       </c>
-      <c r="K31" s="125">
-        <f t="shared" si="52"/>
+      <c r="K31" s="122">
+        <f t="shared" si="69"/>
         <v>-46.977657228380032</v>
       </c>
-      <c r="L31" s="125">
-        <f t="shared" si="52"/>
+      <c r="L31" s="122">
+        <f t="shared" si="69"/>
         <v>-37.611433800663868</v>
       </c>
-      <c r="M31" s="127">
-        <f t="shared" si="52"/>
+      <c r="M31" s="124">
+        <f t="shared" si="69"/>
         <v>-96.585548138670475</v>
       </c>
-      <c r="N31" s="125">
-        <f t="shared" si="52"/>
+      <c r="N31" s="122">
+        <f t="shared" si="69"/>
         <v>-157.90040362005715</v>
       </c>
-      <c r="O31" s="126">
-        <f t="shared" si="52"/>
+      <c r="O31" s="123">
+        <f t="shared" si="69"/>
         <v>-332.75640765625775</v>
       </c>
-      <c r="P31" s="125">
-        <f t="shared" si="52"/>
+      <c r="P31" s="122">
+        <f t="shared" si="69"/>
         <v>-221.85397173282038</v>
       </c>
-      <c r="Q31" s="125">
-        <f t="shared" si="52"/>
+      <c r="Q31" s="122">
+        <f t="shared" si="69"/>
         <v>-200.99351145014856</v>
       </c>
-      <c r="R31" s="125">
-[...69 lines deleted...]
-        <v>-291.72286331617403</v>
+      <c r="R31" s="122">
+        <f t="shared" si="69"/>
+        <v>-20.711205504004653</v>
+      </c>
+      <c r="S31" s="122">
+        <f t="shared" si="69"/>
+        <v>-24.63931755904477</v>
+      </c>
+      <c r="T31" s="122">
+        <f t="shared" si="69"/>
+        <v>151.34808438949142</v>
+      </c>
+      <c r="U31" s="122">
+        <f t="shared" si="69"/>
+        <v>146.70156523338636</v>
+      </c>
+      <c r="V31" s="122">
+        <f t="shared" si="69"/>
+        <v>144.01858088572021</v>
+      </c>
+      <c r="W31" s="124">
+        <f t="shared" si="69"/>
+        <v>140.29876669457735</v>
+      </c>
+      <c r="X31" s="122">
+        <f t="shared" si="69"/>
+        <v>40.541754361523147</v>
+      </c>
+      <c r="Y31" s="123">
+        <f t="shared" si="69"/>
+        <v>-14.252828094861627</v>
+      </c>
+      <c r="Z31" s="122">
+        <f t="shared" si="69"/>
+        <v>-87.085356375810221</v>
+      </c>
+      <c r="AA31" s="122">
+        <f t="shared" si="69"/>
+        <v>-90.956209939568353</v>
+      </c>
+      <c r="AB31" s="122">
+        <f t="shared" si="69"/>
+        <v>-94.86577203896401</v>
+      </c>
+      <c r="AC31" s="122">
+        <f t="shared" si="69"/>
+        <v>-207.81442975935363</v>
+      </c>
+      <c r="AD31" s="122">
+        <f t="shared" si="69"/>
+        <v>-75.802574056947208</v>
+      </c>
+      <c r="AE31" s="122">
+        <f t="shared" si="69"/>
+        <v>-115.83059979751668</v>
+      </c>
+      <c r="AF31" s="122">
+        <f t="shared" si="69"/>
+        <v>-119.89890579549186</v>
+      </c>
+      <c r="AG31" s="124">
+        <f t="shared" si="69"/>
+        <v>-124.00789485344677</v>
+      </c>
+      <c r="AH31" s="122">
+        <f t="shared" si="69"/>
+        <v>-128.15797380198126</v>
+      </c>
+      <c r="AI31" s="123">
+        <f t="shared" si="69"/>
+        <v>-332.34955354000107</v>
       </c>
       <c r="AJ31" s="20"/>
     </row>
-    <row r="32" spans="1:37" x14ac:dyDescent="0.3">
+    <row r="32" spans="1:37">
       <c r="A32" s="1"/>
-      <c r="B32" s="141" t="s">
-[...4 lines deleted...]
-      <c r="E32" s="121">
+      <c r="B32" s="125" t="s">
+        <v>97</v>
+      </c>
+      <c r="C32" s="126"/>
+      <c r="D32" s="127"/>
+      <c r="E32" s="122">
         <f>SUM(E31:I31)</f>
         <v>241.71809619999993</v>
       </c>
-      <c r="F32" s="111">
-        <f t="shared" ref="F32:AE32" si="53">SUM(F31:J31)</f>
+      <c r="F32" s="128">
+        <f t="shared" ref="F32:AE32" si="70">SUM(F31:J31)</f>
         <v>226.03427716199991</v>
       </c>
-      <c r="G32" s="111">
-        <f t="shared" si="53"/>
+      <c r="G32" s="128">
+        <f t="shared" si="70"/>
         <v>110.05661993361991</v>
       </c>
-      <c r="H32" s="111">
-        <f t="shared" si="53"/>
+      <c r="H32" s="128">
+        <f t="shared" si="70"/>
         <v>12.183186132956038</v>
       </c>
-      <c r="I32" s="111">
-        <f t="shared" si="53"/>
+      <c r="I32" s="128">
+        <f t="shared" si="70"/>
         <v>-129.28798200571441</v>
       </c>
-      <c r="J32" s="111">
-        <f t="shared" si="53"/>
+      <c r="J32" s="128">
+        <f t="shared" si="70"/>
         <v>-326.05886182577154</v>
       </c>
-      <c r="K32" s="111">
-        <f t="shared" si="53"/>
+      <c r="K32" s="128">
+        <f t="shared" si="70"/>
         <v>-671.83145044402931</v>
       </c>
-      <c r="L32" s="111">
-        <f t="shared" si="53"/>
+      <c r="L32" s="128">
+        <f t="shared" si="70"/>
         <v>-846.7077649484695</v>
       </c>
-      <c r="M32" s="111">
-        <f t="shared" si="53"/>
+      <c r="M32" s="128">
+        <f t="shared" si="70"/>
         <v>-1010.0898425979542</v>
       </c>
-      <c r="N32" s="121">
-[...74 lines deleted...]
-      <c r="AI32" s="111"/>
+      <c r="N32" s="122">
+        <f t="shared" si="70"/>
+        <v>-934.21549996328838</v>
+      </c>
+      <c r="O32" s="128">
+        <f t="shared" si="70"/>
+        <v>-800.9544139022762</v>
+      </c>
+      <c r="P32" s="128">
+        <f t="shared" si="70"/>
+        <v>-316.84992185652698</v>
+      </c>
+      <c r="Q32" s="128">
+        <f t="shared" si="70"/>
+        <v>51.705615109679798</v>
+      </c>
+      <c r="R32" s="128">
+        <f t="shared" si="70"/>
+        <v>396.71770744554857</v>
+      </c>
+      <c r="S32" s="128">
+        <f t="shared" si="70"/>
+        <v>557.7276796441306</v>
+      </c>
+      <c r="T32" s="128">
+        <f t="shared" si="70"/>
+        <v>622.90875156469838</v>
+      </c>
+      <c r="U32" s="128">
+        <f t="shared" si="70"/>
+        <v>457.30783908034545</v>
+      </c>
+      <c r="V32" s="128">
+        <f t="shared" si="70"/>
+        <v>223.52091747114886</v>
+      </c>
+      <c r="W32" s="128">
+        <f t="shared" si="70"/>
+        <v>-11.453873354139702</v>
+      </c>
+      <c r="X32" s="122">
+        <f t="shared" si="70"/>
+        <v>-246.61841208768107</v>
+      </c>
+      <c r="Y32" s="128">
+        <f t="shared" si="70"/>
+        <v>-494.97459620855784</v>
+      </c>
+      <c r="Z32" s="128">
+        <f t="shared" si="70"/>
+        <v>-556.52434217064342</v>
+      </c>
+      <c r="AA32" s="128">
+        <f t="shared" si="70"/>
+        <v>-585.26958559234981</v>
+      </c>
+      <c r="AB32" s="128">
+        <f t="shared" si="70"/>
+        <v>-614.21228144827342</v>
+      </c>
+      <c r="AC32" s="128">
+        <f t="shared" si="70"/>
+        <v>-643.35440426275613</v>
+      </c>
+      <c r="AD32" s="128">
+        <f t="shared" si="70"/>
+        <v>-563.69794830538376</v>
+      </c>
+      <c r="AE32" s="128">
+        <f t="shared" si="70"/>
+        <v>-820.24492778843762</v>
+      </c>
+      <c r="AF32" s="128"/>
+      <c r="AG32" s="128"/>
+      <c r="AH32" s="122"/>
+      <c r="AI32" s="128"/>
       <c r="AJ32" s="20"/>
     </row>
-    <row r="33" spans="1:36" s="11" customFormat="1" ht="24.9" customHeight="1" x14ac:dyDescent="0.35">
-[...36 lines deleted...]
-      <c r="AI33" s="16"/>
+    <row r="33" spans="1:36">
+      <c r="A33" s="1"/>
+      <c r="B33" s="129" t="s">
+        <v>95</v>
+      </c>
+      <c r="C33" s="130"/>
+      <c r="D33" s="131"/>
+      <c r="E33" s="122">
+        <f>SUM(E14:E20)</f>
+        <v>700</v>
+      </c>
+      <c r="F33" s="128">
+        <f t="shared" ref="F33:AI33" si="71">SUM(F14:F20)</f>
+        <v>700</v>
+      </c>
+      <c r="G33" s="128">
+        <f t="shared" si="71"/>
+        <v>700</v>
+      </c>
+      <c r="H33" s="128">
+        <f t="shared" si="71"/>
+        <v>700</v>
+      </c>
+      <c r="I33" s="128">
+        <f t="shared" si="71"/>
+        <v>700</v>
+      </c>
+      <c r="J33" s="128">
+        <f t="shared" si="71"/>
+        <v>700</v>
+      </c>
+      <c r="K33" s="128">
+        <f t="shared" si="71"/>
+        <v>700</v>
+      </c>
+      <c r="L33" s="128">
+        <f t="shared" si="71"/>
+        <v>700</v>
+      </c>
+      <c r="M33" s="128">
+        <f t="shared" si="71"/>
+        <v>700</v>
+      </c>
+      <c r="N33" s="122">
+        <f t="shared" si="71"/>
+        <v>700</v>
+      </c>
+      <c r="O33" s="128">
+        <f t="shared" si="71"/>
+        <v>700</v>
+      </c>
+      <c r="P33" s="128">
+        <f t="shared" si="71"/>
+        <v>700</v>
+      </c>
+      <c r="Q33" s="128">
+        <f t="shared" si="71"/>
+        <v>700</v>
+      </c>
+      <c r="R33" s="128">
+        <f t="shared" si="71"/>
+        <v>700</v>
+      </c>
+      <c r="S33" s="128">
+        <f t="shared" si="71"/>
+        <v>700</v>
+      </c>
+      <c r="T33" s="128">
+        <f t="shared" si="71"/>
+        <v>700</v>
+      </c>
+      <c r="U33" s="128">
+        <f t="shared" si="71"/>
+        <v>700</v>
+      </c>
+      <c r="V33" s="128">
+        <f t="shared" si="71"/>
+        <v>700</v>
+      </c>
+      <c r="W33" s="128">
+        <f t="shared" si="71"/>
+        <v>700</v>
+      </c>
+      <c r="X33" s="122">
+        <f t="shared" si="71"/>
+        <v>580</v>
+      </c>
+      <c r="Y33" s="128">
+        <f t="shared" si="71"/>
+        <v>580</v>
+      </c>
+      <c r="Z33" s="128">
+        <f t="shared" si="71"/>
+        <v>460</v>
+      </c>
+      <c r="AA33" s="128">
+        <f t="shared" si="71"/>
+        <v>460</v>
+      </c>
+      <c r="AB33" s="128">
+        <f t="shared" si="71"/>
+        <v>460</v>
+      </c>
+      <c r="AC33" s="128">
+        <f t="shared" si="71"/>
+        <v>351</v>
+      </c>
+      <c r="AD33" s="128">
+        <f t="shared" si="71"/>
+        <v>351</v>
+      </c>
+      <c r="AE33" s="128">
+        <f t="shared" si="71"/>
+        <v>315</v>
+      </c>
+      <c r="AF33" s="128">
+        <f t="shared" si="71"/>
+        <v>315</v>
+      </c>
+      <c r="AG33" s="128">
+        <f t="shared" si="71"/>
+        <v>315</v>
+      </c>
+      <c r="AH33" s="122">
+        <f t="shared" si="71"/>
+        <v>315</v>
+      </c>
+      <c r="AI33" s="128">
+        <f t="shared" si="71"/>
+        <v>315</v>
+      </c>
+      <c r="AJ33" s="20"/>
     </row>
-    <row r="34" spans="1:36" x14ac:dyDescent="0.3">
-[...132 lines deleted...]
-        <v>222.4807848060247</v>
+    <row r="34" spans="1:36">
+      <c r="A34" s="1"/>
+      <c r="B34" s="132" t="s">
+        <v>96</v>
+      </c>
+      <c r="C34" s="133"/>
+      <c r="D34" s="134"/>
+      <c r="E34" s="122">
+        <f>SUM(E21:E30)</f>
+        <v>-671.3</v>
+      </c>
+      <c r="F34" s="128">
+        <f t="shared" ref="F34:AI34" si="72">SUM(F21:F30)</f>
+        <v>-630.99999999999989</v>
+      </c>
+      <c r="G34" s="128">
+        <f t="shared" si="72"/>
+        <v>-639.73800000000006</v>
+      </c>
+      <c r="H34" s="128">
+        <f t="shared" si="72"/>
+        <v>-655.1143800000001</v>
+      </c>
+      <c r="I34" s="128">
+        <f t="shared" si="72"/>
+        <v>-661.12952380000002</v>
+      </c>
+      <c r="J34" s="128">
+        <f t="shared" si="72"/>
+        <v>-686.98381903799998</v>
+      </c>
+      <c r="K34" s="128">
+        <f t="shared" si="72"/>
+        <v>-746.97765722838005</v>
+      </c>
+      <c r="L34" s="128">
+        <f t="shared" si="72"/>
+        <v>-737.6114338006638</v>
+      </c>
+      <c r="M34" s="128">
+        <f t="shared" si="72"/>
+        <v>-796.58554813867056</v>
+      </c>
+      <c r="N34" s="122">
+        <f t="shared" si="72"/>
+        <v>-857.90040362005709</v>
+      </c>
+      <c r="O34" s="128">
+        <f t="shared" si="72"/>
+        <v>-1032.7564076562578</v>
+      </c>
+      <c r="P34" s="128">
+        <f t="shared" si="72"/>
+        <v>-921.85397173282036</v>
+      </c>
+      <c r="Q34" s="128">
+        <f t="shared" si="72"/>
+        <v>-900.9935114501485</v>
+      </c>
+      <c r="R34" s="128">
+        <f t="shared" si="72"/>
+        <v>-720.71120550400462</v>
+      </c>
+      <c r="S34" s="128">
+        <f t="shared" si="72"/>
+        <v>-724.6393175590448</v>
+      </c>
+      <c r="T34" s="128">
+        <f t="shared" si="72"/>
+        <v>-548.65191561050858</v>
+      </c>
+      <c r="U34" s="128">
+        <f t="shared" si="72"/>
+        <v>-553.29843476661358</v>
+      </c>
+      <c r="V34" s="128">
+        <f t="shared" si="72"/>
+        <v>-555.98141911427979</v>
+      </c>
+      <c r="W34" s="128">
+        <f t="shared" si="72"/>
+        <v>-559.70123330542265</v>
+      </c>
+      <c r="X34" s="122">
+        <f t="shared" si="72"/>
+        <v>-539.45824563847691</v>
+      </c>
+      <c r="Y34" s="128">
+        <f t="shared" si="72"/>
+        <v>-594.25282809486157</v>
+      </c>
+      <c r="Z34" s="128">
+        <f t="shared" si="72"/>
+        <v>-547.08535637581019</v>
+      </c>
+      <c r="AA34" s="128">
+        <f t="shared" si="72"/>
+        <v>-550.95620993956834</v>
+      </c>
+      <c r="AB34" s="128">
+        <f t="shared" si="72"/>
+        <v>-554.865772038964</v>
+      </c>
+      <c r="AC34" s="128">
+        <f t="shared" si="72"/>
+        <v>-558.81442975935363</v>
+      </c>
+      <c r="AD34" s="128">
+        <f t="shared" si="72"/>
+        <v>-426.80257405694721</v>
+      </c>
+      <c r="AE34" s="128">
+        <f t="shared" si="72"/>
+        <v>-430.8305997975167</v>
+      </c>
+      <c r="AF34" s="128">
+        <f t="shared" si="72"/>
+        <v>-434.89890579549183</v>
+      </c>
+      <c r="AG34" s="128">
+        <f t="shared" si="72"/>
+        <v>-439.00789485344677</v>
+      </c>
+      <c r="AH34" s="122">
+        <f t="shared" si="72"/>
+        <v>-443.15797380198126</v>
+      </c>
+      <c r="AI34" s="128">
+        <f t="shared" si="72"/>
+        <v>-647.34955354000112</v>
       </c>
       <c r="AJ34" s="20"/>
     </row>
-    <row r="35" spans="1:36" x14ac:dyDescent="0.3">
-[...134 lines deleted...]
-      <c r="AJ35" s="20"/>
+    <row r="35" spans="1:36" s="11" customFormat="1" ht="24.9" customHeight="1">
+      <c r="A35" s="27"/>
+      <c r="B35" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="C35" s="15"/>
+      <c r="D35" s="16"/>
+      <c r="E35" s="118"/>
+      <c r="F35" s="16"/>
+      <c r="G35" s="16"/>
+      <c r="H35" s="16"/>
+      <c r="I35" s="16"/>
+      <c r="J35" s="16"/>
+      <c r="K35" s="16"/>
+      <c r="L35" s="16"/>
+      <c r="M35" s="16"/>
+      <c r="N35" s="118"/>
+      <c r="O35" s="16"/>
+      <c r="P35" s="16"/>
+      <c r="Q35" s="16"/>
+      <c r="R35" s="16"/>
+      <c r="S35" s="16"/>
+      <c r="T35" s="16"/>
+      <c r="U35" s="16"/>
+      <c r="V35" s="16"/>
+      <c r="W35" s="16"/>
+      <c r="X35" s="118"/>
+      <c r="Y35" s="16"/>
+      <c r="Z35" s="16"/>
+      <c r="AA35" s="16"/>
+      <c r="AB35" s="16"/>
+      <c r="AC35" s="28"/>
+      <c r="AD35" s="16"/>
+      <c r="AE35" s="16"/>
+      <c r="AF35" s="16"/>
+      <c r="AG35" s="16"/>
+      <c r="AH35" s="118"/>
+      <c r="AI35" s="16"/>
     </row>
-    <row r="36" spans="1:36" x14ac:dyDescent="0.3">
-      <c r="A36" s="1"/>
+    <row r="36" spans="1:36">
+      <c r="A36" s="29"/>
       <c r="B36" s="17" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>-0.01</v>
+        <v>6</v>
+      </c>
+      <c r="C36" s="33">
+        <v>2E-3</v>
       </c>
       <c r="D36" s="35">
-        <v>4000</v>
-[...123 lines deleted...]
-        <v>2929.2134786175893</v>
+        <v>800</v>
+      </c>
+      <c r="E36" s="76">
+        <f t="shared" ref="E36:AI36" si="73">D36*(1+$C$36)+E31-E42</f>
+        <v>790.30000000000007</v>
+      </c>
+      <c r="F36" s="77">
+        <f t="shared" si="73"/>
+        <v>820.88060000000007</v>
+      </c>
+      <c r="G36" s="76">
+        <f t="shared" si="73"/>
+        <v>842.78436120000003</v>
+      </c>
+      <c r="H36" s="76">
+        <f t="shared" si="73"/>
+        <v>849.35554992240009</v>
+      </c>
+      <c r="I36" s="76">
+        <f t="shared" si="73"/>
+        <v>849.92473722224486</v>
+      </c>
+      <c r="J36" s="76">
+        <f t="shared" si="73"/>
+        <v>864.64076765868936</v>
+      </c>
+      <c r="K36" s="76">
+        <f t="shared" si="73"/>
+        <v>819.39239196562664</v>
+      </c>
+      <c r="L36" s="76">
+        <f t="shared" si="73"/>
+        <v>783.41974294889394</v>
+      </c>
+      <c r="M36" s="78">
+        <f t="shared" si="73"/>
+        <v>688.40103429612134</v>
+      </c>
+      <c r="N36" s="76">
+        <f t="shared" si="73"/>
+        <v>681.87743274465652</v>
+      </c>
+      <c r="O36" s="77">
+        <f t="shared" si="73"/>
+        <v>650.48477995388816</v>
+      </c>
+      <c r="P36" s="76">
+        <f t="shared" si="73"/>
+        <v>629.93177778097561</v>
+      </c>
+      <c r="Q36" s="76">
+        <f t="shared" si="73"/>
+        <v>430.19812988638904</v>
+      </c>
+      <c r="R36" s="76">
+        <f t="shared" si="73"/>
+        <v>410.34732064215711</v>
+      </c>
+      <c r="S36" s="76">
+        <f t="shared" si="73"/>
+        <v>386.52869772439669</v>
+      </c>
+      <c r="T36" s="76">
+        <f t="shared" si="73"/>
+        <v>438.64983950933697</v>
+      </c>
+      <c r="U36" s="76">
+        <f t="shared" si="73"/>
+        <v>436.22870442174201</v>
+      </c>
+      <c r="V36" s="76">
+        <f t="shared" si="73"/>
+        <v>581.11974271630572</v>
+      </c>
+      <c r="W36" s="78">
+        <f t="shared" si="73"/>
+        <v>722.58074889631564</v>
+      </c>
+      <c r="X36" s="76">
+        <f t="shared" si="73"/>
+        <v>764.56766475563131</v>
+      </c>
+      <c r="Y36" s="77">
+        <f t="shared" si="73"/>
+        <v>751.84397199028103</v>
+      </c>
+      <c r="Z36" s="76">
+        <f t="shared" si="73"/>
+        <v>666.26230355845144</v>
+      </c>
+      <c r="AA36" s="76">
+        <f t="shared" si="73"/>
+        <v>576.63861822599995</v>
+      </c>
+      <c r="AB36" s="76">
+        <f t="shared" si="73"/>
+        <v>482.92612342348798</v>
+      </c>
+      <c r="AC36" s="76">
+        <f t="shared" si="73"/>
+        <v>276.07754591098131</v>
+      </c>
+      <c r="AD36" s="76">
+        <f t="shared" si="73"/>
+        <v>276.6297010028033</v>
+      </c>
+      <c r="AE36" s="76">
+        <f t="shared" si="73"/>
+        <v>277.18296040480891</v>
+      </c>
+      <c r="AF36" s="76">
+        <f t="shared" si="73"/>
+        <v>277.73732632561854</v>
+      </c>
+      <c r="AG36" s="78">
+        <f t="shared" si="73"/>
+        <v>278.29280097826978</v>
+      </c>
+      <c r="AH36" s="76">
+        <f t="shared" si="73"/>
+        <v>278.84938658022634</v>
+      </c>
+      <c r="AI36" s="77">
+        <f t="shared" si="73"/>
+        <v>279.40708535338678</v>
       </c>
       <c r="AJ36" s="20"/>
     </row>
-    <row r="37" spans="1:36" x14ac:dyDescent="0.3">
-      <c r="A37" s="1"/>
+    <row r="37" spans="1:36">
+      <c r="A37" s="29"/>
       <c r="B37" s="17" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="C37" s="30"/>
+        <v>4</v>
+      </c>
+      <c r="C37" s="30">
+        <v>0.05</v>
+      </c>
       <c r="D37" s="35">
-        <v>0</v>
-[...123 lines deleted...]
-        <v>0</v>
+        <v>200</v>
+      </c>
+      <c r="E37" s="76">
+        <f t="shared" ref="E37:AI37" si="74">D37*(1+$C$37)+E42+E43</f>
+        <v>262</v>
+      </c>
+      <c r="F37" s="77">
+        <f t="shared" si="74"/>
+        <v>327.10000000000002</v>
+      </c>
+      <c r="G37" s="76">
+        <f t="shared" si="74"/>
+        <v>395.45500000000004</v>
+      </c>
+      <c r="H37" s="76">
+        <f t="shared" si="74"/>
+        <v>467.22775000000007</v>
+      </c>
+      <c r="I37" s="76">
+        <f t="shared" si="74"/>
+        <v>542.58913750000011</v>
+      </c>
+      <c r="J37" s="76">
+        <f t="shared" si="74"/>
+        <v>581.71859437500018</v>
+      </c>
+      <c r="K37" s="76">
+        <f t="shared" si="74"/>
+        <v>622.80452409375016</v>
+      </c>
+      <c r="L37" s="76">
+        <f t="shared" si="74"/>
+        <v>665.94475029843773</v>
+      </c>
+      <c r="M37" s="78">
+        <f t="shared" si="74"/>
+        <v>711.24198781335963</v>
+      </c>
+      <c r="N37" s="76">
+        <f t="shared" si="74"/>
+        <v>608.80408720402761</v>
+      </c>
+      <c r="O37" s="77">
+        <f t="shared" si="74"/>
+        <v>351.244291564229</v>
+      </c>
+      <c r="P37" s="76">
+        <f t="shared" si="74"/>
+        <v>180.80650614244047</v>
+      </c>
+      <c r="Q37" s="76">
+        <f t="shared" si="74"/>
+        <v>201.8468314495625</v>
+      </c>
+      <c r="R37" s="76">
+        <f t="shared" si="74"/>
+        <v>223.93917302204065</v>
+      </c>
+      <c r="S37" s="76">
+        <f t="shared" si="74"/>
+        <v>247.1361316731427</v>
+      </c>
+      <c r="T37" s="76">
+        <f t="shared" si="74"/>
+        <v>371.49293825679985</v>
+      </c>
+      <c r="U37" s="76">
+        <f t="shared" si="74"/>
+        <v>552.06758516963987</v>
+      </c>
+      <c r="V37" s="76">
+        <f t="shared" si="74"/>
+        <v>591.67096442812192</v>
+      </c>
+      <c r="W37" s="78">
+        <f t="shared" si="74"/>
+        <v>633.25451264952801</v>
+      </c>
+      <c r="X37" s="76">
+        <f t="shared" si="74"/>
+        <v>664.9172382820044</v>
+      </c>
+      <c r="Y37" s="77">
+        <f t="shared" si="74"/>
+        <v>698.16310019610466</v>
+      </c>
+      <c r="Z37" s="76">
+        <f t="shared" si="74"/>
+        <v>733.07125520590989</v>
+      </c>
+      <c r="AA37" s="76">
+        <f t="shared" si="74"/>
+        <v>769.72481796620536</v>
+      </c>
+      <c r="AB37" s="76">
+        <f t="shared" si="74"/>
+        <v>808.21105886451562</v>
+      </c>
+      <c r="AC37" s="76">
+        <f t="shared" si="74"/>
+        <v>848.62161180774149</v>
+      </c>
+      <c r="AD37" s="76">
+        <f t="shared" si="74"/>
+        <v>815.25011834118141</v>
+      </c>
+      <c r="AE37" s="76">
+        <f t="shared" si="74"/>
+        <v>740.18202446072382</v>
+      </c>
+      <c r="AF37" s="76">
+        <f t="shared" si="74"/>
+        <v>657.29221988826816</v>
+      </c>
+      <c r="AG37" s="78">
+        <f t="shared" si="74"/>
+        <v>566.14893602923485</v>
+      </c>
+      <c r="AH37" s="76">
+        <f t="shared" si="74"/>
+        <v>466.29840902871535</v>
+      </c>
+      <c r="AI37" s="77">
+        <f t="shared" si="74"/>
+        <v>157.26377594015008</v>
       </c>
       <c r="AJ37" s="20"/>
     </row>
-    <row r="38" spans="1:36" x14ac:dyDescent="0.3">
+    <row r="38" spans="1:36">
       <c r="A38" s="1"/>
-      <c r="B38" s="21" t="s">
-[...97 lines deleted...]
-        <v>0</v>
+      <c r="B38" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="C38" s="30">
+        <v>-0.01</v>
+      </c>
+      <c r="D38" s="35">
+        <v>4000</v>
+      </c>
+      <c r="E38" s="35">
+        <f>D38*(1+$C38)</f>
+        <v>3960</v>
+      </c>
+      <c r="F38" s="35">
+        <f t="shared" ref="F38:AI38" si="75">E38*(1+$C38)</f>
+        <v>3920.4</v>
+      </c>
+      <c r="G38" s="35">
+        <f t="shared" si="75"/>
+        <v>3881.1959999999999</v>
+      </c>
+      <c r="H38" s="35">
+        <f t="shared" si="75"/>
+        <v>3842.3840399999999</v>
+      </c>
+      <c r="I38" s="35">
+        <f t="shared" si="75"/>
+        <v>3803.9601995999997</v>
+      </c>
+      <c r="J38" s="35">
+        <f t="shared" si="75"/>
+        <v>3765.9205976039998</v>
+      </c>
+      <c r="K38" s="35">
+        <f t="shared" si="75"/>
+        <v>3728.2613916279597</v>
+      </c>
+      <c r="L38" s="35">
+        <f t="shared" si="75"/>
+        <v>3690.9787777116799</v>
+      </c>
+      <c r="M38" s="35">
+        <f t="shared" si="75"/>
+        <v>3654.068989934563</v>
+      </c>
+      <c r="N38" s="35">
+        <f t="shared" si="75"/>
+        <v>3617.5283000352174</v>
+      </c>
+      <c r="O38" s="35">
+        <f t="shared" si="75"/>
+        <v>3581.3530170348654</v>
+      </c>
+      <c r="P38" s="35">
+        <f t="shared" si="75"/>
+        <v>3545.5394868645167</v>
+      </c>
+      <c r="Q38" s="35">
+        <f t="shared" si="75"/>
+        <v>3510.0840919958714</v>
+      </c>
+      <c r="R38" s="35">
+        <f t="shared" si="75"/>
+        <v>3474.9832510759124</v>
+      </c>
+      <c r="S38" s="35">
+        <f t="shared" si="75"/>
+        <v>3440.2334185651534</v>
+      </c>
+      <c r="T38" s="35">
+        <f t="shared" si="75"/>
+        <v>3405.831084379502</v>
+      </c>
+      <c r="U38" s="35">
+        <f t="shared" si="75"/>
+        <v>3371.7727735357071</v>
+      </c>
+      <c r="V38" s="35">
+        <f t="shared" si="75"/>
+        <v>3338.0550458003499</v>
+      </c>
+      <c r="W38" s="35">
+        <f t="shared" si="75"/>
+        <v>3304.6744953423463</v>
+      </c>
+      <c r="X38" s="35">
+        <f t="shared" si="75"/>
+        <v>3271.6277503889228</v>
+      </c>
+      <c r="Y38" s="35">
+        <f t="shared" si="75"/>
+        <v>3238.9114728850336</v>
+      </c>
+      <c r="Z38" s="35">
+        <f t="shared" si="75"/>
+        <v>3206.5223581561831</v>
+      </c>
+      <c r="AA38" s="35">
+        <f t="shared" si="75"/>
+        <v>3174.4571345746213</v>
+      </c>
+      <c r="AB38" s="35">
+        <f t="shared" si="75"/>
+        <v>3142.7125632288748</v>
+      </c>
+      <c r="AC38" s="35">
+        <f t="shared" si="75"/>
+        <v>3111.2854375965862</v>
+      </c>
+      <c r="AD38" s="35">
+        <f t="shared" si="75"/>
+        <v>3080.1725832206203</v>
+      </c>
+      <c r="AE38" s="35">
+        <f t="shared" si="75"/>
+        <v>3049.3708573884142</v>
+      </c>
+      <c r="AF38" s="35">
+        <f t="shared" si="75"/>
+        <v>3018.8771488145298</v>
+      </c>
+      <c r="AG38" s="35">
+        <f t="shared" si="75"/>
+        <v>2988.6883773263844</v>
+      </c>
+      <c r="AH38" s="35">
+        <f t="shared" si="75"/>
+        <v>2958.8014935531205</v>
+      </c>
+      <c r="AI38" s="35">
+        <f t="shared" si="75"/>
+        <v>2929.2134786175893</v>
       </c>
       <c r="AJ38" s="20"/>
     </row>
-    <row r="39" spans="1:36" x14ac:dyDescent="0.3">
+    <row r="39" spans="1:36">
       <c r="A39" s="1"/>
-      <c r="B39" s="25" t="s">
-[...129 lines deleted...]
-        <v>4386.942468246948</v>
+      <c r="B39" s="17" t="s">
+        <v>14</v>
+      </c>
+      <c r="C39" s="30"/>
+      <c r="D39" s="35">
+        <v>0</v>
+      </c>
+      <c r="E39" s="35">
+        <f>D39</f>
+        <v>0</v>
+      </c>
+      <c r="F39" s="35">
+        <f t="shared" ref="F39:AI39" si="76">E39</f>
+        <v>0</v>
+      </c>
+      <c r="G39" s="35">
+        <f t="shared" si="76"/>
+        <v>0</v>
+      </c>
+      <c r="H39" s="35">
+        <f t="shared" si="76"/>
+        <v>0</v>
+      </c>
+      <c r="I39" s="35">
+        <f t="shared" si="76"/>
+        <v>0</v>
+      </c>
+      <c r="J39" s="35">
+        <f t="shared" si="76"/>
+        <v>0</v>
+      </c>
+      <c r="K39" s="35">
+        <f t="shared" si="76"/>
+        <v>0</v>
+      </c>
+      <c r="L39" s="35">
+        <f t="shared" si="76"/>
+        <v>0</v>
+      </c>
+      <c r="M39" s="35">
+        <f t="shared" si="76"/>
+        <v>0</v>
+      </c>
+      <c r="N39" s="35">
+        <f t="shared" si="76"/>
+        <v>0</v>
+      </c>
+      <c r="O39" s="35">
+        <f t="shared" si="76"/>
+        <v>0</v>
+      </c>
+      <c r="P39" s="35">
+        <f t="shared" si="76"/>
+        <v>0</v>
+      </c>
+      <c r="Q39" s="35">
+        <f t="shared" si="76"/>
+        <v>0</v>
+      </c>
+      <c r="R39" s="35">
+        <f t="shared" si="76"/>
+        <v>0</v>
+      </c>
+      <c r="S39" s="35">
+        <f t="shared" si="76"/>
+        <v>0</v>
+      </c>
+      <c r="T39" s="35">
+        <f t="shared" si="76"/>
+        <v>0</v>
+      </c>
+      <c r="U39" s="35">
+        <f t="shared" si="76"/>
+        <v>0</v>
+      </c>
+      <c r="V39" s="35">
+        <f t="shared" si="76"/>
+        <v>0</v>
+      </c>
+      <c r="W39" s="35">
+        <f t="shared" si="76"/>
+        <v>0</v>
+      </c>
+      <c r="X39" s="35">
+        <f t="shared" si="76"/>
+        <v>0</v>
+      </c>
+      <c r="Y39" s="35">
+        <f t="shared" si="76"/>
+        <v>0</v>
+      </c>
+      <c r="Z39" s="35">
+        <f t="shared" si="76"/>
+        <v>0</v>
+      </c>
+      <c r="AA39" s="35">
+        <f t="shared" si="76"/>
+        <v>0</v>
+      </c>
+      <c r="AB39" s="35">
+        <f t="shared" si="76"/>
+        <v>0</v>
+      </c>
+      <c r="AC39" s="35">
+        <f t="shared" si="76"/>
+        <v>0</v>
+      </c>
+      <c r="AD39" s="35">
+        <f t="shared" si="76"/>
+        <v>0</v>
+      </c>
+      <c r="AE39" s="35">
+        <f t="shared" si="76"/>
+        <v>0</v>
+      </c>
+      <c r="AF39" s="35">
+        <f t="shared" si="76"/>
+        <v>0</v>
+      </c>
+      <c r="AG39" s="35">
+        <f t="shared" si="76"/>
+        <v>0</v>
+      </c>
+      <c r="AH39" s="35">
+        <f t="shared" si="76"/>
+        <v>0</v>
+      </c>
+      <c r="AI39" s="35">
+        <f t="shared" si="76"/>
+        <v>0</v>
       </c>
       <c r="AJ39" s="20"/>
     </row>
-    <row r="40" spans="1:36" x14ac:dyDescent="0.3">
-      <c r="B40" s="31" t="s">
+    <row r="40" spans="1:36">
+      <c r="A40" s="1"/>
+      <c r="B40" s="21" t="s">
+        <v>16</v>
+      </c>
+      <c r="C40" s="22"/>
+      <c r="D40" s="36">
+        <v>-3000</v>
+      </c>
+      <c r="E40" s="36">
+        <v>-2894</v>
+      </c>
+      <c r="F40" s="36">
+        <v>-2787</v>
+      </c>
+      <c r="G40" s="36">
+        <v>-2679</v>
+      </c>
+      <c r="H40" s="36">
+        <v>-2570</v>
+      </c>
+      <c r="I40" s="36">
+        <v>-2459</v>
+      </c>
+      <c r="J40" s="36">
+        <v>-2347</v>
+      </c>
+      <c r="K40" s="36">
+        <v>-2234</v>
+      </c>
+      <c r="L40" s="36">
+        <v>-2120</v>
+      </c>
+      <c r="M40" s="36">
+        <v>-2005</v>
+      </c>
+      <c r="N40" s="36">
+        <v>-1889</v>
+      </c>
+      <c r="O40" s="36">
+        <v>-1772</v>
+      </c>
+      <c r="P40" s="36">
+        <v>-1653</v>
+      </c>
+      <c r="Q40" s="36">
+        <v>-1533</v>
+      </c>
+      <c r="R40" s="36">
+        <v>-1412</v>
+      </c>
+      <c r="S40" s="36">
+        <v>-1290</v>
+      </c>
+      <c r="T40" s="36">
+        <v>-1167</v>
+      </c>
+      <c r="U40" s="36">
+        <v>-1042</v>
+      </c>
+      <c r="V40" s="36">
+        <v>-916</v>
+      </c>
+      <c r="W40" s="36">
+        <v>-789</v>
+      </c>
+      <c r="X40" s="36">
+        <v>-661</v>
+      </c>
+      <c r="Y40" s="36">
+        <v>-531</v>
+      </c>
+      <c r="Z40" s="36">
+        <v>-400</v>
+      </c>
+      <c r="AA40" s="36">
+        <v>-268</v>
+      </c>
+      <c r="AB40" s="36">
+        <v>-135</v>
+      </c>
+      <c r="AC40" s="36">
+        <v>0</v>
+      </c>
+      <c r="AD40" s="36">
+        <v>0</v>
+      </c>
+      <c r="AE40" s="36">
+        <v>0</v>
+      </c>
+      <c r="AF40" s="36">
+        <v>0</v>
+      </c>
+      <c r="AG40" s="36">
+        <v>0</v>
+      </c>
+      <c r="AH40" s="36">
+        <v>0</v>
+      </c>
+      <c r="AI40" s="36">
+        <v>0</v>
+      </c>
+      <c r="AJ40" s="20"/>
+    </row>
+    <row r="41" spans="1:36">
+      <c r="A41" s="1"/>
+      <c r="B41" s="25" t="s">
+        <v>15</v>
+      </c>
+      <c r="C41" s="26"/>
+      <c r="D41" s="78">
+        <f>SUM(D36:D40)</f>
+        <v>2000</v>
+      </c>
+      <c r="E41" s="76">
+        <f t="shared" ref="E41:AI41" si="77">SUM(E36:E40)</f>
+        <v>2118.3000000000002</v>
+      </c>
+      <c r="F41" s="77">
+        <f t="shared" si="77"/>
+        <v>2281.3806000000004</v>
+      </c>
+      <c r="G41" s="76">
+        <f t="shared" si="77"/>
+        <v>2440.4353611999995</v>
+      </c>
+      <c r="H41" s="76">
+        <f t="shared" si="77"/>
+        <v>2588.9673399224002</v>
+      </c>
+      <c r="I41" s="76">
+        <f t="shared" si="77"/>
+        <v>2737.4740743222446</v>
+      </c>
+      <c r="J41" s="76">
+        <f t="shared" si="77"/>
+        <v>2865.2799596376899</v>
+      </c>
+      <c r="K41" s="76">
+        <f t="shared" si="77"/>
+        <v>2936.4583076873369</v>
+      </c>
+      <c r="L41" s="76">
+        <f t="shared" si="77"/>
+        <v>3020.3432709590115</v>
+      </c>
+      <c r="M41" s="78">
+        <f t="shared" si="77"/>
+        <v>3048.7120120440441</v>
+      </c>
+      <c r="N41" s="76">
+        <f t="shared" si="77"/>
+        <v>3019.209819983902</v>
+      </c>
+      <c r="O41" s="77">
+        <f t="shared" si="77"/>
+        <v>2811.0820885529829</v>
+      </c>
+      <c r="P41" s="76">
+        <f t="shared" si="77"/>
+        <v>2703.2777707879322</v>
+      </c>
+      <c r="Q41" s="76">
+        <f t="shared" si="77"/>
+        <v>2609.1290533318224</v>
+      </c>
+      <c r="R41" s="76">
+        <f t="shared" si="77"/>
+        <v>2697.2697447401106</v>
+      </c>
+      <c r="S41" s="76">
+        <f t="shared" si="77"/>
+        <v>2783.8982479626929</v>
+      </c>
+      <c r="T41" s="76">
+        <f t="shared" si="77"/>
+        <v>3048.973862145639</v>
+      </c>
+      <c r="U41" s="76">
+        <f t="shared" si="77"/>
+        <v>3318.0690631270891</v>
+      </c>
+      <c r="V41" s="76">
+        <f t="shared" si="77"/>
+        <v>3594.8457529447778</v>
+      </c>
+      <c r="W41" s="78">
+        <f t="shared" si="77"/>
+        <v>3871.5097568881902</v>
+      </c>
+      <c r="X41" s="76">
+        <f t="shared" si="77"/>
+        <v>4040.1126534265586</v>
+      </c>
+      <c r="Y41" s="77">
+        <f t="shared" si="77"/>
+        <v>4157.9185450714194</v>
+      </c>
+      <c r="Z41" s="76">
+        <f t="shared" si="77"/>
+        <v>4205.8559169205446</v>
+      </c>
+      <c r="AA41" s="76">
+        <f t="shared" si="77"/>
+        <v>4252.8205707668267</v>
+      </c>
+      <c r="AB41" s="76">
+        <f t="shared" si="77"/>
+        <v>4298.8497455168781</v>
+      </c>
+      <c r="AC41" s="76">
+        <f t="shared" si="77"/>
+        <v>4235.984595315309</v>
+      </c>
+      <c r="AD41" s="76">
+        <f t="shared" si="77"/>
+        <v>4172.0524025646046</v>
+      </c>
+      <c r="AE41" s="76">
+        <f t="shared" si="77"/>
+        <v>4066.7358422539469</v>
+      </c>
+      <c r="AF41" s="76">
+        <f t="shared" si="77"/>
+        <v>3953.9066950284168</v>
+      </c>
+      <c r="AG41" s="78">
+        <f t="shared" si="77"/>
+        <v>3833.1301143338887</v>
+      </c>
+      <c r="AH41" s="76">
+        <f t="shared" si="77"/>
+        <v>3703.9492891620621</v>
+      </c>
+      <c r="AI41" s="77">
+        <f t="shared" si="77"/>
+        <v>3365.8843399111261</v>
+      </c>
+      <c r="AJ41" s="20"/>
+    </row>
+    <row r="42" spans="1:36">
+      <c r="B42" s="31" t="s">
         <v>12</v>
       </c>
-      <c r="C40" s="32"/>
-[...1 lines deleted...]
-      <c r="E40" s="49">
+      <c r="C42" s="32"/>
+      <c r="D42" s="37"/>
+      <c r="E42" s="49">
         <v>40</v>
       </c>
-      <c r="F40" s="38">
-        <f>+E40</f>
+      <c r="F42" s="38">
+        <f>+E42</f>
         <v>40</v>
       </c>
-      <c r="G40" s="39">
-        <f t="shared" ref="G40:V41" si="59">F40</f>
+      <c r="G42" s="39">
+        <f t="shared" ref="G42:V43" si="78">F42</f>
         <v>40</v>
       </c>
-      <c r="H40" s="39">
-        <f t="shared" si="59"/>
+      <c r="H42" s="39">
+        <f t="shared" si="78"/>
         <v>40</v>
       </c>
-      <c r="I40" s="39">
-        <f t="shared" si="59"/>
+      <c r="I42" s="39">
+        <f t="shared" si="78"/>
         <v>40</v>
       </c>
-      <c r="J40" s="39">
-[...11 lines deleted...]
-      <c r="N40" s="49">
+      <c r="J42" s="39">
+        <v>0</v>
+      </c>
+      <c r="K42" s="39">
+        <v>0</v>
+      </c>
+      <c r="L42" s="39">
+        <v>0</v>
+      </c>
+      <c r="M42" s="37">
+        <v>0</v>
+      </c>
+      <c r="N42" s="49">
         <v>-150</v>
       </c>
-      <c r="O40" s="38">
+      <c r="O42" s="38">
         <v>-300</v>
       </c>
-      <c r="P40" s="39">
+      <c r="P42" s="39">
         <v>-200</v>
       </c>
-      <c r="Q40" s="39">
-[...9 lines deleted...]
-      <c r="T40" s="39">
+      <c r="Q42" s="39">
+        <v>0</v>
+      </c>
+      <c r="R42" s="39">
+        <v>0</v>
+      </c>
+      <c r="S42" s="39">
+        <f t="shared" si="78"/>
+        <v>0</v>
+      </c>
+      <c r="T42" s="39">
         <v>100</v>
       </c>
-      <c r="U40" s="39">
+      <c r="U42" s="39">
         <v>150</v>
       </c>
-      <c r="V40" s="39">
-[...45 lines deleted...]
-        <v>-291.72286331617403</v>
+      <c r="V42" s="39">
+        <v>0</v>
+      </c>
+      <c r="W42" s="39">
+        <v>0</v>
+      </c>
+      <c r="X42" s="49">
+        <v>0</v>
+      </c>
+      <c r="Y42" s="39">
+        <v>0</v>
+      </c>
+      <c r="Z42" s="39">
+        <v>0</v>
+      </c>
+      <c r="AA42" s="39">
+        <v>0</v>
+      </c>
+      <c r="AB42" s="39">
+        <v>0</v>
+      </c>
+      <c r="AC42" s="39">
+        <v>0</v>
+      </c>
+      <c r="AD42" s="39">
+        <f t="shared" ref="AD42:AI42" si="79">AD31</f>
+        <v>-75.802574056947208</v>
+      </c>
+      <c r="AE42" s="39">
+        <f t="shared" si="79"/>
+        <v>-115.83059979751668</v>
+      </c>
+      <c r="AF42" s="39">
+        <f t="shared" si="79"/>
+        <v>-119.89890579549186</v>
+      </c>
+      <c r="AG42" s="39">
+        <f t="shared" si="79"/>
+        <v>-124.00789485344677</v>
+      </c>
+      <c r="AH42" s="49">
+        <f t="shared" si="79"/>
+        <v>-128.15797380198126</v>
+      </c>
+      <c r="AI42" s="39">
+        <f t="shared" si="79"/>
+        <v>-332.34955354000107</v>
       </c>
     </row>
-    <row r="41" spans="1:36" x14ac:dyDescent="0.3">
-      <c r="B41" s="31" t="s">
+    <row r="43" spans="1:36">
+      <c r="B43" s="31" t="s">
         <v>19</v>
       </c>
-      <c r="C41" s="32"/>
-[...1 lines deleted...]
-      <c r="E41" s="49">
+      <c r="C43" s="32"/>
+      <c r="D43" s="37"/>
+      <c r="E43" s="49">
         <v>12</v>
       </c>
-      <c r="F41" s="38">
-        <f>E41</f>
+      <c r="F43" s="38">
+        <f>E43</f>
         <v>12</v>
       </c>
-      <c r="G41" s="39">
-        <f t="shared" si="59"/>
+      <c r="G43" s="39">
+        <f t="shared" si="78"/>
         <v>12</v>
       </c>
-      <c r="H41" s="39">
-        <f t="shared" si="59"/>
+      <c r="H43" s="39">
+        <f t="shared" si="78"/>
         <v>12</v>
       </c>
-      <c r="I41" s="39">
-        <f t="shared" si="59"/>
+      <c r="I43" s="39">
+        <f t="shared" si="78"/>
         <v>12</v>
       </c>
-      <c r="J41" s="39">
-        <f t="shared" si="59"/>
+      <c r="J43" s="39">
+        <f t="shared" si="78"/>
         <v>12</v>
       </c>
-      <c r="K41" s="39">
-        <f t="shared" si="59"/>
+      <c r="K43" s="39">
+        <f t="shared" si="78"/>
         <v>12</v>
       </c>
-      <c r="L41" s="39">
-        <f t="shared" si="59"/>
+      <c r="L43" s="39">
+        <f t="shared" si="78"/>
         <v>12</v>
       </c>
-      <c r="M41" s="37">
-        <f t="shared" si="59"/>
+      <c r="M43" s="37">
+        <f t="shared" si="78"/>
         <v>12</v>
       </c>
-      <c r="N41" s="49">
-        <f t="shared" si="59"/>
+      <c r="N43" s="49">
+        <f t="shared" si="78"/>
         <v>12</v>
       </c>
-      <c r="O41" s="38">
-        <f t="shared" ref="O41:P41" si="61">N41</f>
+      <c r="O43" s="38">
+        <f t="shared" ref="O43:P43" si="80">N43</f>
         <v>12</v>
       </c>
-      <c r="P41" s="39">
-        <f t="shared" si="61"/>
+      <c r="P43" s="39">
+        <f t="shared" si="80"/>
         <v>12</v>
       </c>
-      <c r="Q41" s="39">
-        <f t="shared" si="59"/>
+      <c r="Q43" s="39">
+        <f t="shared" si="78"/>
         <v>12</v>
       </c>
-      <c r="R41" s="39">
-        <f t="shared" ref="R41" si="62">Q41</f>
+      <c r="R43" s="39">
+        <f t="shared" ref="R43" si="81">Q43</f>
         <v>12</v>
       </c>
-      <c r="S41" s="39">
-        <f t="shared" si="59"/>
+      <c r="S43" s="39">
+        <f t="shared" si="78"/>
         <v>12</v>
       </c>
-      <c r="T41" s="39">
-        <f t="shared" ref="T41" si="63">S41</f>
+      <c r="T43" s="39">
+        <f t="shared" ref="T43" si="82">S43</f>
         <v>12</v>
       </c>
-      <c r="U41" s="39">
-        <f t="shared" si="59"/>
+      <c r="U43" s="39">
+        <f t="shared" si="78"/>
         <v>12</v>
       </c>
-      <c r="V41" s="39">
-        <f t="shared" si="59"/>
+      <c r="V43" s="39">
+        <f t="shared" si="78"/>
         <v>12</v>
       </c>
-      <c r="W41" s="39">
-        <f t="shared" ref="W41" si="64">V41</f>
+      <c r="W43" s="39">
+        <f t="shared" ref="W43" si="83">V43</f>
         <v>12</v>
       </c>
-      <c r="X41" s="49">
-[...32 lines deleted...]
-      <c r="AI41" s="39">
+      <c r="X43" s="49">
+        <v>0</v>
+      </c>
+      <c r="Y43" s="39">
+        <v>0</v>
+      </c>
+      <c r="Z43" s="39">
+        <v>0</v>
+      </c>
+      <c r="AA43" s="39">
+        <v>0</v>
+      </c>
+      <c r="AB43" s="39">
+        <v>0</v>
+      </c>
+      <c r="AC43" s="39">
+        <v>0</v>
+      </c>
+      <c r="AD43" s="39">
+        <v>0</v>
+      </c>
+      <c r="AE43" s="39">
+        <v>0</v>
+      </c>
+      <c r="AF43" s="39">
+        <v>0</v>
+      </c>
+      <c r="AG43" s="39">
+        <v>0</v>
+      </c>
+      <c r="AH43" s="49">
+        <v>0</v>
+      </c>
+      <c r="AI43" s="39">
         <v>0</v>
       </c>
     </row>
-    <row r="43" spans="1:36" x14ac:dyDescent="0.3">
-      <c r="B43" s="2" t="s">
+    <row r="45" spans="1:36">
+      <c r="B45" s="2" t="s">
         <v>18</v>
       </c>
     </row>
-    <row r="73" spans="2:49" s="110" customFormat="1" x14ac:dyDescent="0.3"/>
-[...1 lines deleted...]
-      <c r="B75" s="2" t="s">
+    <row r="75" spans="2:11" s="110" customFormat="1"/>
+    <row r="77" spans="2:11">
+      <c r="B77" s="2" t="s">
         <v>91</v>
       </c>
     </row>
-    <row r="78" spans="2:49" x14ac:dyDescent="0.3">
-      <c r="B78" s="72" t="s">
+    <row r="80" spans="2:11">
+      <c r="B80" s="72" t="s">
         <v>71</v>
       </c>
-      <c r="F78" s="2" t="s">
+      <c r="F80" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="J78" s="57"/>
-      <c r="K78" s="56" t="s">
+      <c r="J80" s="57"/>
+      <c r="K80" s="56" t="s">
         <v>88</v>
       </c>
     </row>
-    <row r="79" spans="2:49" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="F79" s="55" t="s">
+    <row r="81" spans="2:49">
+      <c r="E81" s="56"/>
+      <c r="F81" s="55" t="s">
         <v>67</v>
       </c>
-      <c r="G79" s="55" t="s">
+      <c r="G81" s="55" t="s">
         <v>63</v>
       </c>
-      <c r="H79" s="55" t="s">
+      <c r="H81" s="55" t="s">
         <v>64</v>
       </c>
-      <c r="J79" s="54"/>
-      <c r="K79" s="56" t="s">
+      <c r="J81" s="54"/>
+      <c r="K81" s="56" t="s">
         <v>87</v>
       </c>
-      <c r="N79" s="56"/>
-[...107 lines deleted...]
-      <c r="M81" s="56"/>
       <c r="N81" s="56"/>
-      <c r="O81" s="56"/>
-      <c r="P81" s="56"/>
       <c r="Q81" s="56"/>
       <c r="R81" s="56"/>
       <c r="S81" s="56"/>
       <c r="T81" s="56"/>
       <c r="U81" s="56"/>
       <c r="V81" s="56"/>
       <c r="W81" s="56"/>
       <c r="X81" s="56"/>
       <c r="Y81" s="56"/>
       <c r="Z81" s="56"/>
       <c r="AA81" s="56"/>
       <c r="AB81" s="56"/>
       <c r="AC81" s="56"/>
       <c r="AD81" s="56"/>
       <c r="AE81" s="56"/>
       <c r="AF81" s="56"/>
       <c r="AG81" s="56"/>
       <c r="AH81" s="56"/>
       <c r="AI81" s="56"/>
-      <c r="AJ81" s="75" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="AJ81" s="56"/>
       <c r="AK81" s="56"/>
       <c r="AL81" s="56"/>
       <c r="AM81" s="56"/>
       <c r="AN81" s="56"/>
       <c r="AO81" s="56"/>
       <c r="AP81" s="56"/>
       <c r="AQ81" s="56"/>
       <c r="AR81" s="56"/>
       <c r="AS81" s="56"/>
       <c r="AT81" s="56"/>
       <c r="AU81" s="56"/>
       <c r="AV81" s="56"/>
       <c r="AW81" s="56"/>
     </row>
-    <row r="82" spans="2:49" x14ac:dyDescent="0.3">
-      <c r="B82" s="134" t="s">
+    <row r="82" spans="2:49">
+      <c r="B82" s="146" t="s">
+        <v>74</v>
+      </c>
+      <c r="C82" s="146"/>
+      <c r="D82" s="63">
+        <v>25</v>
+      </c>
+      <c r="E82" s="56"/>
+      <c r="F82" s="79">
+        <f>SUM(E86:AW86)</f>
+        <v>-3000</v>
+      </c>
+      <c r="G82" s="79">
+        <f>SUM(E87:AW87)</f>
+        <v>-406</v>
+      </c>
+      <c r="H82" s="79">
+        <f>F82+G82</f>
+        <v>-3406</v>
+      </c>
+      <c r="J82" s="108"/>
+      <c r="K82" s="2" t="s">
+        <v>86</v>
+      </c>
+      <c r="N82" s="56"/>
+      <c r="Q82" s="56"/>
+      <c r="R82" s="56"/>
+      <c r="S82" s="56"/>
+      <c r="T82" s="56"/>
+      <c r="U82" s="56"/>
+      <c r="V82" s="56"/>
+      <c r="W82" s="56"/>
+      <c r="X82" s="56"/>
+      <c r="Y82" s="56"/>
+      <c r="Z82" s="56"/>
+      <c r="AA82" s="56"/>
+      <c r="AB82" s="56"/>
+      <c r="AC82" s="56"/>
+      <c r="AD82" s="56"/>
+      <c r="AE82" s="56"/>
+      <c r="AF82" s="56"/>
+      <c r="AG82" s="56"/>
+      <c r="AH82" s="56"/>
+      <c r="AI82" s="56"/>
+      <c r="AJ82" s="56" t="s">
+        <v>83</v>
+      </c>
+      <c r="AK82" s="56"/>
+      <c r="AL82" s="56"/>
+      <c r="AM82" s="56"/>
+      <c r="AN82" s="56"/>
+      <c r="AO82" s="56"/>
+      <c r="AP82" s="56"/>
+      <c r="AQ82" s="56"/>
+      <c r="AR82" s="56"/>
+      <c r="AS82" s="56"/>
+      <c r="AT82" s="56"/>
+      <c r="AU82" s="56"/>
+      <c r="AV82" s="56"/>
+      <c r="AW82" s="56"/>
+    </row>
+    <row r="83" spans="2:49">
+      <c r="C83" s="56"/>
+      <c r="D83" s="56"/>
+      <c r="E83" s="56"/>
+      <c r="F83" s="56"/>
+      <c r="G83" s="56"/>
+      <c r="H83" s="56"/>
+      <c r="I83" s="56"/>
+      <c r="J83" s="56"/>
+      <c r="K83" s="56"/>
+      <c r="L83" s="56"/>
+      <c r="M83" s="56"/>
+      <c r="N83" s="56"/>
+      <c r="O83" s="56"/>
+      <c r="P83" s="56"/>
+      <c r="Q83" s="56"/>
+      <c r="R83" s="56"/>
+      <c r="S83" s="56"/>
+      <c r="T83" s="56"/>
+      <c r="U83" s="56"/>
+      <c r="V83" s="56"/>
+      <c r="W83" s="56"/>
+      <c r="X83" s="56"/>
+      <c r="Y83" s="56"/>
+      <c r="Z83" s="56"/>
+      <c r="AA83" s="56"/>
+      <c r="AB83" s="56"/>
+      <c r="AC83" s="56"/>
+      <c r="AD83" s="56"/>
+      <c r="AE83" s="56"/>
+      <c r="AF83" s="56"/>
+      <c r="AG83" s="56"/>
+      <c r="AH83" s="56"/>
+      <c r="AI83" s="56"/>
+      <c r="AJ83" s="75" t="s">
+        <v>84</v>
+      </c>
+      <c r="AK83" s="56"/>
+      <c r="AL83" s="56"/>
+      <c r="AM83" s="56"/>
+      <c r="AN83" s="56"/>
+      <c r="AO83" s="56"/>
+      <c r="AP83" s="56"/>
+      <c r="AQ83" s="56"/>
+      <c r="AR83" s="56"/>
+      <c r="AS83" s="56"/>
+      <c r="AT83" s="56"/>
+      <c r="AU83" s="56"/>
+      <c r="AV83" s="56"/>
+      <c r="AW83" s="56"/>
+    </row>
+    <row r="84" spans="2:49">
+      <c r="B84" s="141" t="s">
         <v>80</v>
       </c>
-      <c r="C82" s="135"/>
-[...1 lines deleted...]
-      <c r="E82" s="74">
+      <c r="C84" s="142"/>
+      <c r="D84" s="143"/>
+      <c r="E84" s="74">
         <v>1</v>
       </c>
-      <c r="F82" s="74">
-        <f t="shared" ref="F82:AW82" si="65">E82+1</f>
+      <c r="F84" s="74">
+        <f t="shared" ref="F84:AW84" si="84">E84+1</f>
         <v>2</v>
       </c>
-      <c r="G82" s="74">
-        <f t="shared" si="65"/>
+      <c r="G84" s="74">
+        <f t="shared" si="84"/>
         <v>3</v>
       </c>
-      <c r="H82" s="74">
-        <f t="shared" si="65"/>
+      <c r="H84" s="74">
+        <f t="shared" si="84"/>
         <v>4</v>
       </c>
-      <c r="I82" s="74">
-        <f t="shared" si="65"/>
+      <c r="I84" s="74">
+        <f t="shared" si="84"/>
         <v>5</v>
       </c>
-      <c r="J82" s="74">
-        <f t="shared" si="65"/>
+      <c r="J84" s="74">
+        <f t="shared" si="84"/>
         <v>6</v>
       </c>
-      <c r="K82" s="74">
-        <f t="shared" si="65"/>
+      <c r="K84" s="74">
+        <f t="shared" si="84"/>
         <v>7</v>
       </c>
-      <c r="L82" s="74">
-        <f t="shared" si="65"/>
+      <c r="L84" s="74">
+        <f t="shared" si="84"/>
         <v>8</v>
       </c>
-      <c r="M82" s="74">
-        <f t="shared" si="65"/>
+      <c r="M84" s="74">
+        <f t="shared" si="84"/>
         <v>9</v>
       </c>
-      <c r="N82" s="74">
-        <f t="shared" si="65"/>
+      <c r="N84" s="74">
+        <f t="shared" si="84"/>
         <v>10</v>
       </c>
-      <c r="O82" s="74">
-        <f t="shared" si="65"/>
+      <c r="O84" s="74">
+        <f t="shared" si="84"/>
         <v>11</v>
       </c>
-      <c r="P82" s="74">
-        <f t="shared" si="65"/>
+      <c r="P84" s="74">
+        <f t="shared" si="84"/>
         <v>12</v>
       </c>
-      <c r="Q82" s="74">
-        <f t="shared" si="65"/>
+      <c r="Q84" s="74">
+        <f t="shared" si="84"/>
         <v>13</v>
       </c>
-      <c r="R82" s="74">
-        <f t="shared" si="65"/>
+      <c r="R84" s="74">
+        <f t="shared" si="84"/>
         <v>14</v>
       </c>
-      <c r="S82" s="74">
-        <f t="shared" si="65"/>
+      <c r="S84" s="74">
+        <f t="shared" si="84"/>
         <v>15</v>
       </c>
-      <c r="T82" s="74">
-        <f t="shared" si="65"/>
+      <c r="T84" s="74">
+        <f t="shared" si="84"/>
         <v>16</v>
       </c>
-      <c r="U82" s="74">
-        <f t="shared" si="65"/>
+      <c r="U84" s="74">
+        <f t="shared" si="84"/>
         <v>17</v>
       </c>
-      <c r="V82" s="74">
-        <f t="shared" si="65"/>
+      <c r="V84" s="74">
+        <f t="shared" si="84"/>
         <v>18</v>
       </c>
-      <c r="W82" s="74">
-        <f t="shared" si="65"/>
+      <c r="W84" s="74">
+        <f t="shared" si="84"/>
         <v>19</v>
       </c>
-      <c r="X82" s="74">
-        <f t="shared" si="65"/>
+      <c r="X84" s="74">
+        <f t="shared" si="84"/>
         <v>20</v>
       </c>
-      <c r="Y82" s="74">
-        <f t="shared" si="65"/>
+      <c r="Y84" s="74">
+        <f t="shared" si="84"/>
         <v>21</v>
       </c>
-      <c r="Z82" s="74">
-        <f t="shared" si="65"/>
+      <c r="Z84" s="74">
+        <f t="shared" si="84"/>
         <v>22</v>
       </c>
-      <c r="AA82" s="74">
-        <f t="shared" si="65"/>
+      <c r="AA84" s="74">
+        <f t="shared" si="84"/>
         <v>23</v>
       </c>
-      <c r="AB82" s="74">
-        <f t="shared" si="65"/>
+      <c r="AB84" s="74">
+        <f t="shared" si="84"/>
         <v>24</v>
       </c>
-      <c r="AC82" s="74">
-        <f t="shared" si="65"/>
+      <c r="AC84" s="74">
+        <f t="shared" si="84"/>
         <v>25</v>
       </c>
-      <c r="AD82" s="74">
-        <f t="shared" si="65"/>
+      <c r="AD84" s="74">
+        <f t="shared" si="84"/>
         <v>26</v>
       </c>
-      <c r="AE82" s="74">
-        <f t="shared" si="65"/>
+      <c r="AE84" s="74">
+        <f t="shared" si="84"/>
         <v>27</v>
       </c>
-      <c r="AF82" s="74">
-        <f t="shared" si="65"/>
+      <c r="AF84" s="74">
+        <f t="shared" si="84"/>
         <v>28</v>
       </c>
-      <c r="AG82" s="74">
-        <f t="shared" si="65"/>
+      <c r="AG84" s="74">
+        <f t="shared" si="84"/>
         <v>29</v>
       </c>
-      <c r="AH82" s="74">
-        <f t="shared" si="65"/>
+      <c r="AH84" s="74">
+        <f t="shared" si="84"/>
         <v>30</v>
       </c>
-      <c r="AI82" s="74">
-        <f t="shared" si="65"/>
+      <c r="AI84" s="74">
+        <f t="shared" si="84"/>
         <v>31</v>
       </c>
-      <c r="AJ82" s="109">
-        <f t="shared" si="65"/>
+      <c r="AJ84" s="109">
+        <f t="shared" si="84"/>
         <v>32</v>
       </c>
-      <c r="AK82" s="109">
-        <f t="shared" si="65"/>
+      <c r="AK84" s="109">
+        <f t="shared" si="84"/>
         <v>33</v>
       </c>
-      <c r="AL82" s="109">
-        <f t="shared" si="65"/>
+      <c r="AL84" s="109">
+        <f t="shared" si="84"/>
         <v>34</v>
       </c>
-      <c r="AM82" s="109">
-        <f t="shared" si="65"/>
+      <c r="AM84" s="109">
+        <f t="shared" si="84"/>
         <v>35</v>
       </c>
-      <c r="AN82" s="109">
-        <f t="shared" si="65"/>
+      <c r="AN84" s="109">
+        <f t="shared" si="84"/>
         <v>36</v>
       </c>
-      <c r="AO82" s="109">
-        <f t="shared" si="65"/>
+      <c r="AO84" s="109">
+        <f t="shared" si="84"/>
         <v>37</v>
       </c>
-      <c r="AP82" s="109">
-        <f t="shared" si="65"/>
+      <c r="AP84" s="109">
+        <f t="shared" si="84"/>
         <v>38</v>
       </c>
-      <c r="AQ82" s="109">
-        <f t="shared" si="65"/>
+      <c r="AQ84" s="109">
+        <f t="shared" si="84"/>
         <v>39</v>
       </c>
-      <c r="AR82" s="109">
-        <f t="shared" si="65"/>
+      <c r="AR84" s="109">
+        <f t="shared" si="84"/>
         <v>40</v>
       </c>
-      <c r="AS82" s="109">
-        <f t="shared" si="65"/>
+      <c r="AS84" s="109">
+        <f t="shared" si="84"/>
         <v>41</v>
       </c>
-      <c r="AT82" s="109">
-        <f t="shared" si="65"/>
+      <c r="AT84" s="109">
+        <f t="shared" si="84"/>
         <v>42</v>
       </c>
-      <c r="AU82" s="109">
-        <f t="shared" si="65"/>
+      <c r="AU84" s="109">
+        <f t="shared" si="84"/>
         <v>43</v>
       </c>
-      <c r="AV82" s="109">
-        <f t="shared" si="65"/>
+      <c r="AV84" s="109">
+        <f t="shared" si="84"/>
         <v>44</v>
       </c>
-      <c r="AW82" s="109">
-        <f t="shared" si="65"/>
+      <c r="AW84" s="109">
+        <f t="shared" si="84"/>
         <v>45</v>
       </c>
     </row>
-    <row r="83" spans="2:49" x14ac:dyDescent="0.3">
-      <c r="B83" s="134" t="s">
+    <row r="85" spans="2:49">
+      <c r="B85" s="141" t="s">
         <v>66</v>
       </c>
-      <c r="C83" s="135"/>
-[...1 lines deleted...]
-      <c r="E83" s="58">
+      <c r="C85" s="142"/>
+      <c r="D85" s="143"/>
+      <c r="E85" s="58">
         <v>0.01</v>
       </c>
-      <c r="F83" s="58">
-        <f t="shared" ref="F83:AW83" si="66">E83</f>
+      <c r="F85" s="58">
+        <f t="shared" ref="F85:AW85" si="85">E85</f>
         <v>0.01</v>
       </c>
-      <c r="G83" s="58">
-        <f t="shared" si="66"/>
+      <c r="G85" s="58">
+        <f t="shared" si="85"/>
         <v>0.01</v>
       </c>
-      <c r="H83" s="58">
-        <f t="shared" si="66"/>
+      <c r="H85" s="58">
+        <f t="shared" si="85"/>
         <v>0.01</v>
       </c>
-      <c r="I83" s="58">
-        <f t="shared" si="66"/>
+      <c r="I85" s="58">
+        <f t="shared" si="85"/>
         <v>0.01</v>
       </c>
-      <c r="J83" s="58">
-        <f t="shared" si="66"/>
+      <c r="J85" s="58">
+        <f t="shared" si="85"/>
         <v>0.01</v>
       </c>
-      <c r="K83" s="58">
-        <f t="shared" si="66"/>
+      <c r="K85" s="58">
+        <f t="shared" si="85"/>
         <v>0.01</v>
       </c>
-      <c r="L83" s="58">
-        <f t="shared" si="66"/>
+      <c r="L85" s="58">
+        <f t="shared" si="85"/>
         <v>0.01</v>
       </c>
-      <c r="M83" s="58">
-        <f t="shared" si="66"/>
+      <c r="M85" s="58">
+        <f t="shared" si="85"/>
         <v>0.01</v>
       </c>
-      <c r="N83" s="58">
-        <f t="shared" si="66"/>
+      <c r="N85" s="58">
+        <f t="shared" si="85"/>
         <v>0.01</v>
       </c>
-      <c r="O83" s="58">
-        <f t="shared" si="66"/>
+      <c r="O85" s="58">
+        <f t="shared" si="85"/>
         <v>0.01</v>
       </c>
-      <c r="P83" s="58">
-        <f t="shared" si="66"/>
+      <c r="P85" s="58">
+        <f t="shared" si="85"/>
         <v>0.01</v>
       </c>
-      <c r="Q83" s="58">
-        <f t="shared" si="66"/>
+      <c r="Q85" s="58">
+        <f t="shared" si="85"/>
         <v>0.01</v>
       </c>
-      <c r="R83" s="58">
-        <f t="shared" si="66"/>
+      <c r="R85" s="58">
+        <f t="shared" si="85"/>
         <v>0.01</v>
       </c>
-      <c r="S83" s="58">
-        <f t="shared" si="66"/>
+      <c r="S85" s="58">
+        <f t="shared" si="85"/>
         <v>0.01</v>
       </c>
-      <c r="T83" s="58">
-        <f t="shared" si="66"/>
+      <c r="T85" s="58">
+        <f t="shared" si="85"/>
         <v>0.01</v>
       </c>
-      <c r="U83" s="58">
-        <f t="shared" si="66"/>
+      <c r="U85" s="58">
+        <f t="shared" si="85"/>
         <v>0.01</v>
       </c>
-      <c r="V83" s="58">
-        <f t="shared" si="66"/>
+      <c r="V85" s="58">
+        <f t="shared" si="85"/>
         <v>0.01</v>
       </c>
-      <c r="W83" s="58">
-        <f t="shared" si="66"/>
+      <c r="W85" s="58">
+        <f t="shared" si="85"/>
         <v>0.01</v>
       </c>
-      <c r="X83" s="58">
-        <f t="shared" si="66"/>
+      <c r="X85" s="58">
+        <f t="shared" si="85"/>
         <v>0.01</v>
       </c>
-      <c r="Y83" s="58">
-        <f t="shared" si="66"/>
+      <c r="Y85" s="58">
+        <f t="shared" si="85"/>
         <v>0.01</v>
       </c>
-      <c r="Z83" s="58">
-        <f t="shared" si="66"/>
+      <c r="Z85" s="58">
+        <f t="shared" si="85"/>
         <v>0.01</v>
       </c>
-      <c r="AA83" s="58">
-        <f t="shared" si="66"/>
+      <c r="AA85" s="58">
+        <f t="shared" si="85"/>
         <v>0.01</v>
       </c>
-      <c r="AB83" s="58">
-        <f t="shared" si="66"/>
+      <c r="AB85" s="58">
+        <f t="shared" si="85"/>
         <v>0.01</v>
       </c>
-      <c r="AC83" s="58">
-        <f t="shared" si="66"/>
+      <c r="AC85" s="58">
+        <f t="shared" si="85"/>
         <v>0.01</v>
       </c>
-      <c r="AD83" s="58">
-        <f t="shared" si="66"/>
+      <c r="AD85" s="58">
+        <f t="shared" si="85"/>
         <v>0.01</v>
       </c>
-      <c r="AE83" s="58">
-        <f t="shared" si="66"/>
+      <c r="AE85" s="58">
+        <f t="shared" si="85"/>
         <v>0.01</v>
       </c>
-      <c r="AF83" s="58">
-        <f t="shared" si="66"/>
+      <c r="AF85" s="58">
+        <f t="shared" si="85"/>
         <v>0.01</v>
       </c>
-      <c r="AG83" s="58">
-        <f t="shared" si="66"/>
+      <c r="AG85" s="58">
+        <f t="shared" si="85"/>
         <v>0.01</v>
       </c>
-      <c r="AH83" s="58">
-        <f t="shared" si="66"/>
+      <c r="AH85" s="58">
+        <f t="shared" si="85"/>
         <v>0.01</v>
       </c>
-      <c r="AI83" s="58">
-        <f t="shared" si="66"/>
+      <c r="AI85" s="58">
+        <f t="shared" si="85"/>
         <v>0.01</v>
       </c>
-      <c r="AJ83" s="58">
-        <f t="shared" si="66"/>
+      <c r="AJ85" s="58">
+        <f t="shared" si="85"/>
         <v>0.01</v>
       </c>
-      <c r="AK83" s="58">
-        <f t="shared" si="66"/>
+      <c r="AK85" s="58">
+        <f t="shared" si="85"/>
         <v>0.01</v>
       </c>
-      <c r="AL83" s="58">
-        <f t="shared" si="66"/>
+      <c r="AL85" s="58">
+        <f t="shared" si="85"/>
         <v>0.01</v>
       </c>
-      <c r="AM83" s="58">
-        <f t="shared" si="66"/>
+      <c r="AM85" s="58">
+        <f t="shared" si="85"/>
         <v>0.01</v>
       </c>
-      <c r="AN83" s="58">
-        <f t="shared" si="66"/>
+      <c r="AN85" s="58">
+        <f t="shared" si="85"/>
         <v>0.01</v>
       </c>
-      <c r="AO83" s="58">
-        <f t="shared" si="66"/>
+      <c r="AO85" s="58">
+        <f t="shared" si="85"/>
         <v>0.01</v>
       </c>
-      <c r="AP83" s="58">
-        <f t="shared" si="66"/>
+      <c r="AP85" s="58">
+        <f t="shared" si="85"/>
         <v>0.01</v>
       </c>
-      <c r="AQ83" s="58">
-        <f t="shared" si="66"/>
+      <c r="AQ85" s="58">
+        <f t="shared" si="85"/>
         <v>0.01</v>
       </c>
-      <c r="AR83" s="58">
-        <f t="shared" si="66"/>
+      <c r="AR85" s="58">
+        <f t="shared" si="85"/>
         <v>0.01</v>
       </c>
-      <c r="AS83" s="58">
-        <f t="shared" si="66"/>
+      <c r="AS85" s="58">
+        <f t="shared" si="85"/>
         <v>0.01</v>
       </c>
-      <c r="AT83" s="58">
-        <f t="shared" si="66"/>
+      <c r="AT85" s="58">
+        <f t="shared" si="85"/>
         <v>0.01</v>
       </c>
-      <c r="AU83" s="58">
-        <f t="shared" si="66"/>
+      <c r="AU85" s="58">
+        <f t="shared" si="85"/>
         <v>0.01</v>
       </c>
-      <c r="AV83" s="58">
-        <f t="shared" si="66"/>
+      <c r="AV85" s="58">
+        <f t="shared" si="85"/>
         <v>0.01</v>
       </c>
-      <c r="AW83" s="58">
-        <f t="shared" si="66"/>
+      <c r="AW85" s="58">
+        <f t="shared" si="85"/>
         <v>0.01</v>
       </c>
     </row>
-    <row r="84" spans="2:49" x14ac:dyDescent="0.3">
-      <c r="B84" s="140" t="s">
+    <row r="86" spans="2:49">
+      <c r="B86" s="147" t="s">
         <v>28</v>
       </c>
-      <c r="C84" s="59" t="s">
+      <c r="C86" s="59" t="s">
         <v>29</v>
       </c>
-      <c r="D84" s="52" t="s">
+      <c r="D86" s="52" t="s">
         <v>72</v>
       </c>
-      <c r="E84" s="80">
-        <f t="shared" ref="E84:AW84" si="67">IF(ISERROR(-ROUND(PPMT(E83,1,$D80-E82+1,D87,0),0)),0,-ROUND(PPMT(E83,1,$D80-E82+1,D87,0),0))</f>
+      <c r="E86" s="80">
+        <f t="shared" ref="E86:AW86" si="86">IF(ISERROR(-ROUND(PPMT(E85,1,$D82-E84+1,D89,0),0)),0,-ROUND(PPMT(E85,1,$D82-E84+1,D89,0),0))</f>
         <v>-106</v>
       </c>
-      <c r="F84" s="80">
-        <f t="shared" si="67"/>
+      <c r="F86" s="80">
+        <f t="shared" si="86"/>
         <v>-107</v>
       </c>
-      <c r="G84" s="80">
-        <f t="shared" si="67"/>
+      <c r="G86" s="80">
+        <f t="shared" si="86"/>
         <v>-108</v>
       </c>
-      <c r="H84" s="80">
-        <f t="shared" si="67"/>
+      <c r="H86" s="80">
+        <f t="shared" si="86"/>
         <v>-109</v>
       </c>
-      <c r="I84" s="80">
-        <f t="shared" si="67"/>
+      <c r="I86" s="80">
+        <f t="shared" si="86"/>
         <v>-111</v>
       </c>
-      <c r="J84" s="80">
-        <f t="shared" si="67"/>
+      <c r="J86" s="80">
+        <f t="shared" si="86"/>
         <v>-112</v>
       </c>
-      <c r="K84" s="80">
-        <f t="shared" si="67"/>
+      <c r="K86" s="80">
+        <f t="shared" si="86"/>
         <v>-113</v>
       </c>
-      <c r="L84" s="80">
-        <f t="shared" si="67"/>
+      <c r="L86" s="80">
+        <f t="shared" si="86"/>
         <v>-114</v>
       </c>
-      <c r="M84" s="80">
-        <f t="shared" si="67"/>
+      <c r="M86" s="80">
+        <f t="shared" si="86"/>
         <v>-115</v>
       </c>
-      <c r="N84" s="80">
-        <f t="shared" si="67"/>
+      <c r="N86" s="80">
+        <f t="shared" si="86"/>
         <v>-116</v>
       </c>
-      <c r="O84" s="80">
-        <f t="shared" si="67"/>
+      <c r="O86" s="80">
+        <f t="shared" si="86"/>
         <v>-117</v>
       </c>
-      <c r="P84" s="80">
-        <f t="shared" si="67"/>
+      <c r="P86" s="80">
+        <f t="shared" si="86"/>
         <v>-119</v>
       </c>
-      <c r="Q84" s="80">
-        <f t="shared" si="67"/>
+      <c r="Q86" s="80">
+        <f t="shared" si="86"/>
         <v>-120</v>
       </c>
-      <c r="R84" s="80">
-        <f t="shared" si="67"/>
+      <c r="R86" s="80">
+        <f t="shared" si="86"/>
         <v>-121</v>
       </c>
-      <c r="S84" s="80">
-        <f t="shared" si="67"/>
+      <c r="S86" s="80">
+        <f t="shared" si="86"/>
         <v>-122</v>
       </c>
-      <c r="T84" s="80">
-        <f t="shared" si="67"/>
+      <c r="T86" s="80">
+        <f t="shared" si="86"/>
         <v>-123</v>
       </c>
-      <c r="U84" s="80">
-        <f t="shared" si="67"/>
+      <c r="U86" s="80">
+        <f t="shared" si="86"/>
         <v>-125</v>
       </c>
-      <c r="V84" s="80">
-        <f t="shared" si="67"/>
+      <c r="V86" s="80">
+        <f t="shared" si="86"/>
         <v>-126</v>
       </c>
-      <c r="W84" s="80">
-        <f t="shared" si="67"/>
+      <c r="W86" s="80">
+        <f t="shared" si="86"/>
         <v>-127</v>
       </c>
-      <c r="X84" s="80">
-        <f t="shared" si="67"/>
+      <c r="X86" s="80">
+        <f t="shared" si="86"/>
         <v>-128</v>
       </c>
-      <c r="Y84" s="80">
-        <f t="shared" si="67"/>
+      <c r="Y86" s="80">
+        <f t="shared" si="86"/>
         <v>-130</v>
       </c>
-      <c r="Z84" s="80">
-        <f t="shared" si="67"/>
+      <c r="Z86" s="80">
+        <f t="shared" si="86"/>
         <v>-131</v>
       </c>
-      <c r="AA84" s="80">
-        <f t="shared" si="67"/>
+      <c r="AA86" s="80">
+        <f t="shared" si="86"/>
         <v>-132</v>
       </c>
-      <c r="AB84" s="80">
-        <f t="shared" si="67"/>
+      <c r="AB86" s="80">
+        <f t="shared" si="86"/>
         <v>-133</v>
       </c>
-      <c r="AC84" s="80">
-        <f t="shared" si="67"/>
+      <c r="AC86" s="80">
+        <f t="shared" si="86"/>
         <v>-135</v>
       </c>
-      <c r="AD84" s="80">
-[...76 lines deleted...]
-        <f t="shared" si="67"/>
+      <c r="AD86" s="80">
+        <f t="shared" si="86"/>
+        <v>0</v>
+      </c>
+      <c r="AE86" s="80">
+        <f t="shared" si="86"/>
+        <v>0</v>
+      </c>
+      <c r="AF86" s="80">
+        <f t="shared" si="86"/>
+        <v>0</v>
+      </c>
+      <c r="AG86" s="80">
+        <f t="shared" si="86"/>
+        <v>0</v>
+      </c>
+      <c r="AH86" s="80">
+        <f t="shared" si="86"/>
+        <v>0</v>
+      </c>
+      <c r="AI86" s="80">
+        <f t="shared" si="86"/>
+        <v>0</v>
+      </c>
+      <c r="AJ86" s="80">
+        <f t="shared" si="86"/>
+        <v>0</v>
+      </c>
+      <c r="AK86" s="80">
+        <f t="shared" si="86"/>
+        <v>0</v>
+      </c>
+      <c r="AL86" s="80">
+        <f t="shared" si="86"/>
+        <v>0</v>
+      </c>
+      <c r="AM86" s="80">
+        <f t="shared" si="86"/>
+        <v>0</v>
+      </c>
+      <c r="AN86" s="80">
+        <f t="shared" si="86"/>
+        <v>0</v>
+      </c>
+      <c r="AO86" s="80">
+        <f t="shared" si="86"/>
+        <v>0</v>
+      </c>
+      <c r="AP86" s="80">
+        <f t="shared" si="86"/>
+        <v>0</v>
+      </c>
+      <c r="AQ86" s="80">
+        <f t="shared" si="86"/>
+        <v>0</v>
+      </c>
+      <c r="AR86" s="80">
+        <f t="shared" si="86"/>
+        <v>0</v>
+      </c>
+      <c r="AS86" s="80">
+        <f t="shared" si="86"/>
+        <v>0</v>
+      </c>
+      <c r="AT86" s="80">
+        <f t="shared" si="86"/>
+        <v>0</v>
+      </c>
+      <c r="AU86" s="80">
+        <f t="shared" si="86"/>
+        <v>0</v>
+      </c>
+      <c r="AV86" s="80">
+        <f t="shared" si="86"/>
+        <v>0</v>
+      </c>
+      <c r="AW86" s="80">
+        <f t="shared" si="86"/>
         <v>0</v>
       </c>
     </row>
-    <row r="85" spans="2:49" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="C85" s="60" t="s">
+    <row r="87" spans="2:49">
+      <c r="B87" s="147"/>
+      <c r="C87" s="60" t="s">
         <v>30</v>
       </c>
-      <c r="D85" s="53" t="s">
+      <c r="D87" s="53" t="s">
         <v>72</v>
       </c>
-      <c r="E85" s="81">
-        <f t="shared" ref="E85:AW85" si="68">IF(ISERROR(-ROUND(IPMT(E83,1,$D80-E82+1,D87,0),0)),0,-ROUND(IPMT(E83,1,$D80-E82+1,D87,0),0))</f>
+      <c r="E87" s="81">
+        <f t="shared" ref="E87:AW87" si="87">IF(ISERROR(-ROUND(IPMT(E85,1,$D82-E84+1,D89,0),0)),0,-ROUND(IPMT(E85,1,$D82-E84+1,D89,0),0))</f>
         <v>-30</v>
       </c>
-      <c r="F85" s="81">
-        <f t="shared" si="68"/>
+      <c r="F87" s="81">
+        <f t="shared" si="87"/>
         <v>-29</v>
       </c>
-      <c r="G85" s="81">
-        <f t="shared" si="68"/>
+      <c r="G87" s="81">
+        <f t="shared" si="87"/>
         <v>-28</v>
       </c>
-      <c r="H85" s="81">
-        <f t="shared" si="68"/>
+      <c r="H87" s="81">
+        <f t="shared" si="87"/>
         <v>-27</v>
       </c>
-      <c r="I85" s="81">
-        <f t="shared" si="68"/>
+      <c r="I87" s="81">
+        <f t="shared" si="87"/>
         <v>-26</v>
       </c>
-      <c r="J85" s="81">
-        <f t="shared" si="68"/>
+      <c r="J87" s="81">
+        <f t="shared" si="87"/>
         <v>-25</v>
       </c>
-      <c r="K85" s="81">
-        <f t="shared" si="68"/>
+      <c r="K87" s="81">
+        <f t="shared" si="87"/>
         <v>-23</v>
       </c>
-      <c r="L85" s="81">
-        <f t="shared" si="68"/>
+      <c r="L87" s="81">
+        <f t="shared" si="87"/>
         <v>-22</v>
       </c>
-      <c r="M85" s="81">
-        <f t="shared" si="68"/>
+      <c r="M87" s="81">
+        <f t="shared" si="87"/>
         <v>-21</v>
       </c>
-      <c r="N85" s="81">
-        <f t="shared" si="68"/>
+      <c r="N87" s="81">
+        <f t="shared" si="87"/>
         <v>-20</v>
       </c>
-      <c r="O85" s="81">
-        <f t="shared" si="68"/>
+      <c r="O87" s="81">
+        <f t="shared" si="87"/>
         <v>-19</v>
       </c>
-      <c r="P85" s="81">
-        <f t="shared" si="68"/>
+      <c r="P87" s="81">
+        <f t="shared" si="87"/>
         <v>-18</v>
       </c>
-      <c r="Q85" s="81">
-        <f t="shared" si="68"/>
+      <c r="Q87" s="81">
+        <f t="shared" si="87"/>
         <v>-17</v>
       </c>
-      <c r="R85" s="81">
-        <f t="shared" si="68"/>
+      <c r="R87" s="81">
+        <f t="shared" si="87"/>
         <v>-15</v>
       </c>
-      <c r="S85" s="81">
-        <f t="shared" si="68"/>
+      <c r="S87" s="81">
+        <f t="shared" si="87"/>
         <v>-14</v>
       </c>
-      <c r="T85" s="81">
-        <f t="shared" si="68"/>
+      <c r="T87" s="81">
+        <f t="shared" si="87"/>
         <v>-13</v>
       </c>
-      <c r="U85" s="81">
-        <f t="shared" si="68"/>
+      <c r="U87" s="81">
+        <f t="shared" si="87"/>
         <v>-12</v>
       </c>
-      <c r="V85" s="81">
-        <f t="shared" si="68"/>
+      <c r="V87" s="81">
+        <f t="shared" si="87"/>
         <v>-10</v>
       </c>
-      <c r="W85" s="81">
-        <f t="shared" si="68"/>
+      <c r="W87" s="81">
+        <f t="shared" si="87"/>
         <v>-9</v>
       </c>
-      <c r="X85" s="81">
-        <f t="shared" si="68"/>
+      <c r="X87" s="81">
+        <f t="shared" si="87"/>
         <v>-8</v>
       </c>
-      <c r="Y85" s="81">
-        <f t="shared" si="68"/>
+      <c r="Y87" s="81">
+        <f t="shared" si="87"/>
         <v>-7</v>
       </c>
-      <c r="Z85" s="81">
-        <f t="shared" si="68"/>
+      <c r="Z87" s="81">
+        <f t="shared" si="87"/>
         <v>-5</v>
       </c>
-      <c r="AA85" s="81">
-        <f t="shared" si="68"/>
+      <c r="AA87" s="81">
+        <f t="shared" si="87"/>
         <v>-4</v>
       </c>
-      <c r="AB85" s="81">
-        <f t="shared" si="68"/>
+      <c r="AB87" s="81">
+        <f t="shared" si="87"/>
         <v>-3</v>
       </c>
-      <c r="AC85" s="81">
-        <f t="shared" si="68"/>
+      <c r="AC87" s="81">
+        <f t="shared" si="87"/>
         <v>-1</v>
       </c>
-      <c r="AD85" s="81">
-[...76 lines deleted...]
-        <f t="shared" si="68"/>
+      <c r="AD87" s="81">
+        <f t="shared" si="87"/>
+        <v>0</v>
+      </c>
+      <c r="AE87" s="81">
+        <f t="shared" si="87"/>
+        <v>0</v>
+      </c>
+      <c r="AF87" s="81">
+        <f t="shared" si="87"/>
+        <v>0</v>
+      </c>
+      <c r="AG87" s="81">
+        <f t="shared" si="87"/>
+        <v>0</v>
+      </c>
+      <c r="AH87" s="81">
+        <f t="shared" si="87"/>
+        <v>0</v>
+      </c>
+      <c r="AI87" s="81">
+        <f t="shared" si="87"/>
+        <v>0</v>
+      </c>
+      <c r="AJ87" s="81">
+        <f t="shared" si="87"/>
+        <v>0</v>
+      </c>
+      <c r="AK87" s="81">
+        <f t="shared" si="87"/>
+        <v>0</v>
+      </c>
+      <c r="AL87" s="81">
+        <f t="shared" si="87"/>
+        <v>0</v>
+      </c>
+      <c r="AM87" s="81">
+        <f t="shared" si="87"/>
+        <v>0</v>
+      </c>
+      <c r="AN87" s="81">
+        <f t="shared" si="87"/>
+        <v>0</v>
+      </c>
+      <c r="AO87" s="81">
+        <f t="shared" si="87"/>
+        <v>0</v>
+      </c>
+      <c r="AP87" s="81">
+        <f t="shared" si="87"/>
+        <v>0</v>
+      </c>
+      <c r="AQ87" s="81">
+        <f t="shared" si="87"/>
+        <v>0</v>
+      </c>
+      <c r="AR87" s="81">
+        <f t="shared" si="87"/>
+        <v>0</v>
+      </c>
+      <c r="AS87" s="81">
+        <f t="shared" si="87"/>
+        <v>0</v>
+      </c>
+      <c r="AT87" s="81">
+        <f t="shared" si="87"/>
+        <v>0</v>
+      </c>
+      <c r="AU87" s="81">
+        <f t="shared" si="87"/>
+        <v>0</v>
+      </c>
+      <c r="AV87" s="81">
+        <f t="shared" si="87"/>
+        <v>0</v>
+      </c>
+      <c r="AW87" s="81">
+        <f t="shared" si="87"/>
         <v>0</v>
       </c>
     </row>
-    <row r="86" spans="2:49" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="C86" s="74" t="s">
+    <row r="88" spans="2:49">
+      <c r="B88" s="147"/>
+      <c r="C88" s="74" t="s">
         <v>31</v>
       </c>
-      <c r="D86" s="45" t="s">
+      <c r="D88" s="45" t="s">
         <v>72</v>
       </c>
-      <c r="E86" s="79">
-        <f t="shared" ref="E86:AW86" si="69">E84+E85</f>
+      <c r="E88" s="79">
+        <f t="shared" ref="E88:AW88" si="88">E86+E87</f>
         <v>-136</v>
       </c>
-      <c r="F86" s="79">
-        <f t="shared" si="69"/>
+      <c r="F88" s="79">
+        <f t="shared" si="88"/>
         <v>-136</v>
       </c>
-      <c r="G86" s="79">
-        <f t="shared" si="69"/>
+      <c r="G88" s="79">
+        <f t="shared" si="88"/>
         <v>-136</v>
       </c>
-      <c r="H86" s="79">
-        <f t="shared" si="69"/>
+      <c r="H88" s="79">
+        <f t="shared" si="88"/>
         <v>-136</v>
       </c>
-      <c r="I86" s="79">
-        <f t="shared" si="69"/>
+      <c r="I88" s="79">
+        <f t="shared" si="88"/>
         <v>-137</v>
       </c>
-      <c r="J86" s="79">
-        <f t="shared" si="69"/>
+      <c r="J88" s="79">
+        <f t="shared" si="88"/>
         <v>-137</v>
       </c>
-      <c r="K86" s="79">
-        <f t="shared" si="69"/>
+      <c r="K88" s="79">
+        <f t="shared" si="88"/>
         <v>-136</v>
       </c>
-      <c r="L86" s="79">
-        <f t="shared" si="69"/>
+      <c r="L88" s="79">
+        <f t="shared" si="88"/>
         <v>-136</v>
       </c>
-      <c r="M86" s="79">
-        <f t="shared" si="69"/>
+      <c r="M88" s="79">
+        <f t="shared" si="88"/>
         <v>-136</v>
       </c>
-      <c r="N86" s="79">
-        <f t="shared" si="69"/>
+      <c r="N88" s="79">
+        <f t="shared" si="88"/>
         <v>-136</v>
       </c>
-      <c r="O86" s="79">
-        <f t="shared" si="69"/>
+      <c r="O88" s="79">
+        <f t="shared" si="88"/>
         <v>-136</v>
       </c>
-      <c r="P86" s="79">
-        <f t="shared" si="69"/>
+      <c r="P88" s="79">
+        <f t="shared" si="88"/>
         <v>-137</v>
       </c>
-      <c r="Q86" s="79">
-        <f t="shared" si="69"/>
+      <c r="Q88" s="79">
+        <f t="shared" si="88"/>
         <v>-137</v>
       </c>
-      <c r="R86" s="79">
-        <f t="shared" si="69"/>
+      <c r="R88" s="79">
+        <f t="shared" si="88"/>
         <v>-136</v>
       </c>
-      <c r="S86" s="79">
-        <f t="shared" si="69"/>
+      <c r="S88" s="79">
+        <f t="shared" si="88"/>
         <v>-136</v>
       </c>
-      <c r="T86" s="79">
-        <f t="shared" si="69"/>
+      <c r="T88" s="79">
+        <f t="shared" si="88"/>
         <v>-136</v>
       </c>
-      <c r="U86" s="79">
-        <f t="shared" si="69"/>
+      <c r="U88" s="79">
+        <f t="shared" si="88"/>
         <v>-137</v>
       </c>
-      <c r="V86" s="79">
-        <f t="shared" si="69"/>
+      <c r="V88" s="79">
+        <f t="shared" si="88"/>
         <v>-136</v>
       </c>
-      <c r="W86" s="79">
-        <f t="shared" si="69"/>
+      <c r="W88" s="79">
+        <f t="shared" si="88"/>
         <v>-136</v>
       </c>
-      <c r="X86" s="79">
-        <f t="shared" si="69"/>
+      <c r="X88" s="79">
+        <f t="shared" si="88"/>
         <v>-136</v>
       </c>
-      <c r="Y86" s="79">
-        <f t="shared" si="69"/>
+      <c r="Y88" s="79">
+        <f t="shared" si="88"/>
         <v>-137</v>
       </c>
-      <c r="Z86" s="79">
-        <f t="shared" si="69"/>
+      <c r="Z88" s="79">
+        <f t="shared" si="88"/>
         <v>-136</v>
       </c>
-      <c r="AA86" s="79">
-        <f t="shared" si="69"/>
+      <c r="AA88" s="79">
+        <f t="shared" si="88"/>
         <v>-136</v>
       </c>
-      <c r="AB86" s="79">
-        <f t="shared" si="69"/>
+      <c r="AB88" s="79">
+        <f t="shared" si="88"/>
         <v>-136</v>
       </c>
-      <c r="AC86" s="79">
-        <f t="shared" si="69"/>
+      <c r="AC88" s="79">
+        <f t="shared" si="88"/>
         <v>-136</v>
       </c>
-      <c r="AD86" s="79">
-[...76 lines deleted...]
-        <f t="shared" si="69"/>
+      <c r="AD88" s="79">
+        <f t="shared" si="88"/>
+        <v>0</v>
+      </c>
+      <c r="AE88" s="79">
+        <f t="shared" si="88"/>
+        <v>0</v>
+      </c>
+      <c r="AF88" s="79">
+        <f t="shared" si="88"/>
+        <v>0</v>
+      </c>
+      <c r="AG88" s="79">
+        <f t="shared" si="88"/>
+        <v>0</v>
+      </c>
+      <c r="AH88" s="79">
+        <f t="shared" si="88"/>
+        <v>0</v>
+      </c>
+      <c r="AI88" s="79">
+        <f t="shared" si="88"/>
+        <v>0</v>
+      </c>
+      <c r="AJ88" s="79">
+        <f t="shared" si="88"/>
+        <v>0</v>
+      </c>
+      <c r="AK88" s="79">
+        <f t="shared" si="88"/>
+        <v>0</v>
+      </c>
+      <c r="AL88" s="79">
+        <f t="shared" si="88"/>
+        <v>0</v>
+      </c>
+      <c r="AM88" s="79">
+        <f t="shared" si="88"/>
+        <v>0</v>
+      </c>
+      <c r="AN88" s="79">
+        <f t="shared" si="88"/>
+        <v>0</v>
+      </c>
+      <c r="AO88" s="79">
+        <f t="shared" si="88"/>
+        <v>0</v>
+      </c>
+      <c r="AP88" s="79">
+        <f t="shared" si="88"/>
+        <v>0</v>
+      </c>
+      <c r="AQ88" s="79">
+        <f t="shared" si="88"/>
+        <v>0</v>
+      </c>
+      <c r="AR88" s="79">
+        <f t="shared" si="88"/>
+        <v>0</v>
+      </c>
+      <c r="AS88" s="79">
+        <f t="shared" si="88"/>
+        <v>0</v>
+      </c>
+      <c r="AT88" s="79">
+        <f t="shared" si="88"/>
+        <v>0</v>
+      </c>
+      <c r="AU88" s="79">
+        <f t="shared" si="88"/>
+        <v>0</v>
+      </c>
+      <c r="AV88" s="79">
+        <f t="shared" si="88"/>
+        <v>0</v>
+      </c>
+      <c r="AW88" s="79">
+        <f t="shared" si="88"/>
         <v>0</v>
       </c>
     </row>
-    <row r="87" spans="2:49" x14ac:dyDescent="0.3">
-      <c r="B87" s="139" t="s">
+    <row r="89" spans="2:49">
+      <c r="B89" s="146" t="s">
         <v>69</v>
       </c>
-      <c r="C87" s="139"/>
-      <c r="D87" s="64">
+      <c r="C89" s="146"/>
+      <c r="D89" s="64">
         <v>-3000</v>
       </c>
-      <c r="E87" s="82">
-        <f t="shared" ref="E87:AW87" si="70">IF(ISERROR(D87-E84),0,D87-E84)</f>
+      <c r="E89" s="82">
+        <f t="shared" ref="E89:AW89" si="89">IF(ISERROR(D89-E86),0,D89-E86)</f>
         <v>-2894</v>
       </c>
-      <c r="F87" s="82">
-        <f t="shared" si="70"/>
+      <c r="F89" s="82">
+        <f t="shared" si="89"/>
         <v>-2787</v>
       </c>
-      <c r="G87" s="82">
-        <f t="shared" si="70"/>
+      <c r="G89" s="82">
+        <f t="shared" si="89"/>
         <v>-2679</v>
       </c>
-      <c r="H87" s="82">
-        <f t="shared" si="70"/>
+      <c r="H89" s="82">
+        <f t="shared" si="89"/>
         <v>-2570</v>
       </c>
-      <c r="I87" s="82">
-        <f t="shared" si="70"/>
+      <c r="I89" s="82">
+        <f t="shared" si="89"/>
         <v>-2459</v>
       </c>
-      <c r="J87" s="82">
-        <f t="shared" si="70"/>
+      <c r="J89" s="82">
+        <f t="shared" si="89"/>
         <v>-2347</v>
       </c>
-      <c r="K87" s="82">
-        <f t="shared" si="70"/>
+      <c r="K89" s="82">
+        <f t="shared" si="89"/>
         <v>-2234</v>
       </c>
-      <c r="L87" s="82">
-        <f t="shared" si="70"/>
+      <c r="L89" s="82">
+        <f t="shared" si="89"/>
         <v>-2120</v>
       </c>
-      <c r="M87" s="82">
-        <f t="shared" si="70"/>
+      <c r="M89" s="82">
+        <f t="shared" si="89"/>
         <v>-2005</v>
       </c>
-      <c r="N87" s="82">
-        <f t="shared" si="70"/>
+      <c r="N89" s="82">
+        <f t="shared" si="89"/>
         <v>-1889</v>
       </c>
-      <c r="O87" s="82">
-        <f t="shared" si="70"/>
+      <c r="O89" s="82">
+        <f t="shared" si="89"/>
         <v>-1772</v>
       </c>
-      <c r="P87" s="82">
-        <f t="shared" si="70"/>
+      <c r="P89" s="82">
+        <f t="shared" si="89"/>
         <v>-1653</v>
       </c>
-      <c r="Q87" s="82">
-        <f t="shared" si="70"/>
+      <c r="Q89" s="82">
+        <f t="shared" si="89"/>
         <v>-1533</v>
       </c>
-      <c r="R87" s="82">
-        <f t="shared" si="70"/>
+      <c r="R89" s="82">
+        <f t="shared" si="89"/>
         <v>-1412</v>
       </c>
-      <c r="S87" s="82">
-        <f t="shared" si="70"/>
+      <c r="S89" s="82">
+        <f t="shared" si="89"/>
         <v>-1290</v>
       </c>
-      <c r="T87" s="82">
-        <f t="shared" si="70"/>
+      <c r="T89" s="82">
+        <f t="shared" si="89"/>
         <v>-1167</v>
       </c>
-      <c r="U87" s="82">
-        <f t="shared" si="70"/>
+      <c r="U89" s="82">
+        <f t="shared" si="89"/>
         <v>-1042</v>
       </c>
-      <c r="V87" s="82">
-        <f t="shared" si="70"/>
+      <c r="V89" s="82">
+        <f t="shared" si="89"/>
         <v>-916</v>
       </c>
-      <c r="W87" s="82">
-        <f t="shared" si="70"/>
+      <c r="W89" s="82">
+        <f t="shared" si="89"/>
         <v>-789</v>
       </c>
-      <c r="X87" s="82">
-        <f t="shared" si="70"/>
+      <c r="X89" s="82">
+        <f t="shared" si="89"/>
         <v>-661</v>
       </c>
-      <c r="Y87" s="82">
-        <f t="shared" si="70"/>
+      <c r="Y89" s="82">
+        <f t="shared" si="89"/>
         <v>-531</v>
       </c>
-      <c r="Z87" s="82">
-        <f t="shared" si="70"/>
+      <c r="Z89" s="82">
+        <f t="shared" si="89"/>
         <v>-400</v>
       </c>
-      <c r="AA87" s="82">
-        <f t="shared" si="70"/>
+      <c r="AA89" s="82">
+        <f t="shared" si="89"/>
         <v>-268</v>
       </c>
-      <c r="AB87" s="82">
-        <f t="shared" si="70"/>
+      <c r="AB89" s="82">
+        <f t="shared" si="89"/>
         <v>-135</v>
       </c>
-      <c r="AC87" s="82">
-[...80 lines deleted...]
-        <f t="shared" si="70"/>
+      <c r="AC89" s="82">
+        <f t="shared" si="89"/>
+        <v>0</v>
+      </c>
+      <c r="AD89" s="82">
+        <f t="shared" si="89"/>
+        <v>0</v>
+      </c>
+      <c r="AE89" s="82">
+        <f t="shared" si="89"/>
+        <v>0</v>
+      </c>
+      <c r="AF89" s="82">
+        <f t="shared" si="89"/>
+        <v>0</v>
+      </c>
+      <c r="AG89" s="82">
+        <f t="shared" si="89"/>
+        <v>0</v>
+      </c>
+      <c r="AH89" s="82">
+        <f t="shared" si="89"/>
+        <v>0</v>
+      </c>
+      <c r="AI89" s="82">
+        <f t="shared" si="89"/>
+        <v>0</v>
+      </c>
+      <c r="AJ89" s="83">
+        <f t="shared" si="89"/>
+        <v>0</v>
+      </c>
+      <c r="AK89" s="83">
+        <f t="shared" si="89"/>
+        <v>0</v>
+      </c>
+      <c r="AL89" s="83">
+        <f t="shared" si="89"/>
+        <v>0</v>
+      </c>
+      <c r="AM89" s="83">
+        <f t="shared" si="89"/>
+        <v>0</v>
+      </c>
+      <c r="AN89" s="83">
+        <f t="shared" si="89"/>
+        <v>0</v>
+      </c>
+      <c r="AO89" s="83">
+        <f t="shared" si="89"/>
+        <v>0</v>
+      </c>
+      <c r="AP89" s="83">
+        <f t="shared" si="89"/>
+        <v>0</v>
+      </c>
+      <c r="AQ89" s="83">
+        <f t="shared" si="89"/>
+        <v>0</v>
+      </c>
+      <c r="AR89" s="83">
+        <f t="shared" si="89"/>
+        <v>0</v>
+      </c>
+      <c r="AS89" s="83">
+        <f t="shared" si="89"/>
+        <v>0</v>
+      </c>
+      <c r="AT89" s="83">
+        <f t="shared" si="89"/>
+        <v>0</v>
+      </c>
+      <c r="AU89" s="83">
+        <f t="shared" si="89"/>
+        <v>0</v>
+      </c>
+      <c r="AV89" s="83">
+        <f t="shared" si="89"/>
+        <v>0</v>
+      </c>
+      <c r="AW89" s="83">
+        <f t="shared" si="89"/>
         <v>0</v>
       </c>
     </row>
-    <row r="88" spans="2:49" x14ac:dyDescent="0.3">
-      <c r="B88" s="131" t="s">
+    <row r="90" spans="2:49">
+      <c r="B90" s="138" t="s">
         <v>68</v>
       </c>
-      <c r="C88" s="132"/>
-[...2 lines deleted...]
-        <f t="shared" ref="E88:AW88" si="71">E86</f>
+      <c r="C90" s="139"/>
+      <c r="D90" s="140"/>
+      <c r="E90" s="61">
+        <f t="shared" ref="E90:AW90" si="90">E88</f>
         <v>-136</v>
       </c>
-      <c r="F88" s="61">
-        <f t="shared" si="71"/>
+      <c r="F90" s="61">
+        <f t="shared" si="90"/>
         <v>-136</v>
       </c>
-      <c r="G88" s="61">
-        <f t="shared" si="71"/>
+      <c r="G90" s="61">
+        <f t="shared" si="90"/>
         <v>-136</v>
       </c>
-      <c r="H88" s="61">
-        <f t="shared" si="71"/>
+      <c r="H90" s="61">
+        <f t="shared" si="90"/>
         <v>-136</v>
       </c>
-      <c r="I88" s="61">
-        <f t="shared" si="71"/>
+      <c r="I90" s="61">
+        <f t="shared" si="90"/>
         <v>-137</v>
       </c>
-      <c r="J88" s="61">
-        <f t="shared" si="71"/>
+      <c r="J90" s="61">
+        <f t="shared" si="90"/>
         <v>-137</v>
       </c>
-      <c r="K88" s="61">
-        <f t="shared" si="71"/>
+      <c r="K90" s="61">
+        <f t="shared" si="90"/>
         <v>-136</v>
       </c>
-      <c r="L88" s="61">
-        <f t="shared" si="71"/>
+      <c r="L90" s="61">
+        <f t="shared" si="90"/>
         <v>-136</v>
       </c>
-      <c r="M88" s="61">
-        <f t="shared" si="71"/>
+      <c r="M90" s="61">
+        <f t="shared" si="90"/>
         <v>-136</v>
       </c>
-      <c r="N88" s="61">
-        <f t="shared" si="71"/>
+      <c r="N90" s="61">
+        <f t="shared" si="90"/>
         <v>-136</v>
       </c>
-      <c r="O88" s="61">
-        <f t="shared" si="71"/>
+      <c r="O90" s="61">
+        <f t="shared" si="90"/>
         <v>-136</v>
       </c>
-      <c r="P88" s="61">
-        <f t="shared" si="71"/>
+      <c r="P90" s="61">
+        <f t="shared" si="90"/>
         <v>-137</v>
       </c>
-      <c r="Q88" s="61">
-        <f t="shared" si="71"/>
+      <c r="Q90" s="61">
+        <f t="shared" si="90"/>
         <v>-137</v>
       </c>
-      <c r="R88" s="61">
-        <f t="shared" si="71"/>
+      <c r="R90" s="61">
+        <f t="shared" si="90"/>
         <v>-136</v>
       </c>
-      <c r="S88" s="61">
-        <f t="shared" si="71"/>
+      <c r="S90" s="61">
+        <f t="shared" si="90"/>
         <v>-136</v>
       </c>
-      <c r="T88" s="61">
-        <f t="shared" si="71"/>
+      <c r="T90" s="61">
+        <f t="shared" si="90"/>
         <v>-136</v>
       </c>
-      <c r="U88" s="61">
-        <f t="shared" si="71"/>
+      <c r="U90" s="61">
+        <f t="shared" si="90"/>
         <v>-137</v>
       </c>
-      <c r="V88" s="61">
-        <f t="shared" si="71"/>
+      <c r="V90" s="61">
+        <f t="shared" si="90"/>
         <v>-136</v>
       </c>
-      <c r="W88" s="61">
-        <f t="shared" si="71"/>
+      <c r="W90" s="61">
+        <f t="shared" si="90"/>
         <v>-136</v>
       </c>
-      <c r="X88" s="61">
-        <f t="shared" si="71"/>
+      <c r="X90" s="61">
+        <f t="shared" si="90"/>
         <v>-136</v>
       </c>
-      <c r="Y88" s="61">
-        <f t="shared" si="71"/>
+      <c r="Y90" s="61">
+        <f t="shared" si="90"/>
         <v>-137</v>
       </c>
-      <c r="Z88" s="61">
-        <f t="shared" si="71"/>
+      <c r="Z90" s="61">
+        <f t="shared" si="90"/>
         <v>-136</v>
       </c>
-      <c r="AA88" s="61">
-        <f t="shared" si="71"/>
+      <c r="AA90" s="61">
+        <f t="shared" si="90"/>
         <v>-136</v>
       </c>
-      <c r="AB88" s="61">
-        <f t="shared" si="71"/>
+      <c r="AB90" s="61">
+        <f t="shared" si="90"/>
         <v>-136</v>
       </c>
-      <c r="AC88" s="61">
-        <f t="shared" si="71"/>
+      <c r="AC90" s="61">
+        <f t="shared" si="90"/>
         <v>-136</v>
       </c>
-      <c r="AD88" s="61">
-[...76 lines deleted...]
-        <f t="shared" si="71"/>
+      <c r="AD90" s="61">
+        <f t="shared" si="90"/>
+        <v>0</v>
+      </c>
+      <c r="AE90" s="61">
+        <f t="shared" si="90"/>
+        <v>0</v>
+      </c>
+      <c r="AF90" s="61">
+        <f t="shared" si="90"/>
+        <v>0</v>
+      </c>
+      <c r="AG90" s="61">
+        <f t="shared" si="90"/>
+        <v>0</v>
+      </c>
+      <c r="AH90" s="61">
+        <f t="shared" si="90"/>
+        <v>0</v>
+      </c>
+      <c r="AI90" s="61">
+        <f t="shared" si="90"/>
+        <v>0</v>
+      </c>
+      <c r="AJ90" s="61">
+        <f t="shared" si="90"/>
+        <v>0</v>
+      </c>
+      <c r="AK90" s="61">
+        <f t="shared" si="90"/>
+        <v>0</v>
+      </c>
+      <c r="AL90" s="61">
+        <f t="shared" si="90"/>
+        <v>0</v>
+      </c>
+      <c r="AM90" s="61">
+        <f t="shared" si="90"/>
+        <v>0</v>
+      </c>
+      <c r="AN90" s="61">
+        <f t="shared" si="90"/>
+        <v>0</v>
+      </c>
+      <c r="AO90" s="61">
+        <f t="shared" si="90"/>
+        <v>0</v>
+      </c>
+      <c r="AP90" s="61">
+        <f t="shared" si="90"/>
+        <v>0</v>
+      </c>
+      <c r="AQ90" s="61">
+        <f t="shared" si="90"/>
+        <v>0</v>
+      </c>
+      <c r="AR90" s="61">
+        <f t="shared" si="90"/>
+        <v>0</v>
+      </c>
+      <c r="AS90" s="61">
+        <f t="shared" si="90"/>
+        <v>0</v>
+      </c>
+      <c r="AT90" s="61">
+        <f t="shared" si="90"/>
+        <v>0</v>
+      </c>
+      <c r="AU90" s="61">
+        <f t="shared" si="90"/>
+        <v>0</v>
+      </c>
+      <c r="AV90" s="61">
+        <f t="shared" si="90"/>
+        <v>0</v>
+      </c>
+      <c r="AW90" s="61">
+        <f t="shared" si="90"/>
         <v>0</v>
       </c>
     </row>
-    <row r="89" spans="2:49" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B89" s="128" t="s">
+    <row r="91" spans="2:49" ht="15" customHeight="1">
+      <c r="B91" s="135" t="s">
         <v>70</v>
       </c>
-      <c r="C89" s="129"/>
-[...1 lines deleted...]
-      <c r="E89" s="62">
+      <c r="C91" s="136"/>
+      <c r="D91" s="137"/>
+      <c r="E91" s="62">
         <v>-24</v>
       </c>
-      <c r="F89" s="62">
+      <c r="F91" s="62">
         <v>-24</v>
       </c>
-      <c r="G89" s="62">
+      <c r="G91" s="62">
         <v>-24</v>
       </c>
-      <c r="H89" s="62">
+      <c r="H91" s="62">
         <v>-24</v>
       </c>
-      <c r="I89" s="62">
+      <c r="I91" s="62">
         <v>-24</v>
       </c>
-      <c r="J89" s="62">
+      <c r="J91" s="62">
         <v>-24</v>
       </c>
-      <c r="K89" s="62">
+      <c r="K91" s="62">
         <v>-24</v>
       </c>
-      <c r="L89" s="62">
+      <c r="L91" s="62">
         <v>-24</v>
       </c>
-      <c r="M89" s="62">
+      <c r="M91" s="62">
         <v>-24</v>
       </c>
-      <c r="N89" s="62">
+      <c r="N91" s="62">
         <v>-24</v>
       </c>
-      <c r="O89" s="62">
+      <c r="O91" s="62">
         <v>-24</v>
       </c>
-      <c r="P89" s="62">
+      <c r="P91" s="62">
         <v>-24</v>
       </c>
-      <c r="Q89" s="62">
+      <c r="Q91" s="62">
         <v>-24</v>
       </c>
-      <c r="R89" s="62">
+      <c r="R91" s="62">
         <v>-24</v>
       </c>
-      <c r="S89" s="62">
+      <c r="S91" s="62">
         <v>-24</v>
       </c>
-      <c r="T89" s="62">
+      <c r="T91" s="62">
         <v>-24</v>
       </c>
-      <c r="U89" s="62">
+      <c r="U91" s="62">
         <v>-24</v>
       </c>
-      <c r="V89" s="62">
+      <c r="V91" s="62">
         <v>-24</v>
       </c>
-      <c r="W89" s="62">
+      <c r="W91" s="62">
         <v>-24</v>
       </c>
-      <c r="X89" s="62">
+      <c r="X91" s="62">
         <v>-24</v>
       </c>
-      <c r="Y89" s="62">
+      <c r="Y91" s="62">
         <v>-24</v>
       </c>
-      <c r="Z89" s="62">
+      <c r="Z91" s="62">
         <v>-24</v>
       </c>
-      <c r="AA89" s="62">
+      <c r="AA91" s="62">
         <v>-24</v>
       </c>
-      <c r="AB89" s="62">
+      <c r="AB91" s="62">
         <v>-24</v>
       </c>
-      <c r="AC89" s="62">
+      <c r="AC91" s="62">
         <v>-24</v>
       </c>
-      <c r="AD89" s="62">
+      <c r="AD91" s="62">
         <v>-24</v>
       </c>
-      <c r="AE89" s="62">
+      <c r="AE91" s="62">
         <v>-24</v>
       </c>
-      <c r="AF89" s="62">
+      <c r="AF91" s="62">
         <v>-24</v>
       </c>
-      <c r="AG89" s="62">
+      <c r="AG91" s="62">
         <v>-24</v>
       </c>
-      <c r="AH89" s="62">
+      <c r="AH91" s="62">
         <v>-24</v>
       </c>
-      <c r="AI89" s="62">
+      <c r="AI91" s="62">
         <v>-24</v>
       </c>
-      <c r="AJ89" s="62">
+      <c r="AJ91" s="62">
         <v>-24</v>
       </c>
-      <c r="AK89" s="62">
+      <c r="AK91" s="62">
         <v>-24</v>
       </c>
-      <c r="AL89" s="62">
+      <c r="AL91" s="62">
         <v>-24</v>
       </c>
-      <c r="AM89" s="62">
+      <c r="AM91" s="62">
         <v>-24</v>
       </c>
-      <c r="AN89" s="62">
+      <c r="AN91" s="62">
         <v>-24</v>
       </c>
-      <c r="AO89" s="62">
+      <c r="AO91" s="62">
         <v>-24</v>
       </c>
-      <c r="AP89" s="62">
+      <c r="AP91" s="62">
         <v>-24</v>
       </c>
-      <c r="AQ89" s="62">
+      <c r="AQ91" s="62">
         <v>-24</v>
       </c>
-      <c r="AR89" s="62">
+      <c r="AR91" s="62">
         <v>-24</v>
       </c>
-      <c r="AS89" s="62">
+      <c r="AS91" s="62">
         <v>-24</v>
       </c>
-      <c r="AT89" s="62">
+      <c r="AT91" s="62">
         <v>-24</v>
       </c>
-      <c r="AU89" s="62">
+      <c r="AU91" s="62">
         <v>-24</v>
       </c>
-      <c r="AV89" s="62">
+      <c r="AV91" s="62">
         <v>-24</v>
       </c>
-      <c r="AW89" s="62">
+      <c r="AW91" s="62">
         <v>-24</v>
       </c>
     </row>
-    <row r="90" spans="2:49" x14ac:dyDescent="0.3">
-      <c r="B90" s="134" t="s">
+    <row r="92" spans="2:49">
+      <c r="B92" s="141" t="s">
         <v>65</v>
       </c>
-      <c r="C90" s="135"/>
-[...2 lines deleted...]
-        <f t="shared" ref="E90:AW90" si="72">E88+E89</f>
+      <c r="C92" s="142"/>
+      <c r="D92" s="143"/>
+      <c r="E92" s="82">
+        <f t="shared" ref="E92:AW92" si="91">E90+E91</f>
         <v>-160</v>
       </c>
-      <c r="F90" s="82">
-        <f t="shared" si="72"/>
+      <c r="F92" s="82">
+        <f t="shared" si="91"/>
         <v>-160</v>
       </c>
-      <c r="G90" s="82">
-        <f t="shared" si="72"/>
+      <c r="G92" s="82">
+        <f t="shared" si="91"/>
         <v>-160</v>
       </c>
-      <c r="H90" s="82">
-        <f t="shared" si="72"/>
+      <c r="H92" s="82">
+        <f t="shared" si="91"/>
         <v>-160</v>
       </c>
-      <c r="I90" s="82">
-        <f t="shared" si="72"/>
+      <c r="I92" s="82">
+        <f t="shared" si="91"/>
         <v>-161</v>
       </c>
-      <c r="J90" s="82">
-        <f t="shared" si="72"/>
+      <c r="J92" s="82">
+        <f t="shared" si="91"/>
         <v>-161</v>
       </c>
-      <c r="K90" s="82">
-        <f t="shared" si="72"/>
+      <c r="K92" s="82">
+        <f t="shared" si="91"/>
         <v>-160</v>
       </c>
-      <c r="L90" s="82">
-        <f t="shared" si="72"/>
+      <c r="L92" s="82">
+        <f t="shared" si="91"/>
         <v>-160</v>
       </c>
-      <c r="M90" s="82">
-        <f t="shared" si="72"/>
+      <c r="M92" s="82">
+        <f t="shared" si="91"/>
         <v>-160</v>
       </c>
-      <c r="N90" s="82">
-        <f t="shared" si="72"/>
+      <c r="N92" s="82">
+        <f t="shared" si="91"/>
         <v>-160</v>
       </c>
-      <c r="O90" s="82">
-        <f t="shared" si="72"/>
+      <c r="O92" s="82">
+        <f t="shared" si="91"/>
         <v>-160</v>
       </c>
-      <c r="P90" s="82">
-        <f t="shared" si="72"/>
+      <c r="P92" s="82">
+        <f t="shared" si="91"/>
         <v>-161</v>
       </c>
-      <c r="Q90" s="82">
-        <f t="shared" si="72"/>
+      <c r="Q92" s="82">
+        <f t="shared" si="91"/>
         <v>-161</v>
       </c>
-      <c r="R90" s="82">
-        <f t="shared" si="72"/>
+      <c r="R92" s="82">
+        <f t="shared" si="91"/>
         <v>-160</v>
       </c>
-      <c r="S90" s="82">
-        <f t="shared" si="72"/>
+      <c r="S92" s="82">
+        <f t="shared" si="91"/>
         <v>-160</v>
       </c>
-      <c r="T90" s="82">
-        <f t="shared" si="72"/>
+      <c r="T92" s="82">
+        <f t="shared" si="91"/>
         <v>-160</v>
       </c>
-      <c r="U90" s="82">
-        <f t="shared" si="72"/>
+      <c r="U92" s="82">
+        <f t="shared" si="91"/>
         <v>-161</v>
       </c>
-      <c r="V90" s="82">
-        <f t="shared" si="72"/>
+      <c r="V92" s="82">
+        <f t="shared" si="91"/>
         <v>-160</v>
       </c>
-      <c r="W90" s="82">
-        <f t="shared" si="72"/>
+      <c r="W92" s="82">
+        <f t="shared" si="91"/>
         <v>-160</v>
       </c>
-      <c r="X90" s="82">
-        <f t="shared" si="72"/>
+      <c r="X92" s="82">
+        <f t="shared" si="91"/>
         <v>-160</v>
       </c>
-      <c r="Y90" s="82">
-        <f t="shared" si="72"/>
+      <c r="Y92" s="82">
+        <f t="shared" si="91"/>
         <v>-161</v>
       </c>
-      <c r="Z90" s="82">
-        <f t="shared" si="72"/>
+      <c r="Z92" s="82">
+        <f t="shared" si="91"/>
         <v>-160</v>
       </c>
-      <c r="AA90" s="82">
-        <f t="shared" si="72"/>
+      <c r="AA92" s="82">
+        <f t="shared" si="91"/>
         <v>-160</v>
       </c>
-      <c r="AB90" s="82">
-        <f t="shared" si="72"/>
+      <c r="AB92" s="82">
+        <f t="shared" si="91"/>
         <v>-160</v>
       </c>
-      <c r="AC90" s="82">
-        <f t="shared" si="72"/>
+      <c r="AC92" s="82">
+        <f t="shared" si="91"/>
         <v>-160</v>
       </c>
-      <c r="AD90" s="82">
-        <f t="shared" si="72"/>
+      <c r="AD92" s="82">
+        <f t="shared" si="91"/>
         <v>-24</v>
       </c>
-      <c r="AE90" s="82">
-        <f t="shared" si="72"/>
+      <c r="AE92" s="82">
+        <f t="shared" si="91"/>
         <v>-24</v>
       </c>
-      <c r="AF90" s="82">
-        <f t="shared" si="72"/>
+      <c r="AF92" s="82">
+        <f t="shared" si="91"/>
         <v>-24</v>
       </c>
-      <c r="AG90" s="82">
-        <f t="shared" si="72"/>
+      <c r="AG92" s="82">
+        <f t="shared" si="91"/>
         <v>-24</v>
       </c>
-      <c r="AH90" s="82">
-        <f t="shared" si="72"/>
+      <c r="AH92" s="82">
+        <f t="shared" si="91"/>
         <v>-24</v>
       </c>
-      <c r="AI90" s="82">
-        <f t="shared" si="72"/>
+      <c r="AI92" s="82">
+        <f t="shared" si="91"/>
         <v>-24</v>
       </c>
-      <c r="AJ90" s="83">
-        <f t="shared" si="72"/>
+      <c r="AJ92" s="83">
+        <f t="shared" si="91"/>
         <v>-24</v>
       </c>
-      <c r="AK90" s="83">
-        <f t="shared" si="72"/>
+      <c r="AK92" s="83">
+        <f t="shared" si="91"/>
         <v>-24</v>
       </c>
-      <c r="AL90" s="83">
-        <f t="shared" si="72"/>
+      <c r="AL92" s="83">
+        <f t="shared" si="91"/>
         <v>-24</v>
       </c>
-      <c r="AM90" s="83">
-        <f t="shared" si="72"/>
+      <c r="AM92" s="83">
+        <f t="shared" si="91"/>
         <v>-24</v>
       </c>
-      <c r="AN90" s="83">
-        <f t="shared" si="72"/>
+      <c r="AN92" s="83">
+        <f t="shared" si="91"/>
         <v>-24</v>
       </c>
-      <c r="AO90" s="83">
-        <f t="shared" si="72"/>
+      <c r="AO92" s="83">
+        <f t="shared" si="91"/>
         <v>-24</v>
       </c>
-      <c r="AP90" s="83">
-        <f t="shared" si="72"/>
+      <c r="AP92" s="83">
+        <f t="shared" si="91"/>
         <v>-24</v>
       </c>
-      <c r="AQ90" s="83">
-        <f t="shared" si="72"/>
+      <c r="AQ92" s="83">
+        <f t="shared" si="91"/>
         <v>-24</v>
       </c>
-      <c r="AR90" s="83">
-        <f t="shared" si="72"/>
+      <c r="AR92" s="83">
+        <f t="shared" si="91"/>
         <v>-24</v>
       </c>
-      <c r="AS90" s="83">
-        <f t="shared" si="72"/>
+      <c r="AS92" s="83">
+        <f t="shared" si="91"/>
         <v>-24</v>
       </c>
-      <c r="AT90" s="83">
-        <f t="shared" si="72"/>
+      <c r="AT92" s="83">
+        <f t="shared" si="91"/>
         <v>-24</v>
       </c>
-      <c r="AU90" s="83">
-        <f t="shared" si="72"/>
+      <c r="AU92" s="83">
+        <f t="shared" si="91"/>
         <v>-24</v>
       </c>
-      <c r="AV90" s="83">
-        <f t="shared" si="72"/>
+      <c r="AV92" s="83">
+        <f t="shared" si="91"/>
         <v>-24</v>
       </c>
-      <c r="AW90" s="83">
-        <f t="shared" si="72"/>
+      <c r="AW92" s="83">
+        <f t="shared" si="91"/>
         <v>-24</v>
       </c>
     </row>
-    <row r="91" spans="2:49" x14ac:dyDescent="0.3">
-      <c r="B91" s="2" t="s">
+    <row r="93" spans="2:49">
+      <c r="B93" s="2" t="s">
         <v>90</v>
       </c>
     </row>
-    <row r="94" spans="2:49" x14ac:dyDescent="0.3">
-      <c r="B94" s="73" t="s">
+    <row r="96" spans="2:49">
+      <c r="B96" s="73" t="s">
         <v>78</v>
       </c>
-      <c r="C94" s="65"/>
-[...5 lines deleted...]
-      <c r="I94" s="65" t="s">
+      <c r="C96" s="65"/>
+      <c r="D96" s="65"/>
+      <c r="E96" s="65"/>
+      <c r="F96" s="65"/>
+      <c r="G96" s="65"/>
+      <c r="H96" s="65"/>
+      <c r="I96" s="65" t="s">
         <v>89</v>
       </c>
-      <c r="J94" s="65"/>
-[...15 lines deleted...]
-      <c r="Z94" s="66"/>
+      <c r="J96" s="65"/>
+      <c r="K96" s="65"/>
+      <c r="L96" s="65"/>
+      <c r="M96" s="65"/>
+      <c r="N96" s="65"/>
+      <c r="O96" s="65"/>
+      <c r="P96" s="65"/>
+      <c r="Q96" s="65"/>
+      <c r="R96" s="65"/>
+      <c r="S96" s="65"/>
+      <c r="T96" s="65"/>
+      <c r="U96" s="65"/>
+      <c r="V96" s="65"/>
+      <c r="W96" s="65"/>
+      <c r="X96" s="65"/>
+      <c r="Y96" s="65"/>
+      <c r="Z96" s="66"/>
     </row>
-    <row r="95" spans="2:49" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="D95" s="84" t="s">
+    <row r="97" spans="2:26">
+      <c r="B97" s="67"/>
+      <c r="D97" s="84" t="s">
         <v>79</v>
       </c>
-      <c r="E95" s="84"/>
-[...135 lines deleted...]
-      </c>
+      <c r="E97" s="84"/>
+      <c r="F97" s="84"/>
+      <c r="G97" s="84"/>
+      <c r="H97" s="84"/>
+      <c r="I97" s="85"/>
+      <c r="J97" s="84"/>
+      <c r="K97" s="84"/>
+      <c r="L97" s="84"/>
+      <c r="M97" s="84"/>
+      <c r="N97" s="84"/>
+      <c r="O97" s="84"/>
+      <c r="P97" s="84"/>
+      <c r="Q97" s="84"/>
+      <c r="R97" s="84"/>
+      <c r="S97" s="84"/>
       <c r="T97" s="84"/>
       <c r="U97" s="84"/>
       <c r="V97" s="84"/>
       <c r="W97" s="84"/>
       <c r="X97" s="84"/>
       <c r="Y97" s="84"/>
       <c r="Z97" s="68"/>
     </row>
-    <row r="98" spans="2:26" x14ac:dyDescent="0.3">
+    <row r="98" spans="2:26" ht="30">
       <c r="B98" s="67"/>
-      <c r="D98" s="93" t="s">
-[...46 lines deleted...]
-      </c>
+      <c r="D98" s="86"/>
+      <c r="E98" s="87" t="s">
+        <v>75</v>
+      </c>
+      <c r="F98" s="87" t="s">
+        <v>76</v>
+      </c>
+      <c r="G98" s="87" t="s">
+        <v>77</v>
+      </c>
+      <c r="H98" s="88" t="s">
+        <v>33</v>
+      </c>
+      <c r="I98" s="88" t="s">
+        <v>34</v>
+      </c>
+      <c r="J98" s="88" t="s">
+        <v>35</v>
+      </c>
+      <c r="K98" s="88" t="s">
+        <v>36</v>
+      </c>
+      <c r="L98" s="88" t="s">
+        <v>37</v>
+      </c>
+      <c r="M98" s="88" t="s">
+        <v>38</v>
+      </c>
+      <c r="N98" s="88" t="s">
+        <v>39</v>
+      </c>
+      <c r="O98" s="88" t="s">
+        <v>40</v>
+      </c>
+      <c r="P98" s="88" t="s">
+        <v>41</v>
+      </c>
+      <c r="Q98" s="88" t="s">
+        <v>42</v>
+      </c>
+      <c r="R98" s="88" t="s">
+        <v>43</v>
+      </c>
+      <c r="S98" s="89" t="s">
+        <v>44</v>
+      </c>
+      <c r="T98" s="90" t="s">
+        <v>45</v>
+      </c>
+      <c r="U98" s="90" t="s">
+        <v>46</v>
+      </c>
+      <c r="V98" s="90" t="s">
+        <v>47</v>
+      </c>
+      <c r="W98" s="90" t="s">
+        <v>48</v>
+      </c>
+      <c r="X98" s="84"/>
+      <c r="Y98" s="84"/>
       <c r="Z98" s="68"/>
     </row>
-    <row r="99" spans="2:26" x14ac:dyDescent="0.3">
+    <row r="99" spans="2:26">
       <c r="B99" s="67"/>
-      <c r="D99" s="84" t="s">
-[...33 lines deleted...]
-      </c>
+      <c r="D99" s="91" t="s">
+        <v>49</v>
+      </c>
+      <c r="E99" s="92">
+        <v>-15</v>
+      </c>
+      <c r="F99" s="92">
+        <v>-16.7</v>
+      </c>
+      <c r="G99" s="92">
+        <v>-21.6</v>
+      </c>
+      <c r="H99" s="92">
+        <v>-39.799999999999997</v>
+      </c>
+      <c r="I99" s="92">
+        <v>-26.8</v>
+      </c>
+      <c r="J99" s="92">
+        <v>-29.5</v>
+      </c>
+      <c r="K99" s="92">
+        <v>-30.5</v>
+      </c>
+      <c r="L99" s="92">
+        <v>-35.4</v>
+      </c>
+      <c r="M99" s="92">
+        <v>-39.6</v>
+      </c>
+      <c r="N99" s="92">
+        <v>-54.5</v>
+      </c>
+      <c r="O99" s="92">
+        <v>-47.4</v>
+      </c>
+      <c r="P99" s="92">
+        <v>-60.7</v>
+      </c>
+      <c r="Q99" s="92">
+        <v>-70</v>
+      </c>
+      <c r="R99" s="92">
+        <v>-58.2</v>
+      </c>
+      <c r="S99" s="92">
+        <v>-50.5</v>
+      </c>
+      <c r="T99" s="84"/>
+      <c r="U99" s="84"/>
+      <c r="V99" s="84"/>
+      <c r="W99" s="84"/>
+      <c r="X99" s="84"/>
+      <c r="Y99" s="84"/>
       <c r="Z99" s="68"/>
     </row>
-    <row r="100" spans="2:26" x14ac:dyDescent="0.3">
+    <row r="100" spans="2:26">
       <c r="B100" s="67"/>
-      <c r="D100" s="84"/>
-[...30 lines deleted...]
-      <c r="Y100" s="102"/>
+      <c r="D100" s="93" t="s">
+        <v>50</v>
+      </c>
+      <c r="E100" s="94">
+        <v>-33.5</v>
+      </c>
+      <c r="F100" s="94">
+        <v>-32.4</v>
+      </c>
+      <c r="G100" s="94">
+        <v>-37.9</v>
+      </c>
+      <c r="H100" s="94">
+        <v>-220.3</v>
+      </c>
+      <c r="I100" s="94">
+        <v>-162.80000000000001</v>
+      </c>
+      <c r="J100" s="94">
+        <v>-177.2</v>
+      </c>
+      <c r="K100" s="94">
+        <v>-168.3</v>
+      </c>
+      <c r="L100" s="94">
+        <v>-178.2</v>
+      </c>
+      <c r="M100" s="94">
+        <v>-190.6</v>
+      </c>
+      <c r="N100" s="94">
+        <v>-187</v>
+      </c>
+      <c r="O100" s="94">
+        <v>-128.19999999999999</v>
+      </c>
+      <c r="P100" s="94">
+        <v>-152</v>
+      </c>
+      <c r="Q100" s="94">
+        <v>-127.4</v>
+      </c>
+      <c r="R100" s="95">
+        <v>-97.9</v>
+      </c>
+      <c r="S100" s="95">
+        <v>-82.4</v>
+      </c>
       <c r="Z100" s="68"/>
     </row>
-    <row r="101" spans="2:26" x14ac:dyDescent="0.3">
+    <row r="101" spans="2:26">
       <c r="B101" s="67"/>
-      <c r="D101" s="84"/>
-[...30 lines deleted...]
-      <c r="Y101" s="105"/>
+      <c r="D101" s="84" t="s">
+        <v>94</v>
+      </c>
+      <c r="F101" s="96"/>
+      <c r="G101" s="96"/>
+      <c r="H101" s="97"/>
+      <c r="I101" s="96"/>
+      <c r="J101" s="96"/>
+      <c r="K101" s="96"/>
+      <c r="L101" s="96"/>
+      <c r="M101" s="96"/>
+      <c r="N101" s="96"/>
+      <c r="O101" s="96"/>
+      <c r="P101" s="96"/>
+      <c r="Q101" s="96"/>
+      <c r="R101" s="98"/>
+      <c r="S101" s="99"/>
+      <c r="T101" s="90" t="s">
+        <v>51</v>
+      </c>
+      <c r="U101" s="90" t="s">
+        <v>52</v>
+      </c>
+      <c r="V101" s="90" t="s">
+        <v>53</v>
+      </c>
+      <c r="W101" s="90" t="s">
+        <v>54</v>
+      </c>
+      <c r="X101" s="90" t="s">
+        <v>55</v>
+      </c>
+      <c r="Y101" s="90" t="s">
+        <v>56</v>
+      </c>
       <c r="Z101" s="68"/>
     </row>
-    <row r="102" spans="2:26" x14ac:dyDescent="0.3">
+    <row r="102" spans="2:26">
       <c r="B102" s="67"/>
       <c r="D102" s="84"/>
       <c r="E102" s="84"/>
       <c r="F102" s="84"/>
       <c r="G102" s="84"/>
       <c r="H102" s="84"/>
       <c r="I102" s="84"/>
       <c r="J102" s="84"/>
       <c r="K102" s="84"/>
       <c r="L102" s="84"/>
       <c r="M102" s="84"/>
       <c r="N102" s="84"/>
       <c r="O102" s="84"/>
       <c r="P102" s="84"/>
       <c r="Q102" s="84"/>
       <c r="R102" s="100" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="S102" s="101"/>
       <c r="T102" s="102">
-        <v>-161</v>
+        <v>-81.8</v>
       </c>
       <c r="U102" s="102">
-        <v>-137</v>
+        <v>-53.6</v>
       </c>
       <c r="V102" s="102">
-        <v>-137</v>
+        <v>-53.6</v>
       </c>
       <c r="W102" s="102">
-        <v>-137</v>
+        <v>-53.6</v>
       </c>
       <c r="X102" s="102"/>
       <c r="Y102" s="102"/>
       <c r="Z102" s="68"/>
     </row>
-    <row r="103" spans="2:26" x14ac:dyDescent="0.3">
+    <row r="103" spans="2:26">
       <c r="B103" s="67"/>
       <c r="D103" s="84"/>
       <c r="E103" s="84"/>
       <c r="F103" s="84"/>
       <c r="G103" s="84"/>
       <c r="H103" s="84"/>
       <c r="I103" s="84"/>
       <c r="J103" s="84"/>
       <c r="K103" s="84"/>
       <c r="L103" s="84"/>
       <c r="M103" s="84"/>
       <c r="N103" s="84"/>
       <c r="O103" s="84"/>
       <c r="P103" s="84"/>
       <c r="Q103" s="84"/>
       <c r="R103" s="103" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="S103" s="104"/>
       <c r="T103" s="105">
-        <v>-683</v>
+        <v>-128</v>
       </c>
       <c r="U103" s="105">
-        <v>-547</v>
+        <v>-104.7</v>
       </c>
       <c r="V103" s="105">
-        <v>-547</v>
+        <v>-104.7</v>
       </c>
       <c r="W103" s="105">
-        <v>-547</v>
-[...6 lines deleted...]
-      </c>
+        <v>-104.7</v>
+      </c>
+      <c r="X103" s="105"/>
+      <c r="Y103" s="105"/>
       <c r="Z103" s="68"/>
     </row>
-    <row r="104" spans="2:26" x14ac:dyDescent="0.3">
+    <row r="104" spans="2:26">
       <c r="B104" s="67"/>
       <c r="D104" s="84"/>
       <c r="E104" s="84"/>
       <c r="F104" s="84"/>
       <c r="G104" s="84"/>
       <c r="H104" s="84"/>
       <c r="I104" s="84"/>
       <c r="J104" s="84"/>
       <c r="K104" s="84"/>
       <c r="L104" s="84"/>
       <c r="M104" s="84"/>
       <c r="N104" s="84"/>
       <c r="O104" s="84"/>
       <c r="P104" s="84"/>
       <c r="Q104" s="84"/>
       <c r="R104" s="100" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="S104" s="101"/>
       <c r="T104" s="102">
-        <v>-535</v>
+        <v>-161</v>
       </c>
       <c r="U104" s="102">
-        <v>-476</v>
+        <v>-137</v>
       </c>
       <c r="V104" s="102">
-        <v>-476</v>
+        <v>-137</v>
       </c>
       <c r="W104" s="102">
-        <v>-476</v>
-[...6 lines deleted...]
-      </c>
+        <v>-137</v>
+      </c>
+      <c r="X104" s="102"/>
+      <c r="Y104" s="102"/>
       <c r="Z104" s="68"/>
     </row>
-    <row r="105" spans="2:26" x14ac:dyDescent="0.3">
+    <row r="105" spans="2:26">
       <c r="B105" s="67"/>
       <c r="D105" s="84"/>
       <c r="E105" s="84"/>
       <c r="F105" s="84"/>
       <c r="G105" s="84"/>
       <c r="H105" s="84"/>
       <c r="I105" s="84"/>
       <c r="J105" s="84"/>
       <c r="K105" s="84"/>
       <c r="L105" s="84"/>
       <c r="M105" s="84"/>
       <c r="N105" s="84"/>
       <c r="O105" s="84"/>
       <c r="P105" s="84"/>
       <c r="Q105" s="84"/>
       <c r="R105" s="103" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="S105" s="104"/>
       <c r="T105" s="105">
-        <v>-218</v>
+        <v>-683</v>
       </c>
       <c r="U105" s="105">
-        <v>-184.3</v>
+        <v>-547</v>
       </c>
       <c r="V105" s="105">
-        <v>-184.3</v>
+        <v>-547</v>
       </c>
       <c r="W105" s="105">
-        <v>-184.3</v>
+        <v>-547</v>
       </c>
       <c r="X105" s="105">
-        <v>-184.3</v>
+        <v>-547</v>
       </c>
       <c r="Y105" s="105">
-        <v>-184.3</v>
+        <v>-547</v>
       </c>
       <c r="Z105" s="68"/>
     </row>
-    <row r="106" spans="2:26" x14ac:dyDescent="0.3">
+    <row r="106" spans="2:26">
       <c r="B106" s="67"/>
       <c r="D106" s="84"/>
       <c r="E106" s="84"/>
       <c r="F106" s="84"/>
       <c r="G106" s="84"/>
       <c r="H106" s="84"/>
       <c r="I106" s="84"/>
       <c r="J106" s="84"/>
       <c r="K106" s="84"/>
       <c r="L106" s="84"/>
       <c r="M106" s="84"/>
       <c r="N106" s="84"/>
       <c r="O106" s="84"/>
       <c r="P106" s="84"/>
       <c r="Q106" s="84"/>
-      <c r="R106" s="106" t="s">
-[...8 lines deleted...]
-      <c r="Y106" s="107"/>
+      <c r="R106" s="100" t="s">
+        <v>60</v>
+      </c>
+      <c r="S106" s="101"/>
+      <c r="T106" s="102">
+        <v>-535</v>
+      </c>
+      <c r="U106" s="102">
+        <v>-476</v>
+      </c>
+      <c r="V106" s="102">
+        <v>-476</v>
+      </c>
+      <c r="W106" s="102">
+        <v>-476</v>
+      </c>
+      <c r="X106" s="102">
+        <v>-476</v>
+      </c>
+      <c r="Y106" s="102">
+        <v>-476</v>
+      </c>
       <c r="Z106" s="68"/>
     </row>
-    <row r="107" spans="2:26" x14ac:dyDescent="0.3">
-[...24 lines deleted...]
-      <c r="Z107" s="71"/>
+    <row r="107" spans="2:26">
+      <c r="B107" s="67"/>
+      <c r="D107" s="84"/>
+      <c r="E107" s="84"/>
+      <c r="F107" s="84"/>
+      <c r="G107" s="84"/>
+      <c r="H107" s="84"/>
+      <c r="I107" s="84"/>
+      <c r="J107" s="84"/>
+      <c r="K107" s="84"/>
+      <c r="L107" s="84"/>
+      <c r="M107" s="84"/>
+      <c r="N107" s="84"/>
+      <c r="O107" s="84"/>
+      <c r="P107" s="84"/>
+      <c r="Q107" s="84"/>
+      <c r="R107" s="103" t="s">
+        <v>61</v>
+      </c>
+      <c r="S107" s="104"/>
+      <c r="T107" s="105">
+        <v>-218</v>
+      </c>
+      <c r="U107" s="105">
+        <v>-184.3</v>
+      </c>
+      <c r="V107" s="105">
+        <v>-184.3</v>
+      </c>
+      <c r="W107" s="105">
+        <v>-184.3</v>
+      </c>
+      <c r="X107" s="105">
+        <v>-184.3</v>
+      </c>
+      <c r="Y107" s="105">
+        <v>-184.3</v>
+      </c>
+      <c r="Z107" s="68"/>
+    </row>
+    <row r="108" spans="2:26">
+      <c r="B108" s="67"/>
+      <c r="D108" s="84"/>
+      <c r="E108" s="84"/>
+      <c r="F108" s="84"/>
+      <c r="G108" s="84"/>
+      <c r="H108" s="84"/>
+      <c r="I108" s="84"/>
+      <c r="J108" s="84"/>
+      <c r="K108" s="84"/>
+      <c r="L108" s="84"/>
+      <c r="M108" s="84"/>
+      <c r="N108" s="84"/>
+      <c r="O108" s="84"/>
+      <c r="P108" s="84"/>
+      <c r="Q108" s="84"/>
+      <c r="R108" s="106" t="s">
+        <v>92</v>
+      </c>
+      <c r="S108" s="84"/>
+      <c r="T108" s="107"/>
+      <c r="U108" s="107"/>
+      <c r="V108" s="107"/>
+      <c r="W108" s="107"/>
+      <c r="X108" s="107"/>
+      <c r="Y108" s="107"/>
+      <c r="Z108" s="68"/>
+    </row>
+    <row r="109" spans="2:26">
+      <c r="B109" s="69"/>
+      <c r="C109" s="70"/>
+      <c r="D109" s="70"/>
+      <c r="E109" s="70"/>
+      <c r="F109" s="70"/>
+      <c r="G109" s="70"/>
+      <c r="H109" s="70"/>
+      <c r="I109" s="70"/>
+      <c r="J109" s="70"/>
+      <c r="K109" s="70"/>
+      <c r="L109" s="70"/>
+      <c r="M109" s="70"/>
+      <c r="N109" s="70"/>
+      <c r="O109" s="70"/>
+      <c r="P109" s="70"/>
+      <c r="Q109" s="70"/>
+      <c r="R109" s="70"/>
+      <c r="S109" s="70"/>
+      <c r="T109" s="70"/>
+      <c r="U109" s="70"/>
+      <c r="V109" s="70"/>
+      <c r="W109" s="70"/>
+      <c r="X109" s="70"/>
+      <c r="Y109" s="70"/>
+      <c r="Z109" s="71"/>
     </row>
   </sheetData>
   <mergeCells count="9">
-    <mergeCell ref="B89:D89"/>
-    <mergeCell ref="B88:D88"/>
+    <mergeCell ref="B91:D91"/>
     <mergeCell ref="B90:D90"/>
+    <mergeCell ref="B92:D92"/>
     <mergeCell ref="AG1:AI2"/>
-    <mergeCell ref="B82:D82"/>
-[...3 lines deleted...]
-    <mergeCell ref="B84:B86"/>
+    <mergeCell ref="B84:D84"/>
+    <mergeCell ref="B85:D85"/>
+    <mergeCell ref="B82:C82"/>
+    <mergeCell ref="B89:C89"/>
+    <mergeCell ref="B86:B88"/>
   </mergeCells>
   <phoneticPr fontId="4"/>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="8" scale="58" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <ignoredErrors>
-    <ignoredError sqref="F5:AI5 F7:AI9 G15:N15 G22:AI22 E31:AI31 E34:AI35 F14:I14 G17:Q17 G16:Q16 F40:I40 F37:AI37 E37 G24:I24 F10:AI10 Y14:AB14 AD14:AI14 J14:V14 O15:AB15 AA16:AD16 R16:X16 AF16:AI16 R17:AD17 AA24:AI24 J24:W24 Z24 E36:AI36 F11:AI11 S40 F41:AI41 AD15:AI15 F82:AW90 E84:E90 F80:H80 D39:E39 G21:Q21 U21:AI21 S21 AF17:AI17" unlockedFormula="1"/>
-    <ignoredError sqref="F39:AI39 AC15 AE17" formula="1" unlockedFormula="1"/>
+    <ignoredError sqref="F5:AI5 F7:AI9 G15:N15 F22:AI22 E31:AI31 E36:AI37 F14:I14 G17:Q17 G16:Q16 F42:I42 F39:AI39 E39 G24:I24 F10:AI10 Y14:AB14 AD14:AI14 J14:V14 O15:AB15 AA16:AD16 R16:X16 AF16:AI16 R17:AD17 AA24:AI24 J24:W24 Z24 E38:AI38 F11:AI11 S42 F43:AI43 AD15:AI15 F84:AW92 E86:E92 F82:H82 D41:E41 F21:O21 AF17:AI17 E32:AE32" unlockedFormula="1"/>
+    <ignoredError sqref="F41:AI41 AC15 AE17" formula="1" unlockedFormula="1"/>
   </ignoredErrors>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D30A17B5-6E74-4CDA-84B4-3EA2CC4E4A25}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{484D33A5-EABB-492A-89BA-5FC1D8593592}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:AW107"/>
+  <dimension ref="A1:AW109"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
       <pane xSplit="3" ySplit="12" topLeftCell="D13" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="D1" sqref="D1"/>
       <selection pane="bottomLeft" activeCell="A13" sqref="A13"/>
-      <selection pane="bottomRight" activeCell="C58" sqref="C58"/>
+      <selection pane="bottomRight" activeCell="B52" sqref="B52"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.90625" defaultRowHeight="15" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="8.90625" defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="8.1796875" style="2" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="20.81640625" style="2" customWidth="1"/>
     <col min="3" max="3" width="9.08984375" style="2" customWidth="1"/>
     <col min="4" max="4" width="9.1796875" style="2" bestFit="1" customWidth="1"/>
     <col min="5" max="13" width="7.36328125" style="2" customWidth="1"/>
     <col min="14" max="14" width="7.36328125" style="2" bestFit="1" customWidth="1"/>
     <col min="15" max="31" width="7.453125" style="2" bestFit="1" customWidth="1"/>
     <col min="32" max="35" width="8" style="2" bestFit="1" customWidth="1"/>
     <col min="36" max="49" width="7.453125" style="2" customWidth="1"/>
     <col min="50" max="16384" width="8.90625" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="1" spans="1:35" ht="15" customHeight="1">
       <c r="A1" s="1"/>
       <c r="B1" s="1" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="3"/>
       <c r="J1" s="3"/>
       <c r="K1" s="3"/>
       <c r="L1" s="3"/>
       <c r="M1" s="3"/>
       <c r="N1" s="3"/>
       <c r="O1" s="3"/>
       <c r="P1" s="3"/>
       <c r="Q1" s="3"/>
       <c r="R1" s="3"/>
       <c r="S1" s="3"/>
       <c r="T1" s="3"/>
       <c r="U1" s="3"/>
       <c r="V1" s="3"/>
       <c r="W1" s="3"/>
       <c r="X1" s="1"/>
       <c r="Y1" s="1"/>
       <c r="Z1" s="1"/>
       <c r="AA1" s="1"/>
       <c r="AB1" s="1"/>
       <c r="AC1" s="1"/>
       <c r="AD1" s="1"/>
       <c r="AE1" s="1"/>
       <c r="AF1" s="1"/>
-      <c r="AG1" s="137">
+      <c r="AG1" s="144">
         <f ca="1">TODAY()</f>
-        <v>45839</v>
-[...2 lines deleted...]
-      <c r="AI1" s="138"/>
+        <v>45983</v>
+      </c>
+      <c r="AH1" s="145"/>
+      <c r="AI1" s="145"/>
     </row>
-    <row r="2" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="2" spans="1:35" ht="15" customHeight="1">
       <c r="A2" s="1"/>
       <c r="B2" s="1"/>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="108"/>
       <c r="F2" s="2" t="s">
         <v>86</v>
       </c>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="3"/>
       <c r="J2" s="3"/>
       <c r="K2" s="3"/>
       <c r="L2" s="3"/>
       <c r="M2" s="3"/>
       <c r="N2" s="3"/>
       <c r="O2" s="3"/>
       <c r="P2" s="3"/>
       <c r="Q2" s="3"/>
       <c r="R2" s="3"/>
       <c r="S2" s="3"/>
       <c r="T2" s="3"/>
       <c r="U2" s="3"/>
       <c r="V2" s="3"/>
       <c r="W2" s="3"/>
       <c r="X2" s="1"/>
       <c r="Y2" s="1"/>
       <c r="Z2" s="1"/>
       <c r="AA2" s="1"/>
       <c r="AB2" s="1"/>
       <c r="AC2" s="1"/>
       <c r="AD2" s="1"/>
       <c r="AE2" s="1"/>
       <c r="AF2" s="1"/>
-      <c r="AG2" s="138"/>
-[...1 lines deleted...]
-      <c r="AI2" s="138"/>
+      <c r="AG2" s="145"/>
+      <c r="AH2" s="145"/>
+      <c r="AI2" s="145"/>
     </row>
-    <row r="3" spans="1:35" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:35">
       <c r="A3" s="1"/>
       <c r="B3" s="1"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
       <c r="P3" s="1"/>
       <c r="Q3" s="1"/>
       <c r="R3" s="1"/>
       <c r="S3" s="1"/>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
       <c r="X3" s="1"/>
       <c r="Y3" s="1"/>
       <c r="Z3" s="1"/>
       <c r="AA3" s="1"/>
       <c r="AB3" s="1"/>
       <c r="AC3" s="1"/>
       <c r="AD3" s="1"/>
       <c r="AE3" s="1"/>
       <c r="AF3" s="1"/>
       <c r="AG3" s="1"/>
       <c r="AH3" s="1"/>
       <c r="AI3" s="1"/>
     </row>
-    <row r="4" spans="1:35" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:35">
       <c r="A4" s="1"/>
       <c r="B4" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C4" s="5"/>
       <c r="D4" s="5" t="s">
         <v>3</v>
       </c>
       <c r="E4" s="25">
         <v>1</v>
       </c>
       <c r="F4" s="6">
         <v>2</v>
       </c>
       <c r="G4" s="4">
         <v>3</v>
       </c>
       <c r="H4" s="4">
         <v>4</v>
       </c>
       <c r="I4" s="4">
         <v>5</v>
       </c>
       <c r="J4" s="4">
         <v>6</v>
@@ -22492,57 +24881,57 @@
       <c r="AB4" s="4">
         <v>24</v>
       </c>
       <c r="AC4" s="4">
         <v>25</v>
       </c>
       <c r="AD4" s="4">
         <v>26</v>
       </c>
       <c r="AE4" s="4">
         <v>27</v>
       </c>
       <c r="AF4" s="4">
         <v>28</v>
       </c>
       <c r="AG4" s="5">
         <v>29</v>
       </c>
       <c r="AH4" s="25">
         <v>30</v>
       </c>
       <c r="AI4" s="6">
         <v>31</v>
       </c>
     </row>
-    <row r="5" spans="1:35" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:35">
       <c r="A5" s="1"/>
       <c r="B5" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C5" s="5" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="D5" s="7"/>
       <c r="E5" s="25">
         <v>2025</v>
       </c>
       <c r="F5" s="6">
         <f>E5+1</f>
         <v>2026</v>
       </c>
       <c r="G5" s="4">
         <f t="shared" ref="G5:AI5" si="0">F5+1</f>
         <v>2027</v>
       </c>
       <c r="H5" s="4">
         <f t="shared" si="0"/>
         <v>2028</v>
       </c>
       <c r="I5" s="4">
         <f t="shared" si="0"/>
         <v>2029</v>
       </c>
       <c r="J5" s="4">
         <f t="shared" si="0"/>
         <v>2030</v>
       </c>
@@ -22625,4870 +25014,5586 @@
       <c r="AD5" s="4">
         <f t="shared" si="0"/>
         <v>2050</v>
       </c>
       <c r="AE5" s="4">
         <f t="shared" si="0"/>
         <v>2051</v>
       </c>
       <c r="AF5" s="4">
         <f t="shared" si="0"/>
         <v>2052</v>
       </c>
       <c r="AG5" s="5">
         <f t="shared" si="0"/>
         <v>2053</v>
       </c>
       <c r="AH5" s="25">
         <f t="shared" si="0"/>
         <v>2054</v>
       </c>
       <c r="AI5" s="6">
         <f t="shared" si="0"/>
         <v>2055</v>
       </c>
     </row>
-    <row r="6" spans="1:35" s="11" customFormat="1" ht="24.9" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:35" s="11" customFormat="1" ht="24.9" customHeight="1">
       <c r="A6" s="8"/>
       <c r="B6" s="9" t="s">
         <v>5</v>
       </c>
       <c r="C6" s="9"/>
       <c r="D6" s="10"/>
       <c r="E6" s="46"/>
       <c r="F6" s="10"/>
       <c r="G6" s="10"/>
       <c r="H6" s="10"/>
       <c r="I6" s="10"/>
       <c r="J6" s="10"/>
       <c r="K6" s="10"/>
       <c r="L6" s="10"/>
       <c r="M6" s="10"/>
       <c r="N6" s="46"/>
       <c r="O6" s="10"/>
       <c r="P6" s="10"/>
       <c r="Q6" s="10"/>
       <c r="R6" s="10"/>
       <c r="S6" s="10"/>
       <c r="T6" s="10"/>
       <c r="U6" s="10"/>
       <c r="V6" s="10"/>
       <c r="W6" s="10"/>
       <c r="X6" s="46"/>
       <c r="Y6" s="10"/>
       <c r="Z6" s="10"/>
       <c r="AA6" s="10"/>
       <c r="AB6" s="10"/>
       <c r="AC6" s="10"/>
       <c r="AD6" s="10"/>
       <c r="AE6" s="10"/>
       <c r="AF6" s="10"/>
       <c r="AG6" s="10"/>
       <c r="AH6" s="46"/>
       <c r="AI6" s="10"/>
     </row>
-    <row r="7" spans="1:35" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:35">
       <c r="A7" s="1"/>
       <c r="B7" s="4"/>
       <c r="C7" s="5"/>
       <c r="D7" s="7"/>
       <c r="E7" s="25"/>
-      <c r="F7" s="6"/>
-[...28 lines deleted...]
-      <c r="AI7" s="6"/>
+      <c r="F7" s="6">
+        <f>E7+1</f>
+        <v>1</v>
+      </c>
+      <c r="G7" s="4">
+        <f t="shared" ref="G7:V11" si="1">F7+1</f>
+        <v>2</v>
+      </c>
+      <c r="H7" s="4">
+        <f t="shared" si="1"/>
+        <v>3</v>
+      </c>
+      <c r="I7" s="4">
+        <f t="shared" si="1"/>
+        <v>4</v>
+      </c>
+      <c r="J7" s="4">
+        <f t="shared" si="1"/>
+        <v>5</v>
+      </c>
+      <c r="K7" s="4">
+        <f t="shared" si="1"/>
+        <v>6</v>
+      </c>
+      <c r="L7" s="4">
+        <f t="shared" si="1"/>
+        <v>7</v>
+      </c>
+      <c r="M7" s="5">
+        <f t="shared" si="1"/>
+        <v>8</v>
+      </c>
+      <c r="N7" s="25">
+        <f t="shared" si="1"/>
+        <v>9</v>
+      </c>
+      <c r="O7" s="6">
+        <f t="shared" si="1"/>
+        <v>10</v>
+      </c>
+      <c r="P7" s="4">
+        <f t="shared" si="1"/>
+        <v>11</v>
+      </c>
+      <c r="Q7" s="4">
+        <f t="shared" si="1"/>
+        <v>12</v>
+      </c>
+      <c r="R7" s="4">
+        <f t="shared" si="1"/>
+        <v>13</v>
+      </c>
+      <c r="S7" s="4">
+        <f t="shared" si="1"/>
+        <v>14</v>
+      </c>
+      <c r="T7" s="4">
+        <f t="shared" si="1"/>
+        <v>15</v>
+      </c>
+      <c r="U7" s="4">
+        <f t="shared" si="1"/>
+        <v>16</v>
+      </c>
+      <c r="V7" s="4">
+        <f t="shared" si="1"/>
+        <v>17</v>
+      </c>
+      <c r="W7" s="5">
+        <f t="shared" ref="W7:AI11" si="2">V7+1</f>
+        <v>18</v>
+      </c>
+      <c r="X7" s="25">
+        <f t="shared" si="2"/>
+        <v>19</v>
+      </c>
+      <c r="Y7" s="6">
+        <f t="shared" si="2"/>
+        <v>20</v>
+      </c>
+      <c r="Z7" s="4">
+        <f t="shared" si="2"/>
+        <v>21</v>
+      </c>
+      <c r="AA7" s="4">
+        <f t="shared" si="2"/>
+        <v>22</v>
+      </c>
+      <c r="AB7" s="4">
+        <f t="shared" si="2"/>
+        <v>23</v>
+      </c>
+      <c r="AC7" s="4">
+        <f t="shared" si="2"/>
+        <v>24</v>
+      </c>
+      <c r="AD7" s="4">
+        <f t="shared" si="2"/>
+        <v>25</v>
+      </c>
+      <c r="AE7" s="4">
+        <f t="shared" si="2"/>
+        <v>26</v>
+      </c>
+      <c r="AF7" s="4">
+        <f t="shared" si="2"/>
+        <v>27</v>
+      </c>
+      <c r="AG7" s="5">
+        <f t="shared" si="2"/>
+        <v>28</v>
+      </c>
+      <c r="AH7" s="25">
+        <f t="shared" si="2"/>
+        <v>29</v>
+      </c>
+      <c r="AI7" s="6">
+        <f t="shared" si="2"/>
+        <v>30</v>
+      </c>
     </row>
-    <row r="8" spans="1:35" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:35">
       <c r="A8" s="1"/>
       <c r="B8" s="4"/>
       <c r="C8" s="5"/>
       <c r="D8" s="7"/>
       <c r="E8" s="25"/>
-      <c r="F8" s="6"/>
-[...28 lines deleted...]
-      <c r="AI8" s="6"/>
+      <c r="F8" s="6">
+        <f>E8+1</f>
+        <v>1</v>
+      </c>
+      <c r="G8" s="4">
+        <f>F8+1</f>
+        <v>2</v>
+      </c>
+      <c r="H8" s="4">
+        <f t="shared" si="1"/>
+        <v>3</v>
+      </c>
+      <c r="I8" s="4">
+        <f t="shared" si="1"/>
+        <v>4</v>
+      </c>
+      <c r="J8" s="4">
+        <f t="shared" si="1"/>
+        <v>5</v>
+      </c>
+      <c r="K8" s="4">
+        <f t="shared" si="1"/>
+        <v>6</v>
+      </c>
+      <c r="L8" s="4">
+        <f t="shared" si="1"/>
+        <v>7</v>
+      </c>
+      <c r="M8" s="5">
+        <f t="shared" si="1"/>
+        <v>8</v>
+      </c>
+      <c r="N8" s="25">
+        <f t="shared" si="1"/>
+        <v>9</v>
+      </c>
+      <c r="O8" s="6">
+        <f t="shared" si="1"/>
+        <v>10</v>
+      </c>
+      <c r="P8" s="4">
+        <f t="shared" si="1"/>
+        <v>11</v>
+      </c>
+      <c r="Q8" s="4">
+        <f t="shared" si="1"/>
+        <v>12</v>
+      </c>
+      <c r="R8" s="4">
+        <f t="shared" si="1"/>
+        <v>13</v>
+      </c>
+      <c r="S8" s="4">
+        <f t="shared" si="1"/>
+        <v>14</v>
+      </c>
+      <c r="T8" s="4">
+        <f t="shared" si="1"/>
+        <v>15</v>
+      </c>
+      <c r="U8" s="4">
+        <f t="shared" si="1"/>
+        <v>16</v>
+      </c>
+      <c r="V8" s="4">
+        <f t="shared" si="1"/>
+        <v>17</v>
+      </c>
+      <c r="W8" s="5">
+        <f t="shared" si="2"/>
+        <v>18</v>
+      </c>
+      <c r="X8" s="25">
+        <f t="shared" si="2"/>
+        <v>19</v>
+      </c>
+      <c r="Y8" s="6">
+        <f t="shared" si="2"/>
+        <v>20</v>
+      </c>
+      <c r="Z8" s="4">
+        <f t="shared" si="2"/>
+        <v>21</v>
+      </c>
+      <c r="AA8" s="4">
+        <f t="shared" si="2"/>
+        <v>22</v>
+      </c>
+      <c r="AB8" s="4">
+        <f t="shared" si="2"/>
+        <v>23</v>
+      </c>
+      <c r="AC8" s="4">
+        <f t="shared" si="2"/>
+        <v>24</v>
+      </c>
+      <c r="AD8" s="4">
+        <f t="shared" si="2"/>
+        <v>25</v>
+      </c>
+      <c r="AE8" s="4">
+        <f t="shared" si="2"/>
+        <v>26</v>
+      </c>
+      <c r="AF8" s="4">
+        <f t="shared" si="2"/>
+        <v>27</v>
+      </c>
+      <c r="AG8" s="5">
+        <f t="shared" si="2"/>
+        <v>28</v>
+      </c>
+      <c r="AH8" s="25">
+        <f t="shared" si="2"/>
+        <v>29</v>
+      </c>
+      <c r="AI8" s="6">
+        <f t="shared" si="2"/>
+        <v>30</v>
+      </c>
     </row>
-    <row r="9" spans="1:35" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:35">
       <c r="A9" s="1"/>
       <c r="B9" s="4"/>
       <c r="C9" s="5"/>
       <c r="D9" s="7"/>
       <c r="E9" s="25"/>
-      <c r="F9" s="6"/>
-[...28 lines deleted...]
-      <c r="AI9" s="6"/>
+      <c r="F9" s="6">
+        <f>E9+1</f>
+        <v>1</v>
+      </c>
+      <c r="G9" s="4">
+        <f t="shared" ref="G9:G11" si="3">F9+1</f>
+        <v>2</v>
+      </c>
+      <c r="H9" s="4">
+        <f t="shared" si="1"/>
+        <v>3</v>
+      </c>
+      <c r="I9" s="4">
+        <f t="shared" si="1"/>
+        <v>4</v>
+      </c>
+      <c r="J9" s="4">
+        <f t="shared" si="1"/>
+        <v>5</v>
+      </c>
+      <c r="K9" s="4">
+        <f t="shared" si="1"/>
+        <v>6</v>
+      </c>
+      <c r="L9" s="4">
+        <f t="shared" si="1"/>
+        <v>7</v>
+      </c>
+      <c r="M9" s="5">
+        <f t="shared" si="1"/>
+        <v>8</v>
+      </c>
+      <c r="N9" s="25">
+        <f t="shared" si="1"/>
+        <v>9</v>
+      </c>
+      <c r="O9" s="6">
+        <f t="shared" si="1"/>
+        <v>10</v>
+      </c>
+      <c r="P9" s="4">
+        <f t="shared" si="1"/>
+        <v>11</v>
+      </c>
+      <c r="Q9" s="4">
+        <f t="shared" si="1"/>
+        <v>12</v>
+      </c>
+      <c r="R9" s="4">
+        <f t="shared" si="1"/>
+        <v>13</v>
+      </c>
+      <c r="S9" s="4">
+        <f t="shared" si="1"/>
+        <v>14</v>
+      </c>
+      <c r="T9" s="4">
+        <f t="shared" si="1"/>
+        <v>15</v>
+      </c>
+      <c r="U9" s="4">
+        <f t="shared" si="1"/>
+        <v>16</v>
+      </c>
+      <c r="V9" s="4">
+        <f t="shared" si="1"/>
+        <v>17</v>
+      </c>
+      <c r="W9" s="5">
+        <f t="shared" si="2"/>
+        <v>18</v>
+      </c>
+      <c r="X9" s="25">
+        <f t="shared" si="2"/>
+        <v>19</v>
+      </c>
+      <c r="Y9" s="6">
+        <f t="shared" si="2"/>
+        <v>20</v>
+      </c>
+      <c r="Z9" s="4">
+        <f t="shared" si="2"/>
+        <v>21</v>
+      </c>
+      <c r="AA9" s="4">
+        <f t="shared" si="2"/>
+        <v>22</v>
+      </c>
+      <c r="AB9" s="4">
+        <f t="shared" si="2"/>
+        <v>23</v>
+      </c>
+      <c r="AC9" s="4">
+        <f t="shared" si="2"/>
+        <v>24</v>
+      </c>
+      <c r="AD9" s="4">
+        <f t="shared" si="2"/>
+        <v>25</v>
+      </c>
+      <c r="AE9" s="4">
+        <f t="shared" si="2"/>
+        <v>26</v>
+      </c>
+      <c r="AF9" s="4">
+        <f t="shared" si="2"/>
+        <v>27</v>
+      </c>
+      <c r="AG9" s="5">
+        <f t="shared" si="2"/>
+        <v>28</v>
+      </c>
+      <c r="AH9" s="25">
+        <f t="shared" si="2"/>
+        <v>29</v>
+      </c>
+      <c r="AI9" s="6">
+        <f t="shared" si="2"/>
+        <v>30</v>
+      </c>
     </row>
-    <row r="10" spans="1:35" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:35">
       <c r="A10" s="1"/>
       <c r="B10" s="4"/>
       <c r="C10" s="5"/>
       <c r="D10" s="7"/>
       <c r="E10" s="25"/>
-      <c r="F10" s="6"/>
-[...28 lines deleted...]
-      <c r="AI10" s="6"/>
+      <c r="F10" s="6">
+        <f>E10+1</f>
+        <v>1</v>
+      </c>
+      <c r="G10" s="4">
+        <f t="shared" si="3"/>
+        <v>2</v>
+      </c>
+      <c r="H10" s="4">
+        <f t="shared" si="1"/>
+        <v>3</v>
+      </c>
+      <c r="I10" s="4">
+        <f t="shared" si="1"/>
+        <v>4</v>
+      </c>
+      <c r="J10" s="4">
+        <f t="shared" si="1"/>
+        <v>5</v>
+      </c>
+      <c r="K10" s="4">
+        <f t="shared" si="1"/>
+        <v>6</v>
+      </c>
+      <c r="L10" s="4">
+        <f t="shared" si="1"/>
+        <v>7</v>
+      </c>
+      <c r="M10" s="5">
+        <f t="shared" si="1"/>
+        <v>8</v>
+      </c>
+      <c r="N10" s="25">
+        <f t="shared" si="1"/>
+        <v>9</v>
+      </c>
+      <c r="O10" s="6">
+        <f t="shared" si="1"/>
+        <v>10</v>
+      </c>
+      <c r="P10" s="4">
+        <f t="shared" si="1"/>
+        <v>11</v>
+      </c>
+      <c r="Q10" s="4">
+        <f t="shared" si="1"/>
+        <v>12</v>
+      </c>
+      <c r="R10" s="4">
+        <f t="shared" si="1"/>
+        <v>13</v>
+      </c>
+      <c r="S10" s="4">
+        <f t="shared" si="1"/>
+        <v>14</v>
+      </c>
+      <c r="T10" s="4">
+        <f t="shared" si="1"/>
+        <v>15</v>
+      </c>
+      <c r="U10" s="4">
+        <f t="shared" si="1"/>
+        <v>16</v>
+      </c>
+      <c r="V10" s="4">
+        <f t="shared" si="1"/>
+        <v>17</v>
+      </c>
+      <c r="W10" s="5">
+        <f t="shared" si="2"/>
+        <v>18</v>
+      </c>
+      <c r="X10" s="25">
+        <f t="shared" si="2"/>
+        <v>19</v>
+      </c>
+      <c r="Y10" s="6">
+        <f t="shared" si="2"/>
+        <v>20</v>
+      </c>
+      <c r="Z10" s="4">
+        <f t="shared" si="2"/>
+        <v>21</v>
+      </c>
+      <c r="AA10" s="4">
+        <f t="shared" si="2"/>
+        <v>22</v>
+      </c>
+      <c r="AB10" s="4">
+        <f t="shared" si="2"/>
+        <v>23</v>
+      </c>
+      <c r="AC10" s="4">
+        <f t="shared" si="2"/>
+        <v>24</v>
+      </c>
+      <c r="AD10" s="4">
+        <f t="shared" si="2"/>
+        <v>25</v>
+      </c>
+      <c r="AE10" s="4">
+        <f t="shared" si="2"/>
+        <v>26</v>
+      </c>
+      <c r="AF10" s="4">
+        <f t="shared" si="2"/>
+        <v>27</v>
+      </c>
+      <c r="AG10" s="5">
+        <f t="shared" si="2"/>
+        <v>28</v>
+      </c>
+      <c r="AH10" s="25">
+        <f t="shared" si="2"/>
+        <v>29</v>
+      </c>
+      <c r="AI10" s="6">
+        <f t="shared" si="2"/>
+        <v>30</v>
+      </c>
     </row>
-    <row r="11" spans="1:35" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:35">
       <c r="A11" s="1"/>
       <c r="B11" s="4"/>
       <c r="C11" s="5"/>
       <c r="D11" s="7"/>
       <c r="E11" s="25"/>
-      <c r="F11" s="34"/>
-[...28 lines deleted...]
-      <c r="AI11" s="6"/>
+      <c r="F11" s="34">
+        <f>E11+1</f>
+        <v>1</v>
+      </c>
+      <c r="G11" s="4">
+        <f t="shared" si="3"/>
+        <v>2</v>
+      </c>
+      <c r="H11" s="4">
+        <f t="shared" si="1"/>
+        <v>3</v>
+      </c>
+      <c r="I11" s="4">
+        <f t="shared" si="1"/>
+        <v>4</v>
+      </c>
+      <c r="J11" s="4">
+        <f t="shared" si="1"/>
+        <v>5</v>
+      </c>
+      <c r="K11" s="4">
+        <f t="shared" si="1"/>
+        <v>6</v>
+      </c>
+      <c r="L11" s="4">
+        <f t="shared" si="1"/>
+        <v>7</v>
+      </c>
+      <c r="M11" s="5">
+        <f t="shared" si="1"/>
+        <v>8</v>
+      </c>
+      <c r="N11" s="25">
+        <f t="shared" si="1"/>
+        <v>9</v>
+      </c>
+      <c r="O11" s="6">
+        <f t="shared" si="1"/>
+        <v>10</v>
+      </c>
+      <c r="P11" s="4">
+        <f t="shared" si="1"/>
+        <v>11</v>
+      </c>
+      <c r="Q11" s="4">
+        <f t="shared" si="1"/>
+        <v>12</v>
+      </c>
+      <c r="R11" s="4">
+        <f t="shared" si="1"/>
+        <v>13</v>
+      </c>
+      <c r="S11" s="4">
+        <f t="shared" si="1"/>
+        <v>14</v>
+      </c>
+      <c r="T11" s="4">
+        <f t="shared" si="1"/>
+        <v>15</v>
+      </c>
+      <c r="U11" s="4">
+        <f t="shared" si="1"/>
+        <v>16</v>
+      </c>
+      <c r="V11" s="4">
+        <f t="shared" si="1"/>
+        <v>17</v>
+      </c>
+      <c r="W11" s="5">
+        <f t="shared" si="2"/>
+        <v>18</v>
+      </c>
+      <c r="X11" s="25">
+        <f t="shared" si="2"/>
+        <v>19</v>
+      </c>
+      <c r="Y11" s="6">
+        <f t="shared" si="2"/>
+        <v>20</v>
+      </c>
+      <c r="Z11" s="4">
+        <f t="shared" si="2"/>
+        <v>21</v>
+      </c>
+      <c r="AA11" s="4">
+        <f t="shared" si="2"/>
+        <v>22</v>
+      </c>
+      <c r="AB11" s="4">
+        <f t="shared" si="2"/>
+        <v>23</v>
+      </c>
+      <c r="AC11" s="4">
+        <f t="shared" si="2"/>
+        <v>24</v>
+      </c>
+      <c r="AD11" s="4">
+        <f t="shared" si="2"/>
+        <v>25</v>
+      </c>
+      <c r="AE11" s="4">
+        <f t="shared" si="2"/>
+        <v>26</v>
+      </c>
+      <c r="AF11" s="4">
+        <f t="shared" si="2"/>
+        <v>27</v>
+      </c>
+      <c r="AG11" s="5">
+        <f t="shared" si="2"/>
+        <v>28</v>
+      </c>
+      <c r="AH11" s="25">
+        <f t="shared" si="2"/>
+        <v>29</v>
+      </c>
+      <c r="AI11" s="6">
+        <f t="shared" si="2"/>
+        <v>30</v>
+      </c>
     </row>
-    <row r="12" spans="1:35" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:35">
       <c r="A12" s="1"/>
       <c r="B12" s="4"/>
       <c r="C12" s="5"/>
       <c r="D12" s="7"/>
       <c r="E12" s="47"/>
       <c r="F12" s="12"/>
       <c r="G12" s="13"/>
       <c r="H12" s="13"/>
       <c r="I12" s="13"/>
       <c r="J12" s="13"/>
       <c r="K12" s="13"/>
       <c r="L12" s="13"/>
       <c r="M12" s="7"/>
       <c r="N12" s="50"/>
       <c r="O12" s="14"/>
       <c r="P12" s="13"/>
       <c r="Q12" s="13"/>
       <c r="R12" s="13"/>
       <c r="S12" s="13"/>
       <c r="T12" s="13"/>
       <c r="U12" s="13"/>
       <c r="V12" s="13"/>
       <c r="W12" s="7"/>
       <c r="X12" s="50"/>
       <c r="Y12" s="14"/>
       <c r="Z12" s="13"/>
       <c r="AA12" s="13"/>
       <c r="AB12" s="13"/>
       <c r="AC12" s="13"/>
       <c r="AD12" s="13"/>
       <c r="AE12" s="13"/>
       <c r="AF12" s="13"/>
       <c r="AG12" s="7"/>
       <c r="AH12" s="50"/>
       <c r="AI12" s="14"/>
     </row>
-    <row r="13" spans="1:35" s="11" customFormat="1" ht="24.9" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:35" s="11" customFormat="1" ht="24.9" customHeight="1">
       <c r="A13" s="8"/>
       <c r="B13" s="15" t="s">
         <v>85</v>
       </c>
       <c r="C13" s="15"/>
       <c r="D13" s="16"/>
       <c r="E13" s="46"/>
       <c r="F13" s="16"/>
       <c r="G13" s="16"/>
       <c r="H13" s="16"/>
       <c r="I13" s="16"/>
       <c r="J13" s="16"/>
       <c r="K13" s="16"/>
       <c r="L13" s="16"/>
       <c r="M13" s="16"/>
       <c r="N13" s="46"/>
       <c r="O13" s="16"/>
       <c r="P13" s="16"/>
       <c r="Q13" s="16"/>
       <c r="R13" s="16"/>
       <c r="S13" s="16"/>
       <c r="T13" s="16"/>
       <c r="U13" s="16"/>
       <c r="V13" s="16"/>
       <c r="W13" s="16"/>
       <c r="X13" s="46"/>
       <c r="Y13" s="16"/>
       <c r="Z13" s="16"/>
       <c r="AA13" s="16"/>
       <c r="AB13" s="16"/>
       <c r="AC13" s="16"/>
       <c r="AD13" s="16"/>
       <c r="AE13" s="16"/>
       <c r="AF13" s="16"/>
       <c r="AG13" s="16"/>
       <c r="AH13" s="46"/>
       <c r="AI13" s="16"/>
     </row>
-    <row r="14" spans="1:35" x14ac:dyDescent="0.3">
+    <row r="14" spans="1:35">
       <c r="A14" s="1"/>
       <c r="B14" s="17"/>
       <c r="C14" s="18"/>
       <c r="D14" s="19"/>
       <c r="E14" s="48"/>
       <c r="F14" s="40"/>
       <c r="G14" s="41"/>
       <c r="H14" s="41"/>
       <c r="I14" s="41"/>
       <c r="J14" s="41"/>
       <c r="K14" s="41"/>
       <c r="L14" s="41"/>
       <c r="M14" s="35"/>
       <c r="N14" s="48"/>
       <c r="O14" s="40"/>
       <c r="P14" s="40"/>
       <c r="Q14" s="40"/>
       <c r="R14" s="40"/>
       <c r="S14" s="40"/>
       <c r="T14" s="41"/>
       <c r="U14" s="41"/>
       <c r="V14" s="41"/>
       <c r="W14" s="35"/>
       <c r="X14" s="48"/>
       <c r="Y14" s="40"/>
       <c r="Z14" s="40"/>
       <c r="AA14" s="41"/>
       <c r="AB14" s="41"/>
       <c r="AC14" s="41"/>
       <c r="AD14" s="41"/>
       <c r="AE14" s="41"/>
       <c r="AF14" s="41"/>
       <c r="AG14" s="35"/>
       <c r="AH14" s="48"/>
       <c r="AI14" s="40"/>
     </row>
-    <row r="15" spans="1:35" x14ac:dyDescent="0.3">
+    <row r="15" spans="1:35">
       <c r="A15" s="1"/>
       <c r="B15" s="17"/>
       <c r="C15" s="18"/>
       <c r="D15" s="19"/>
       <c r="E15" s="48"/>
       <c r="F15" s="40"/>
       <c r="G15" s="41"/>
       <c r="H15" s="41"/>
       <c r="I15" s="41"/>
       <c r="J15" s="41"/>
       <c r="K15" s="41"/>
       <c r="L15" s="41"/>
       <c r="M15" s="41"/>
       <c r="N15" s="48"/>
       <c r="O15" s="41"/>
       <c r="P15" s="41"/>
       <c r="Q15" s="41"/>
       <c r="R15" s="41"/>
       <c r="S15" s="41"/>
       <c r="T15" s="41"/>
       <c r="U15" s="41"/>
       <c r="V15" s="41"/>
       <c r="W15" s="41"/>
       <c r="X15" s="48"/>
       <c r="Y15" s="41"/>
       <c r="Z15" s="41"/>
       <c r="AA15" s="41"/>
       <c r="AB15" s="41"/>
       <c r="AC15" s="41"/>
       <c r="AD15" s="41"/>
       <c r="AE15" s="41"/>
       <c r="AF15" s="41"/>
       <c r="AG15" s="41"/>
       <c r="AH15" s="48"/>
       <c r="AI15" s="41"/>
     </row>
-    <row r="16" spans="1:35" x14ac:dyDescent="0.3">
+    <row r="16" spans="1:35">
       <c r="A16" s="1"/>
       <c r="B16" s="17"/>
       <c r="C16" s="18"/>
       <c r="D16" s="19"/>
       <c r="E16" s="48"/>
       <c r="F16" s="40"/>
       <c r="G16" s="41"/>
       <c r="H16" s="41"/>
       <c r="I16" s="41"/>
       <c r="J16" s="41"/>
       <c r="K16" s="41"/>
       <c r="L16" s="41"/>
       <c r="M16" s="35"/>
       <c r="N16" s="48"/>
       <c r="O16" s="40"/>
       <c r="P16" s="41"/>
       <c r="Q16" s="41"/>
       <c r="R16" s="41"/>
       <c r="S16" s="41"/>
       <c r="T16" s="41"/>
       <c r="U16" s="41"/>
       <c r="V16" s="41"/>
       <c r="W16" s="35"/>
       <c r="X16" s="48"/>
       <c r="Y16" s="40"/>
       <c r="Z16" s="41"/>
       <c r="AA16" s="41"/>
       <c r="AB16" s="41"/>
       <c r="AC16" s="41"/>
       <c r="AD16" s="41"/>
       <c r="AE16" s="41"/>
       <c r="AF16" s="41"/>
       <c r="AG16" s="35"/>
       <c r="AH16" s="48"/>
       <c r="AI16" s="40"/>
     </row>
-    <row r="17" spans="1:37" x14ac:dyDescent="0.3">
+    <row r="17" spans="1:37">
       <c r="A17" s="1"/>
       <c r="B17" s="17"/>
       <c r="C17" s="18"/>
       <c r="D17" s="19"/>
       <c r="E17" s="48"/>
       <c r="F17" s="40"/>
       <c r="G17" s="41"/>
       <c r="H17" s="41"/>
       <c r="I17" s="41"/>
       <c r="J17" s="41"/>
       <c r="K17" s="41"/>
       <c r="L17" s="41"/>
       <c r="M17" s="35"/>
       <c r="N17" s="48"/>
       <c r="O17" s="40"/>
       <c r="P17" s="41"/>
       <c r="Q17" s="41"/>
       <c r="R17" s="41"/>
       <c r="S17" s="41"/>
       <c r="T17" s="41"/>
       <c r="U17" s="41"/>
       <c r="V17" s="41"/>
       <c r="W17" s="35"/>
       <c r="X17" s="48"/>
       <c r="Y17" s="40"/>
       <c r="Z17" s="41"/>
       <c r="AA17" s="41"/>
       <c r="AB17" s="41"/>
       <c r="AC17" s="41"/>
       <c r="AD17" s="41"/>
       <c r="AE17" s="41"/>
       <c r="AF17" s="41"/>
       <c r="AG17" s="35"/>
       <c r="AH17" s="48"/>
       <c r="AI17" s="40"/>
     </row>
-    <row r="18" spans="1:37" x14ac:dyDescent="0.3">
+    <row r="18" spans="1:37">
       <c r="A18" s="1"/>
       <c r="B18" s="17"/>
       <c r="C18" s="18"/>
       <c r="D18" s="19"/>
       <c r="E18" s="48"/>
       <c r="F18" s="40"/>
       <c r="G18" s="41"/>
       <c r="H18" s="41"/>
       <c r="I18" s="41"/>
       <c r="J18" s="41"/>
       <c r="K18" s="41"/>
       <c r="L18" s="41"/>
       <c r="M18" s="35"/>
       <c r="N18" s="48"/>
       <c r="O18" s="40"/>
       <c r="P18" s="41"/>
       <c r="Q18" s="41"/>
       <c r="R18" s="41"/>
       <c r="S18" s="41"/>
       <c r="T18" s="41"/>
       <c r="U18" s="41"/>
       <c r="V18" s="41"/>
       <c r="W18" s="35"/>
       <c r="X18" s="48"/>
       <c r="Y18" s="40"/>
       <c r="Z18" s="41"/>
       <c r="AA18" s="41"/>
       <c r="AB18" s="41"/>
       <c r="AC18" s="41"/>
       <c r="AD18" s="41"/>
       <c r="AE18" s="41"/>
       <c r="AF18" s="41"/>
       <c r="AG18" s="35"/>
       <c r="AH18" s="48"/>
       <c r="AI18" s="40"/>
       <c r="AK18" s="20"/>
     </row>
-    <row r="19" spans="1:37" x14ac:dyDescent="0.3">
+    <row r="19" spans="1:37">
       <c r="A19" s="1"/>
       <c r="B19" s="17"/>
       <c r="C19" s="18"/>
       <c r="D19" s="19"/>
       <c r="E19" s="48"/>
       <c r="F19" s="40"/>
       <c r="G19" s="41"/>
       <c r="H19" s="41"/>
       <c r="I19" s="41"/>
       <c r="J19" s="41"/>
       <c r="K19" s="41"/>
       <c r="L19" s="41"/>
       <c r="M19" s="35"/>
       <c r="N19" s="48"/>
       <c r="O19" s="40"/>
       <c r="P19" s="41"/>
       <c r="Q19" s="41"/>
       <c r="R19" s="41"/>
       <c r="S19" s="41"/>
       <c r="T19" s="41"/>
       <c r="U19" s="41"/>
       <c r="V19" s="41"/>
       <c r="W19" s="35"/>
       <c r="X19" s="48"/>
       <c r="Y19" s="40"/>
       <c r="Z19" s="41"/>
       <c r="AA19" s="41"/>
       <c r="AB19" s="41"/>
       <c r="AC19" s="41"/>
       <c r="AD19" s="41"/>
       <c r="AE19" s="41"/>
       <c r="AF19" s="41"/>
       <c r="AG19" s="35"/>
       <c r="AH19" s="48"/>
       <c r="AI19" s="40"/>
       <c r="AK19" s="20"/>
     </row>
-    <row r="20" spans="1:37" x14ac:dyDescent="0.3">
+    <row r="20" spans="1:37">
       <c r="A20" s="1"/>
       <c r="B20" s="17"/>
       <c r="C20" s="18"/>
       <c r="D20" s="19"/>
       <c r="E20" s="48"/>
       <c r="F20" s="40"/>
       <c r="G20" s="41"/>
       <c r="H20" s="41"/>
       <c r="I20" s="41"/>
       <c r="J20" s="41"/>
       <c r="K20" s="41"/>
       <c r="L20" s="41"/>
       <c r="M20" s="35"/>
       <c r="N20" s="48"/>
       <c r="O20" s="40"/>
       <c r="P20" s="41"/>
       <c r="Q20" s="41"/>
       <c r="R20" s="41"/>
       <c r="S20" s="41"/>
       <c r="T20" s="41"/>
       <c r="U20" s="41"/>
       <c r="V20" s="41"/>
       <c r="W20" s="35"/>
       <c r="X20" s="48"/>
       <c r="Y20" s="40"/>
       <c r="Z20" s="41"/>
       <c r="AA20" s="41"/>
       <c r="AB20" s="41"/>
       <c r="AC20" s="41"/>
       <c r="AD20" s="41"/>
       <c r="AE20" s="41"/>
       <c r="AF20" s="41"/>
       <c r="AG20" s="35"/>
       <c r="AH20" s="48"/>
       <c r="AI20" s="40"/>
       <c r="AK20" s="20"/>
     </row>
-    <row r="21" spans="1:37" x14ac:dyDescent="0.3">
+    <row r="21" spans="1:37">
       <c r="A21" s="1"/>
       <c r="B21" s="21" t="s">
         <v>7</v>
       </c>
       <c r="C21" s="22">
         <v>0.01</v>
       </c>
       <c r="D21" s="23"/>
       <c r="E21" s="48"/>
       <c r="F21" s="42">
         <f>E21*(1+$C21)</f>
         <v>0</v>
       </c>
       <c r="G21" s="43">
         <f>F21*(1+$C21)</f>
         <v>0</v>
       </c>
       <c r="H21" s="43">
-        <f t="shared" ref="H21:Q21" si="1">G21*(1+$C21)</f>
+        <f t="shared" ref="H21:Q21" si="4">G21*(1+$C21)</f>
         <v>0</v>
       </c>
       <c r="I21" s="43">
-        <f t="shared" si="1"/>
+        <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="J21" s="43">
-        <f t="shared" si="1"/>
+        <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="K21" s="43">
-        <f t="shared" si="1"/>
+        <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="L21" s="43">
-        <f t="shared" si="1"/>
+        <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="M21" s="44">
-        <f t="shared" si="1"/>
+        <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="N21" s="48">
-        <f t="shared" si="1"/>
+        <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="O21" s="42">
-        <f t="shared" si="1"/>
+        <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="P21" s="43">
-        <f t="shared" si="1"/>
+        <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="Q21" s="43">
-        <f t="shared" si="1"/>
+        <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="R21" s="43">
-        <f t="shared" ref="R21" si="2">Q21*(1+$C21)</f>
+        <f>Q21*0.9</f>
         <v>0</v>
       </c>
       <c r="S21" s="43">
-        <f t="shared" ref="S21" si="3">R21*(1+$C21)</f>
+        <f t="shared" ref="S21" si="5">R21*(1+$C21)</f>
         <v>0</v>
       </c>
       <c r="T21" s="43">
-        <f t="shared" ref="T21" si="4">S21*(1+$C21)</f>
+        <f>S21*0.9</f>
         <v>0</v>
       </c>
       <c r="U21" s="43">
-        <f t="shared" ref="U21" si="5">T21*(1+$C21)</f>
+        <f t="shared" ref="U21:AI21" si="6">T21*(1+$C21)</f>
         <v>0</v>
       </c>
       <c r="V21" s="43">
-        <f t="shared" ref="V21" si="6">U21*(1+$C21)</f>
+        <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="W21" s="44">
-        <f t="shared" ref="W21" si="7">V21*(1+$C21)</f>
+        <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="X21" s="48">
-        <f t="shared" ref="X21" si="8">W21*(1+$C21)</f>
+        <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y21" s="42">
-        <f t="shared" ref="Y21" si="9">X21*(1+$C21)</f>
+        <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Z21" s="43">
-        <f t="shared" ref="Z21" si="10">Y21*(1+$C21)</f>
+        <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="AA21" s="43">
-        <f t="shared" ref="AA21" si="11">Z21*(1+$C21)</f>
+        <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="AB21" s="43">
-        <f t="shared" ref="AB21" si="12">AA21*(1+$C21)</f>
+        <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="AC21" s="43">
-        <f t="shared" ref="AC21" si="13">AB21*(1+$C21)</f>
+        <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="AD21" s="43">
-        <f t="shared" ref="AD21" si="14">AC21*(1+$C21)</f>
+        <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="AE21" s="43">
-        <f t="shared" ref="AE21" si="15">AD21*(1+$C21)</f>
+        <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="AF21" s="43">
-        <f t="shared" ref="AF21" si="16">AE21*(1+$C21)</f>
+        <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="AG21" s="44">
-        <f t="shared" ref="AG21" si="17">AF21*(1+$C21)</f>
+        <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="AH21" s="48">
-        <f t="shared" ref="AH21" si="18">AG21*(1+$C21)</f>
+        <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="AI21" s="42">
-        <f t="shared" ref="AI21" si="19">AH21*(1+$C21)</f>
+        <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="AK21" s="20"/>
     </row>
-    <row r="22" spans="1:37" x14ac:dyDescent="0.3">
+    <row r="22" spans="1:37">
       <c r="A22" s="1"/>
       <c r="B22" s="21" t="s">
         <v>8</v>
       </c>
       <c r="C22" s="22">
         <v>0.01</v>
       </c>
       <c r="D22" s="23"/>
       <c r="E22" s="48"/>
       <c r="F22" s="42">
-        <f t="shared" ref="F22:AI22" si="20">E22*(1+$C22)</f>
+        <f t="shared" ref="F22:AI22" si="7">E22*(1+$C22)</f>
         <v>0</v>
       </c>
       <c r="G22" s="43">
-        <f t="shared" si="20"/>
+        <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="H22" s="43">
-        <f t="shared" si="20"/>
+        <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="I22" s="43">
-        <f t="shared" si="20"/>
+        <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="J22" s="43">
-        <f t="shared" si="20"/>
+        <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="K22" s="43">
-        <f t="shared" si="20"/>
+        <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="L22" s="43">
-        <f t="shared" si="20"/>
+        <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="M22" s="44">
-        <f t="shared" si="20"/>
+        <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="N22" s="48">
-        <f t="shared" si="20"/>
+        <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="O22" s="42">
-        <f t="shared" si="20"/>
+        <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="P22" s="43">
-        <f t="shared" si="20"/>
+        <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="Q22" s="43">
-        <f t="shared" si="20"/>
+        <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="R22" s="43">
-        <f t="shared" si="20"/>
+        <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="S22" s="43">
-        <f t="shared" si="20"/>
+        <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="T22" s="43">
-        <f t="shared" si="20"/>
+        <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="U22" s="43">
-        <f t="shared" si="20"/>
+        <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="V22" s="43">
-        <f t="shared" si="20"/>
+        <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="W22" s="44">
-        <f t="shared" si="20"/>
+        <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="X22" s="48">
-        <f t="shared" si="20"/>
+        <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="Y22" s="42">
-        <f t="shared" si="20"/>
+        <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="Z22" s="43">
-        <f t="shared" si="20"/>
+        <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="AA22" s="43">
-        <f t="shared" si="20"/>
+        <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="AB22" s="43">
-        <f t="shared" si="20"/>
+        <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="AC22" s="43">
-        <f t="shared" si="20"/>
+        <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="AD22" s="43">
-        <f t="shared" si="20"/>
+        <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="AE22" s="43">
-        <f t="shared" si="20"/>
+        <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="AF22" s="43">
-        <f t="shared" si="20"/>
+        <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="AG22" s="44">
-        <f t="shared" si="20"/>
+        <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="AH22" s="48">
-        <f t="shared" si="20"/>
+        <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="AI22" s="42">
-        <f t="shared" si="20"/>
+        <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
-    <row r="23" spans="1:37" x14ac:dyDescent="0.3">
+    <row r="23" spans="1:37">
       <c r="A23" s="1"/>
       <c r="B23" s="21" t="s">
         <v>9</v>
       </c>
       <c r="C23" s="22"/>
       <c r="D23" s="23"/>
       <c r="E23" s="48"/>
       <c r="F23" s="42"/>
       <c r="G23" s="43"/>
       <c r="H23" s="43"/>
       <c r="I23" s="43"/>
       <c r="J23" s="43"/>
       <c r="K23" s="43"/>
       <c r="L23" s="43"/>
       <c r="M23" s="44"/>
       <c r="N23" s="48"/>
       <c r="O23" s="42"/>
       <c r="P23" s="43"/>
       <c r="Q23" s="43"/>
       <c r="R23" s="43"/>
       <c r="S23" s="43"/>
       <c r="T23" s="43"/>
       <c r="U23" s="43"/>
       <c r="V23" s="43"/>
       <c r="W23" s="44"/>
       <c r="X23" s="48"/>
       <c r="Y23" s="42"/>
       <c r="Z23" s="43"/>
       <c r="AA23" s="43"/>
       <c r="AB23" s="43"/>
       <c r="AC23" s="43"/>
       <c r="AD23" s="43"/>
       <c r="AE23" s="43"/>
       <c r="AF23" s="43"/>
       <c r="AG23" s="44"/>
       <c r="AH23" s="48"/>
       <c r="AI23" s="42"/>
       <c r="AK23" s="20"/>
     </row>
-    <row r="24" spans="1:37" x14ac:dyDescent="0.3">
+    <row r="24" spans="1:37">
       <c r="A24" s="1"/>
       <c r="B24" s="21" t="s">
         <v>10</v>
       </c>
       <c r="C24" s="22"/>
       <c r="D24" s="23"/>
       <c r="E24" s="48"/>
       <c r="F24" s="42"/>
       <c r="G24" s="43"/>
       <c r="H24" s="43"/>
       <c r="I24" s="43"/>
       <c r="J24" s="43"/>
       <c r="K24" s="43"/>
       <c r="L24" s="43"/>
       <c r="M24" s="43"/>
       <c r="N24" s="48"/>
       <c r="O24" s="43"/>
       <c r="P24" s="43"/>
       <c r="Q24" s="43"/>
       <c r="R24" s="43"/>
       <c r="S24" s="43"/>
       <c r="T24" s="43"/>
       <c r="U24" s="43"/>
       <c r="V24" s="43"/>
       <c r="W24" s="43"/>
       <c r="X24" s="48"/>
       <c r="Y24" s="42"/>
       <c r="Z24" s="43"/>
       <c r="AA24" s="43"/>
       <c r="AB24" s="43"/>
       <c r="AC24" s="43"/>
       <c r="AD24" s="43"/>
       <c r="AE24" s="43"/>
       <c r="AF24" s="43"/>
       <c r="AG24" s="44"/>
       <c r="AH24" s="48"/>
       <c r="AI24" s="42"/>
       <c r="AK24" s="20"/>
     </row>
-    <row r="25" spans="1:37" x14ac:dyDescent="0.3">
+    <row r="25" spans="1:37">
       <c r="A25" s="1"/>
       <c r="B25" s="21" t="s">
         <v>11</v>
       </c>
       <c r="C25" s="24"/>
       <c r="D25" s="23"/>
       <c r="E25" s="48"/>
       <c r="F25" s="42"/>
       <c r="G25" s="43"/>
       <c r="H25" s="43"/>
       <c r="I25" s="43"/>
       <c r="J25" s="43"/>
       <c r="K25" s="43"/>
       <c r="L25" s="43"/>
       <c r="M25" s="44"/>
       <c r="N25" s="48"/>
       <c r="O25" s="42"/>
       <c r="P25" s="43"/>
       <c r="Q25" s="43"/>
       <c r="R25" s="43"/>
       <c r="S25" s="43"/>
       <c r="T25" s="43"/>
       <c r="U25" s="43"/>
       <c r="V25" s="43"/>
       <c r="W25" s="44"/>
       <c r="X25" s="48"/>
       <c r="Y25" s="42"/>
       <c r="Z25" s="43"/>
       <c r="AA25" s="43"/>
       <c r="AB25" s="43"/>
       <c r="AC25" s="43"/>
       <c r="AD25" s="43"/>
       <c r="AE25" s="43"/>
       <c r="AF25" s="43"/>
       <c r="AG25" s="44"/>
       <c r="AH25" s="48"/>
       <c r="AI25" s="42"/>
       <c r="AK25" s="20"/>
     </row>
-    <row r="26" spans="1:37" x14ac:dyDescent="0.3">
+    <row r="26" spans="1:37">
       <c r="A26" s="1"/>
       <c r="B26" s="21" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="C26" s="22"/>
       <c r="D26" s="23"/>
       <c r="E26" s="48"/>
       <c r="F26" s="42"/>
       <c r="G26" s="43"/>
       <c r="H26" s="43"/>
       <c r="I26" s="43"/>
       <c r="J26" s="43"/>
       <c r="K26" s="43"/>
       <c r="L26" s="43"/>
       <c r="M26" s="44"/>
       <c r="N26" s="48"/>
       <c r="O26" s="42"/>
       <c r="P26" s="43"/>
       <c r="Q26" s="43"/>
       <c r="R26" s="43"/>
       <c r="S26" s="43"/>
       <c r="T26" s="43"/>
       <c r="U26" s="43"/>
       <c r="V26" s="43"/>
       <c r="W26" s="44"/>
       <c r="X26" s="48"/>
       <c r="Y26" s="44"/>
       <c r="Z26" s="44"/>
       <c r="AA26" s="44"/>
       <c r="AB26" s="44"/>
       <c r="AC26" s="44"/>
       <c r="AD26" s="44"/>
       <c r="AE26" s="44"/>
       <c r="AF26" s="44"/>
       <c r="AG26" s="44"/>
       <c r="AH26" s="48"/>
       <c r="AI26" s="44"/>
       <c r="AK26" s="20"/>
     </row>
-    <row r="27" spans="1:37" x14ac:dyDescent="0.3">
+    <row r="27" spans="1:37">
       <c r="A27" s="1"/>
       <c r="B27" s="21"/>
       <c r="C27" s="22"/>
       <c r="D27" s="23"/>
       <c r="E27" s="48"/>
       <c r="F27" s="42"/>
       <c r="G27" s="43"/>
       <c r="H27" s="43"/>
       <c r="I27" s="43"/>
       <c r="J27" s="43"/>
       <c r="K27" s="43"/>
       <c r="L27" s="43"/>
       <c r="M27" s="44"/>
       <c r="N27" s="48"/>
       <c r="O27" s="42"/>
       <c r="P27" s="43"/>
       <c r="Q27" s="43"/>
       <c r="R27" s="43"/>
       <c r="S27" s="43"/>
       <c r="T27" s="43"/>
       <c r="U27" s="43"/>
       <c r="V27" s="43"/>
       <c r="W27" s="44"/>
       <c r="X27" s="48"/>
       <c r="Y27" s="44"/>
       <c r="Z27" s="44"/>
       <c r="AA27" s="44"/>
       <c r="AB27" s="44"/>
       <c r="AC27" s="44"/>
       <c r="AD27" s="44"/>
       <c r="AE27" s="44"/>
       <c r="AF27" s="44"/>
       <c r="AG27" s="44"/>
       <c r="AH27" s="48"/>
       <c r="AI27" s="44"/>
       <c r="AK27" s="20"/>
     </row>
-    <row r="28" spans="1:37" x14ac:dyDescent="0.3">
+    <row r="28" spans="1:37">
       <c r="A28" s="1"/>
       <c r="B28" s="21"/>
       <c r="C28" s="22"/>
       <c r="D28" s="23"/>
       <c r="E28" s="48"/>
       <c r="F28" s="42"/>
       <c r="G28" s="43"/>
       <c r="H28" s="43"/>
       <c r="I28" s="43"/>
       <c r="J28" s="43"/>
       <c r="K28" s="43"/>
       <c r="L28" s="43"/>
       <c r="M28" s="44"/>
       <c r="N28" s="48"/>
       <c r="O28" s="42"/>
       <c r="P28" s="43"/>
       <c r="Q28" s="43"/>
       <c r="R28" s="43"/>
       <c r="S28" s="43"/>
       <c r="T28" s="43"/>
       <c r="U28" s="43"/>
       <c r="V28" s="43"/>
       <c r="W28" s="44"/>
       <c r="X28" s="48"/>
       <c r="Y28" s="44"/>
       <c r="Z28" s="44"/>
       <c r="AA28" s="44"/>
       <c r="AB28" s="44"/>
       <c r="AC28" s="44"/>
       <c r="AD28" s="44"/>
       <c r="AE28" s="44"/>
       <c r="AF28" s="44"/>
       <c r="AG28" s="44"/>
       <c r="AH28" s="51"/>
       <c r="AI28" s="44"/>
       <c r="AK28" s="20"/>
     </row>
-    <row r="29" spans="1:37" x14ac:dyDescent="0.3">
+    <row r="29" spans="1:37">
       <c r="A29" s="1"/>
       <c r="B29" s="21"/>
       <c r="C29" s="22"/>
       <c r="D29" s="23"/>
       <c r="E29" s="48"/>
       <c r="F29" s="42"/>
       <c r="G29" s="43"/>
       <c r="H29" s="43"/>
       <c r="I29" s="43"/>
       <c r="J29" s="43"/>
       <c r="K29" s="43"/>
       <c r="L29" s="43"/>
       <c r="M29" s="44"/>
       <c r="N29" s="48"/>
       <c r="O29" s="42"/>
       <c r="P29" s="43"/>
       <c r="Q29" s="43"/>
       <c r="R29" s="43"/>
       <c r="S29" s="43"/>
       <c r="T29" s="43"/>
       <c r="U29" s="43"/>
       <c r="V29" s="43"/>
       <c r="W29" s="44"/>
       <c r="X29" s="48"/>
       <c r="Y29" s="44"/>
       <c r="Z29" s="44"/>
       <c r="AA29" s="44"/>
       <c r="AB29" s="44"/>
       <c r="AC29" s="44"/>
       <c r="AD29" s="44"/>
       <c r="AE29" s="44"/>
       <c r="AF29" s="44"/>
       <c r="AG29" s="44"/>
       <c r="AH29" s="51"/>
       <c r="AI29" s="44"/>
       <c r="AK29" s="20"/>
     </row>
-    <row r="30" spans="1:37" x14ac:dyDescent="0.3">
+    <row r="30" spans="1:37">
       <c r="A30" s="1"/>
-      <c r="B30" s="114"/>
-[...32 lines deleted...]
-      <c r="AI30" s="120"/>
+      <c r="B30" s="111"/>
+      <c r="C30" s="112"/>
+      <c r="D30" s="113"/>
+      <c r="E30" s="114"/>
+      <c r="F30" s="115"/>
+      <c r="G30" s="116"/>
+      <c r="H30" s="116"/>
+      <c r="I30" s="116"/>
+      <c r="J30" s="116"/>
+      <c r="K30" s="116"/>
+      <c r="L30" s="116"/>
+      <c r="M30" s="117"/>
+      <c r="N30" s="114"/>
+      <c r="O30" s="115"/>
+      <c r="P30" s="116"/>
+      <c r="Q30" s="116"/>
+      <c r="R30" s="116"/>
+      <c r="S30" s="116"/>
+      <c r="T30" s="116"/>
+      <c r="U30" s="116"/>
+      <c r="V30" s="116"/>
+      <c r="W30" s="117"/>
+      <c r="X30" s="114"/>
+      <c r="Y30" s="117"/>
+      <c r="Z30" s="117"/>
+      <c r="AA30" s="117"/>
+      <c r="AB30" s="117"/>
+      <c r="AC30" s="117"/>
+      <c r="AD30" s="117"/>
+      <c r="AE30" s="117"/>
+      <c r="AF30" s="117"/>
+      <c r="AG30" s="117"/>
+      <c r="AH30" s="114"/>
+      <c r="AI30" s="117"/>
       <c r="AJ30" s="20"/>
       <c r="AK30" s="20"/>
     </row>
-    <row r="31" spans="1:37" x14ac:dyDescent="0.3">
+    <row r="31" spans="1:37">
       <c r="A31" s="1"/>
-      <c r="B31" s="122" t="s">
-[...125 lines deleted...]
-        <f t="shared" si="21"/>
+      <c r="B31" s="119" t="s">
+        <v>0</v>
+      </c>
+      <c r="C31" s="120"/>
+      <c r="D31" s="121"/>
+      <c r="E31" s="122">
+        <f t="shared" ref="E31:AI31" si="8">SUM(E14:E30)</f>
+        <v>0</v>
+      </c>
+      <c r="F31" s="123">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+      <c r="G31" s="122">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+      <c r="H31" s="122">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+      <c r="I31" s="122">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+      <c r="J31" s="122">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+      <c r="K31" s="122">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+      <c r="L31" s="122">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+      <c r="M31" s="124">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+      <c r="N31" s="122">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+      <c r="O31" s="123">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+      <c r="P31" s="122">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+      <c r="Q31" s="122">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+      <c r="R31" s="122">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+      <c r="S31" s="122">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+      <c r="T31" s="122">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+      <c r="U31" s="122">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+      <c r="V31" s="122">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+      <c r="W31" s="124">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+      <c r="X31" s="122">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+      <c r="Y31" s="123">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+      <c r="Z31" s="122">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+      <c r="AA31" s="122">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+      <c r="AB31" s="122">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+      <c r="AC31" s="122">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+      <c r="AD31" s="122">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+      <c r="AE31" s="122">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+      <c r="AF31" s="122">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+      <c r="AG31" s="124">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+      <c r="AH31" s="122">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+      <c r="AI31" s="123">
+        <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="AJ31" s="20"/>
     </row>
-    <row r="32" spans="1:37" x14ac:dyDescent="0.3">
+    <row r="32" spans="1:37">
       <c r="A32" s="1"/>
-      <c r="B32" s="112" t="s">
-[...4 lines deleted...]
-      <c r="E32" s="121">
+      <c r="B32" s="125" t="s">
+        <v>97</v>
+      </c>
+      <c r="C32" s="126"/>
+      <c r="D32" s="127"/>
+      <c r="E32" s="122">
         <f>SUM(E31:I31)</f>
         <v>0</v>
       </c>
-      <c r="F32" s="111">
-[...106 lines deleted...]
-      <c r="AI32" s="111"/>
+      <c r="F32" s="128">
+        <f t="shared" ref="F32:AE32" si="9">SUM(F31:J31)</f>
+        <v>0</v>
+      </c>
+      <c r="G32" s="128">
+        <f t="shared" si="9"/>
+        <v>0</v>
+      </c>
+      <c r="H32" s="128">
+        <f t="shared" si="9"/>
+        <v>0</v>
+      </c>
+      <c r="I32" s="128">
+        <f t="shared" si="9"/>
+        <v>0</v>
+      </c>
+      <c r="J32" s="128">
+        <f t="shared" si="9"/>
+        <v>0</v>
+      </c>
+      <c r="K32" s="128">
+        <f t="shared" si="9"/>
+        <v>0</v>
+      </c>
+      <c r="L32" s="128">
+        <f t="shared" si="9"/>
+        <v>0</v>
+      </c>
+      <c r="M32" s="128">
+        <f t="shared" si="9"/>
+        <v>0</v>
+      </c>
+      <c r="N32" s="122">
+        <f t="shared" si="9"/>
+        <v>0</v>
+      </c>
+      <c r="O32" s="128">
+        <f t="shared" si="9"/>
+        <v>0</v>
+      </c>
+      <c r="P32" s="128">
+        <f t="shared" si="9"/>
+        <v>0</v>
+      </c>
+      <c r="Q32" s="128">
+        <f t="shared" si="9"/>
+        <v>0</v>
+      </c>
+      <c r="R32" s="128">
+        <f t="shared" si="9"/>
+        <v>0</v>
+      </c>
+      <c r="S32" s="128">
+        <f t="shared" si="9"/>
+        <v>0</v>
+      </c>
+      <c r="T32" s="128">
+        <f t="shared" si="9"/>
+        <v>0</v>
+      </c>
+      <c r="U32" s="128">
+        <f t="shared" si="9"/>
+        <v>0</v>
+      </c>
+      <c r="V32" s="128">
+        <f t="shared" si="9"/>
+        <v>0</v>
+      </c>
+      <c r="W32" s="128">
+        <f t="shared" si="9"/>
+        <v>0</v>
+      </c>
+      <c r="X32" s="122">
+        <f t="shared" si="9"/>
+        <v>0</v>
+      </c>
+      <c r="Y32" s="128">
+        <f t="shared" si="9"/>
+        <v>0</v>
+      </c>
+      <c r="Z32" s="128">
+        <f t="shared" si="9"/>
+        <v>0</v>
+      </c>
+      <c r="AA32" s="128">
+        <f t="shared" si="9"/>
+        <v>0</v>
+      </c>
+      <c r="AB32" s="128">
+        <f t="shared" si="9"/>
+        <v>0</v>
+      </c>
+      <c r="AC32" s="128">
+        <f t="shared" si="9"/>
+        <v>0</v>
+      </c>
+      <c r="AD32" s="128">
+        <f t="shared" si="9"/>
+        <v>0</v>
+      </c>
+      <c r="AE32" s="128">
+        <f t="shared" si="9"/>
+        <v>0</v>
+      </c>
+      <c r="AF32" s="128"/>
+      <c r="AG32" s="128"/>
+      <c r="AH32" s="122"/>
+      <c r="AI32" s="128"/>
       <c r="AJ32" s="20"/>
     </row>
-    <row r="33" spans="1:36" s="11" customFormat="1" ht="24.9" customHeight="1" x14ac:dyDescent="0.35">
-[...36 lines deleted...]
-      <c r="AI33" s="16"/>
+    <row r="33" spans="1:36">
+      <c r="A33" s="1"/>
+      <c r="B33" s="129" t="s">
+        <v>95</v>
+      </c>
+      <c r="C33" s="130"/>
+      <c r="D33" s="131"/>
+      <c r="E33" s="122">
+        <f>SUM(E14:E20)</f>
+        <v>0</v>
+      </c>
+      <c r="F33" s="128">
+        <f t="shared" ref="F33:AI33" si="10">SUM(F14:F20)</f>
+        <v>0</v>
+      </c>
+      <c r="G33" s="128">
+        <f t="shared" si="10"/>
+        <v>0</v>
+      </c>
+      <c r="H33" s="128">
+        <f t="shared" si="10"/>
+        <v>0</v>
+      </c>
+      <c r="I33" s="128">
+        <f t="shared" si="10"/>
+        <v>0</v>
+      </c>
+      <c r="J33" s="128">
+        <f t="shared" si="10"/>
+        <v>0</v>
+      </c>
+      <c r="K33" s="128">
+        <f t="shared" si="10"/>
+        <v>0</v>
+      </c>
+      <c r="L33" s="128">
+        <f t="shared" si="10"/>
+        <v>0</v>
+      </c>
+      <c r="M33" s="128">
+        <f t="shared" si="10"/>
+        <v>0</v>
+      </c>
+      <c r="N33" s="122">
+        <f t="shared" si="10"/>
+        <v>0</v>
+      </c>
+      <c r="O33" s="128">
+        <f t="shared" si="10"/>
+        <v>0</v>
+      </c>
+      <c r="P33" s="128">
+        <f t="shared" si="10"/>
+        <v>0</v>
+      </c>
+      <c r="Q33" s="128">
+        <f t="shared" si="10"/>
+        <v>0</v>
+      </c>
+      <c r="R33" s="128">
+        <f t="shared" si="10"/>
+        <v>0</v>
+      </c>
+      <c r="S33" s="128">
+        <f t="shared" si="10"/>
+        <v>0</v>
+      </c>
+      <c r="T33" s="128">
+        <f t="shared" si="10"/>
+        <v>0</v>
+      </c>
+      <c r="U33" s="128">
+        <f t="shared" si="10"/>
+        <v>0</v>
+      </c>
+      <c r="V33" s="128">
+        <f t="shared" si="10"/>
+        <v>0</v>
+      </c>
+      <c r="W33" s="128">
+        <f t="shared" si="10"/>
+        <v>0</v>
+      </c>
+      <c r="X33" s="122">
+        <f t="shared" si="10"/>
+        <v>0</v>
+      </c>
+      <c r="Y33" s="128">
+        <f t="shared" si="10"/>
+        <v>0</v>
+      </c>
+      <c r="Z33" s="128">
+        <f t="shared" si="10"/>
+        <v>0</v>
+      </c>
+      <c r="AA33" s="128">
+        <f t="shared" si="10"/>
+        <v>0</v>
+      </c>
+      <c r="AB33" s="128">
+        <f t="shared" si="10"/>
+        <v>0</v>
+      </c>
+      <c r="AC33" s="128">
+        <f t="shared" si="10"/>
+        <v>0</v>
+      </c>
+      <c r="AD33" s="128">
+        <f t="shared" si="10"/>
+        <v>0</v>
+      </c>
+      <c r="AE33" s="128">
+        <f t="shared" si="10"/>
+        <v>0</v>
+      </c>
+      <c r="AF33" s="128">
+        <f t="shared" si="10"/>
+        <v>0</v>
+      </c>
+      <c r="AG33" s="128">
+        <f t="shared" si="10"/>
+        <v>0</v>
+      </c>
+      <c r="AH33" s="122">
+        <f t="shared" si="10"/>
+        <v>0</v>
+      </c>
+      <c r="AI33" s="128">
+        <f t="shared" si="10"/>
+        <v>0</v>
+      </c>
+      <c r="AJ33" s="20"/>
     </row>
-    <row r="34" spans="1:36" x14ac:dyDescent="0.3">
-[...131 lines deleted...]
-        <f t="shared" si="23"/>
+    <row r="34" spans="1:36">
+      <c r="A34" s="1"/>
+      <c r="B34" s="132" t="s">
+        <v>96</v>
+      </c>
+      <c r="C34" s="133"/>
+      <c r="D34" s="134"/>
+      <c r="E34" s="122">
+        <f>SUM(E21:E30)</f>
+        <v>0</v>
+      </c>
+      <c r="F34" s="128">
+        <f t="shared" ref="F34:AI34" si="11">SUM(F21:F30)</f>
+        <v>0</v>
+      </c>
+      <c r="G34" s="128">
+        <f t="shared" si="11"/>
+        <v>0</v>
+      </c>
+      <c r="H34" s="128">
+        <f t="shared" si="11"/>
+        <v>0</v>
+      </c>
+      <c r="I34" s="128">
+        <f t="shared" si="11"/>
+        <v>0</v>
+      </c>
+      <c r="J34" s="128">
+        <f t="shared" si="11"/>
+        <v>0</v>
+      </c>
+      <c r="K34" s="128">
+        <f t="shared" si="11"/>
+        <v>0</v>
+      </c>
+      <c r="L34" s="128">
+        <f t="shared" si="11"/>
+        <v>0</v>
+      </c>
+      <c r="M34" s="128">
+        <f t="shared" si="11"/>
+        <v>0</v>
+      </c>
+      <c r="N34" s="122">
+        <f t="shared" si="11"/>
+        <v>0</v>
+      </c>
+      <c r="O34" s="128">
+        <f t="shared" si="11"/>
+        <v>0</v>
+      </c>
+      <c r="P34" s="128">
+        <f t="shared" si="11"/>
+        <v>0</v>
+      </c>
+      <c r="Q34" s="128">
+        <f t="shared" si="11"/>
+        <v>0</v>
+      </c>
+      <c r="R34" s="128">
+        <f t="shared" si="11"/>
+        <v>0</v>
+      </c>
+      <c r="S34" s="128">
+        <f t="shared" si="11"/>
+        <v>0</v>
+      </c>
+      <c r="T34" s="128">
+        <f t="shared" si="11"/>
+        <v>0</v>
+      </c>
+      <c r="U34" s="128">
+        <f t="shared" si="11"/>
+        <v>0</v>
+      </c>
+      <c r="V34" s="128">
+        <f t="shared" si="11"/>
+        <v>0</v>
+      </c>
+      <c r="W34" s="128">
+        <f t="shared" si="11"/>
+        <v>0</v>
+      </c>
+      <c r="X34" s="122">
+        <f t="shared" si="11"/>
+        <v>0</v>
+      </c>
+      <c r="Y34" s="128">
+        <f t="shared" si="11"/>
+        <v>0</v>
+      </c>
+      <c r="Z34" s="128">
+        <f t="shared" si="11"/>
+        <v>0</v>
+      </c>
+      <c r="AA34" s="128">
+        <f t="shared" si="11"/>
+        <v>0</v>
+      </c>
+      <c r="AB34" s="128">
+        <f t="shared" si="11"/>
+        <v>0</v>
+      </c>
+      <c r="AC34" s="128">
+        <f t="shared" si="11"/>
+        <v>0</v>
+      </c>
+      <c r="AD34" s="128">
+        <f t="shared" si="11"/>
+        <v>0</v>
+      </c>
+      <c r="AE34" s="128">
+        <f t="shared" si="11"/>
+        <v>0</v>
+      </c>
+      <c r="AF34" s="128">
+        <f t="shared" si="11"/>
+        <v>0</v>
+      </c>
+      <c r="AG34" s="128">
+        <f t="shared" si="11"/>
+        <v>0</v>
+      </c>
+      <c r="AH34" s="122">
+        <f t="shared" si="11"/>
+        <v>0</v>
+      </c>
+      <c r="AI34" s="128">
+        <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="AJ34" s="20"/>
     </row>
-    <row r="35" spans="1:36" x14ac:dyDescent="0.3">
-[...134 lines deleted...]
-      <c r="AJ35" s="20"/>
+    <row r="35" spans="1:36" s="11" customFormat="1" ht="24.9" customHeight="1">
+      <c r="A35" s="27"/>
+      <c r="B35" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="C35" s="15"/>
+      <c r="D35" s="16"/>
+      <c r="E35" s="118"/>
+      <c r="F35" s="16"/>
+      <c r="G35" s="16"/>
+      <c r="H35" s="16"/>
+      <c r="I35" s="16"/>
+      <c r="J35" s="16"/>
+      <c r="K35" s="16"/>
+      <c r="L35" s="16"/>
+      <c r="M35" s="16"/>
+      <c r="N35" s="118"/>
+      <c r="O35" s="16"/>
+      <c r="P35" s="16"/>
+      <c r="Q35" s="16"/>
+      <c r="R35" s="16"/>
+      <c r="S35" s="16"/>
+      <c r="T35" s="16"/>
+      <c r="U35" s="16"/>
+      <c r="V35" s="16"/>
+      <c r="W35" s="16"/>
+      <c r="X35" s="118"/>
+      <c r="Y35" s="16"/>
+      <c r="Z35" s="16"/>
+      <c r="AA35" s="16"/>
+      <c r="AB35" s="16"/>
+      <c r="AC35" s="28"/>
+      <c r="AD35" s="16"/>
+      <c r="AE35" s="16"/>
+      <c r="AF35" s="16"/>
+      <c r="AG35" s="16"/>
+      <c r="AH35" s="118"/>
+      <c r="AI35" s="16"/>
     </row>
-    <row r="36" spans="1:36" x14ac:dyDescent="0.3">
-      <c r="A36" s="1"/>
+    <row r="36" spans="1:36">
+      <c r="A36" s="29"/>
       <c r="B36" s="17" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>-0.01</v>
+        <v>6</v>
+      </c>
+      <c r="C36" s="33">
+        <v>2E-3</v>
       </c>
       <c r="D36" s="35">
         <v>0</v>
       </c>
-      <c r="E36" s="35">
-[...120 lines deleted...]
-        <f t="shared" si="25"/>
+      <c r="E36" s="76">
+        <f t="shared" ref="E36:AI36" si="12">D36*(1+$C$36)+E31-E42</f>
+        <v>0</v>
+      </c>
+      <c r="F36" s="77">
+        <f t="shared" si="12"/>
+        <v>0</v>
+      </c>
+      <c r="G36" s="76">
+        <f t="shared" si="12"/>
+        <v>0</v>
+      </c>
+      <c r="H36" s="76">
+        <f t="shared" si="12"/>
+        <v>0</v>
+      </c>
+      <c r="I36" s="76">
+        <f t="shared" si="12"/>
+        <v>0</v>
+      </c>
+      <c r="J36" s="76">
+        <f t="shared" si="12"/>
+        <v>0</v>
+      </c>
+      <c r="K36" s="76">
+        <f t="shared" si="12"/>
+        <v>0</v>
+      </c>
+      <c r="L36" s="76">
+        <f t="shared" si="12"/>
+        <v>0</v>
+      </c>
+      <c r="M36" s="78">
+        <f t="shared" si="12"/>
+        <v>0</v>
+      </c>
+      <c r="N36" s="76">
+        <f t="shared" si="12"/>
+        <v>0</v>
+      </c>
+      <c r="O36" s="77">
+        <f t="shared" si="12"/>
+        <v>0</v>
+      </c>
+      <c r="P36" s="76">
+        <f t="shared" si="12"/>
+        <v>0</v>
+      </c>
+      <c r="Q36" s="76">
+        <f t="shared" si="12"/>
+        <v>0</v>
+      </c>
+      <c r="R36" s="76">
+        <f t="shared" si="12"/>
+        <v>0</v>
+      </c>
+      <c r="S36" s="76">
+        <f t="shared" si="12"/>
+        <v>0</v>
+      </c>
+      <c r="T36" s="76">
+        <f t="shared" si="12"/>
+        <v>0</v>
+      </c>
+      <c r="U36" s="76">
+        <f t="shared" si="12"/>
+        <v>0</v>
+      </c>
+      <c r="V36" s="76">
+        <f t="shared" si="12"/>
+        <v>0</v>
+      </c>
+      <c r="W36" s="78">
+        <f t="shared" si="12"/>
+        <v>0</v>
+      </c>
+      <c r="X36" s="76">
+        <f t="shared" si="12"/>
+        <v>0</v>
+      </c>
+      <c r="Y36" s="77">
+        <f t="shared" si="12"/>
+        <v>0</v>
+      </c>
+      <c r="Z36" s="76">
+        <f t="shared" si="12"/>
+        <v>0</v>
+      </c>
+      <c r="AA36" s="76">
+        <f t="shared" si="12"/>
+        <v>0</v>
+      </c>
+      <c r="AB36" s="76">
+        <f t="shared" si="12"/>
+        <v>0</v>
+      </c>
+      <c r="AC36" s="76">
+        <f t="shared" si="12"/>
+        <v>0</v>
+      </c>
+      <c r="AD36" s="76">
+        <f t="shared" si="12"/>
+        <v>0</v>
+      </c>
+      <c r="AE36" s="76">
+        <f t="shared" si="12"/>
+        <v>0</v>
+      </c>
+      <c r="AF36" s="76">
+        <f t="shared" si="12"/>
+        <v>0</v>
+      </c>
+      <c r="AG36" s="78">
+        <f t="shared" si="12"/>
+        <v>0</v>
+      </c>
+      <c r="AH36" s="76">
+        <f t="shared" si="12"/>
+        <v>0</v>
+      </c>
+      <c r="AI36" s="77">
+        <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="AJ36" s="20"/>
     </row>
-    <row r="37" spans="1:36" x14ac:dyDescent="0.3">
-      <c r="A37" s="1"/>
+    <row r="37" spans="1:36">
+      <c r="A37" s="29"/>
       <c r="B37" s="17" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="C37" s="30"/>
+        <v>4</v>
+      </c>
+      <c r="C37" s="30">
+        <v>0.05</v>
+      </c>
       <c r="D37" s="35">
         <v>0</v>
       </c>
-      <c r="E37" s="35">
-[...120 lines deleted...]
-        <f t="shared" si="26"/>
+      <c r="E37" s="76">
+        <f t="shared" ref="E37:AI37" si="13">D37*(1+$C$37)+E42+E43</f>
+        <v>0</v>
+      </c>
+      <c r="F37" s="77">
+        <f t="shared" si="13"/>
+        <v>0</v>
+      </c>
+      <c r="G37" s="76">
+        <f t="shared" si="13"/>
+        <v>0</v>
+      </c>
+      <c r="H37" s="76">
+        <f t="shared" si="13"/>
+        <v>0</v>
+      </c>
+      <c r="I37" s="76">
+        <f t="shared" si="13"/>
+        <v>0</v>
+      </c>
+      <c r="J37" s="76">
+        <f t="shared" si="13"/>
+        <v>0</v>
+      </c>
+      <c r="K37" s="76">
+        <f t="shared" si="13"/>
+        <v>0</v>
+      </c>
+      <c r="L37" s="76">
+        <f t="shared" si="13"/>
+        <v>0</v>
+      </c>
+      <c r="M37" s="78">
+        <f t="shared" si="13"/>
+        <v>0</v>
+      </c>
+      <c r="N37" s="76">
+        <f t="shared" si="13"/>
+        <v>0</v>
+      </c>
+      <c r="O37" s="77">
+        <f t="shared" si="13"/>
+        <v>0</v>
+      </c>
+      <c r="P37" s="76">
+        <f t="shared" si="13"/>
+        <v>0</v>
+      </c>
+      <c r="Q37" s="76">
+        <f t="shared" si="13"/>
+        <v>0</v>
+      </c>
+      <c r="R37" s="76">
+        <f t="shared" si="13"/>
+        <v>0</v>
+      </c>
+      <c r="S37" s="76">
+        <f t="shared" si="13"/>
+        <v>0</v>
+      </c>
+      <c r="T37" s="76">
+        <f t="shared" si="13"/>
+        <v>0</v>
+      </c>
+      <c r="U37" s="76">
+        <f t="shared" si="13"/>
+        <v>0</v>
+      </c>
+      <c r="V37" s="76">
+        <f t="shared" si="13"/>
+        <v>0</v>
+      </c>
+      <c r="W37" s="78">
+        <f t="shared" si="13"/>
+        <v>0</v>
+      </c>
+      <c r="X37" s="76">
+        <f t="shared" si="13"/>
+        <v>0</v>
+      </c>
+      <c r="Y37" s="77">
+        <f t="shared" si="13"/>
+        <v>0</v>
+      </c>
+      <c r="Z37" s="76">
+        <f t="shared" si="13"/>
+        <v>0</v>
+      </c>
+      <c r="AA37" s="76">
+        <f t="shared" si="13"/>
+        <v>0</v>
+      </c>
+      <c r="AB37" s="76">
+        <f t="shared" si="13"/>
+        <v>0</v>
+      </c>
+      <c r="AC37" s="76">
+        <f t="shared" si="13"/>
+        <v>0</v>
+      </c>
+      <c r="AD37" s="76">
+        <f t="shared" si="13"/>
+        <v>0</v>
+      </c>
+      <c r="AE37" s="76">
+        <f t="shared" si="13"/>
+        <v>0</v>
+      </c>
+      <c r="AF37" s="76">
+        <f t="shared" si="13"/>
+        <v>0</v>
+      </c>
+      <c r="AG37" s="78">
+        <f t="shared" si="13"/>
+        <v>0</v>
+      </c>
+      <c r="AH37" s="76">
+        <f t="shared" si="13"/>
+        <v>0</v>
+      </c>
+      <c r="AI37" s="77">
+        <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="AJ37" s="20"/>
     </row>
-    <row r="38" spans="1:36" x14ac:dyDescent="0.3">
+    <row r="38" spans="1:36">
       <c r="A38" s="1"/>
-      <c r="B38" s="21" t="s">
-[...96 lines deleted...]
-      <c r="AI38" s="36">
+      <c r="B38" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="C38" s="30">
+        <v>-0.01</v>
+      </c>
+      <c r="D38" s="35">
+        <v>0</v>
+      </c>
+      <c r="E38" s="35">
+        <f>D38*(1+$C38)</f>
+        <v>0</v>
+      </c>
+      <c r="F38" s="35">
+        <f t="shared" ref="F38:AI38" si="14">E38*(1+$C38)</f>
+        <v>0</v>
+      </c>
+      <c r="G38" s="35">
+        <f t="shared" si="14"/>
+        <v>0</v>
+      </c>
+      <c r="H38" s="35">
+        <f t="shared" si="14"/>
+        <v>0</v>
+      </c>
+      <c r="I38" s="35">
+        <f t="shared" si="14"/>
+        <v>0</v>
+      </c>
+      <c r="J38" s="35">
+        <f t="shared" si="14"/>
+        <v>0</v>
+      </c>
+      <c r="K38" s="35">
+        <f t="shared" si="14"/>
+        <v>0</v>
+      </c>
+      <c r="L38" s="35">
+        <f t="shared" si="14"/>
+        <v>0</v>
+      </c>
+      <c r="M38" s="35">
+        <f t="shared" si="14"/>
+        <v>0</v>
+      </c>
+      <c r="N38" s="35">
+        <f t="shared" si="14"/>
+        <v>0</v>
+      </c>
+      <c r="O38" s="35">
+        <f t="shared" si="14"/>
+        <v>0</v>
+      </c>
+      <c r="P38" s="35">
+        <f t="shared" si="14"/>
+        <v>0</v>
+      </c>
+      <c r="Q38" s="35">
+        <f t="shared" si="14"/>
+        <v>0</v>
+      </c>
+      <c r="R38" s="35">
+        <f t="shared" si="14"/>
+        <v>0</v>
+      </c>
+      <c r="S38" s="35">
+        <f t="shared" si="14"/>
+        <v>0</v>
+      </c>
+      <c r="T38" s="35">
+        <f t="shared" si="14"/>
+        <v>0</v>
+      </c>
+      <c r="U38" s="35">
+        <f t="shared" si="14"/>
+        <v>0</v>
+      </c>
+      <c r="V38" s="35">
+        <f t="shared" si="14"/>
+        <v>0</v>
+      </c>
+      <c r="W38" s="35">
+        <f t="shared" si="14"/>
+        <v>0</v>
+      </c>
+      <c r="X38" s="35">
+        <f t="shared" si="14"/>
+        <v>0</v>
+      </c>
+      <c r="Y38" s="35">
+        <f t="shared" si="14"/>
+        <v>0</v>
+      </c>
+      <c r="Z38" s="35">
+        <f t="shared" si="14"/>
+        <v>0</v>
+      </c>
+      <c r="AA38" s="35">
+        <f t="shared" si="14"/>
+        <v>0</v>
+      </c>
+      <c r="AB38" s="35">
+        <f t="shared" si="14"/>
+        <v>0</v>
+      </c>
+      <c r="AC38" s="35">
+        <f t="shared" si="14"/>
+        <v>0</v>
+      </c>
+      <c r="AD38" s="35">
+        <f t="shared" si="14"/>
+        <v>0</v>
+      </c>
+      <c r="AE38" s="35">
+        <f t="shared" si="14"/>
+        <v>0</v>
+      </c>
+      <c r="AF38" s="35">
+        <f t="shared" si="14"/>
+        <v>0</v>
+      </c>
+      <c r="AG38" s="35">
+        <f t="shared" si="14"/>
+        <v>0</v>
+      </c>
+      <c r="AH38" s="35">
+        <f t="shared" si="14"/>
+        <v>0</v>
+      </c>
+      <c r="AI38" s="35">
+        <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="AJ38" s="20"/>
     </row>
-    <row r="39" spans="1:36" x14ac:dyDescent="0.3">
+    <row r="39" spans="1:36">
       <c r="A39" s="1"/>
-      <c r="B39" s="25" t="s">
-[...128 lines deleted...]
-        <f t="shared" si="27"/>
+      <c r="B39" s="17" t="s">
+        <v>14</v>
+      </c>
+      <c r="C39" s="30"/>
+      <c r="D39" s="35">
+        <v>0</v>
+      </c>
+      <c r="E39" s="35">
+        <f>D39</f>
+        <v>0</v>
+      </c>
+      <c r="F39" s="35">
+        <f t="shared" ref="F39:AI39" si="15">E39</f>
+        <v>0</v>
+      </c>
+      <c r="G39" s="35">
+        <f t="shared" si="15"/>
+        <v>0</v>
+      </c>
+      <c r="H39" s="35">
+        <f t="shared" si="15"/>
+        <v>0</v>
+      </c>
+      <c r="I39" s="35">
+        <f t="shared" si="15"/>
+        <v>0</v>
+      </c>
+      <c r="J39" s="35">
+        <f t="shared" si="15"/>
+        <v>0</v>
+      </c>
+      <c r="K39" s="35">
+        <f t="shared" si="15"/>
+        <v>0</v>
+      </c>
+      <c r="L39" s="35">
+        <f t="shared" si="15"/>
+        <v>0</v>
+      </c>
+      <c r="M39" s="35">
+        <f t="shared" si="15"/>
+        <v>0</v>
+      </c>
+      <c r="N39" s="35">
+        <f t="shared" si="15"/>
+        <v>0</v>
+      </c>
+      <c r="O39" s="35">
+        <f t="shared" si="15"/>
+        <v>0</v>
+      </c>
+      <c r="P39" s="35">
+        <f t="shared" si="15"/>
+        <v>0</v>
+      </c>
+      <c r="Q39" s="35">
+        <f t="shared" si="15"/>
+        <v>0</v>
+      </c>
+      <c r="R39" s="35">
+        <f t="shared" si="15"/>
+        <v>0</v>
+      </c>
+      <c r="S39" s="35">
+        <f t="shared" si="15"/>
+        <v>0</v>
+      </c>
+      <c r="T39" s="35">
+        <f t="shared" si="15"/>
+        <v>0</v>
+      </c>
+      <c r="U39" s="35">
+        <f t="shared" si="15"/>
+        <v>0</v>
+      </c>
+      <c r="V39" s="35">
+        <f t="shared" si="15"/>
+        <v>0</v>
+      </c>
+      <c r="W39" s="35">
+        <f t="shared" si="15"/>
+        <v>0</v>
+      </c>
+      <c r="X39" s="35">
+        <f t="shared" si="15"/>
+        <v>0</v>
+      </c>
+      <c r="Y39" s="35">
+        <f t="shared" si="15"/>
+        <v>0</v>
+      </c>
+      <c r="Z39" s="35">
+        <f t="shared" si="15"/>
+        <v>0</v>
+      </c>
+      <c r="AA39" s="35">
+        <f t="shared" si="15"/>
+        <v>0</v>
+      </c>
+      <c r="AB39" s="35">
+        <f t="shared" si="15"/>
+        <v>0</v>
+      </c>
+      <c r="AC39" s="35">
+        <f t="shared" si="15"/>
+        <v>0</v>
+      </c>
+      <c r="AD39" s="35">
+        <f t="shared" si="15"/>
+        <v>0</v>
+      </c>
+      <c r="AE39" s="35">
+        <f t="shared" si="15"/>
+        <v>0</v>
+      </c>
+      <c r="AF39" s="35">
+        <f t="shared" si="15"/>
+        <v>0</v>
+      </c>
+      <c r="AG39" s="35">
+        <f t="shared" si="15"/>
+        <v>0</v>
+      </c>
+      <c r="AH39" s="35">
+        <f t="shared" si="15"/>
+        <v>0</v>
+      </c>
+      <c r="AI39" s="35">
+        <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="AJ39" s="20"/>
     </row>
-    <row r="40" spans="1:36" x14ac:dyDescent="0.3">
-      <c r="B40" s="31" t="s">
+    <row r="40" spans="1:36">
+      <c r="A40" s="1"/>
+      <c r="B40" s="21" t="s">
+        <v>16</v>
+      </c>
+      <c r="C40" s="22"/>
+      <c r="D40" s="36">
+        <v>0</v>
+      </c>
+      <c r="E40" s="36">
+        <v>0</v>
+      </c>
+      <c r="F40" s="36">
+        <v>0</v>
+      </c>
+      <c r="G40" s="36">
+        <v>0</v>
+      </c>
+      <c r="H40" s="36">
+        <v>0</v>
+      </c>
+      <c r="I40" s="36">
+        <v>0</v>
+      </c>
+      <c r="J40" s="36">
+        <v>0</v>
+      </c>
+      <c r="K40" s="36">
+        <v>0</v>
+      </c>
+      <c r="L40" s="36">
+        <v>0</v>
+      </c>
+      <c r="M40" s="36">
+        <v>0</v>
+      </c>
+      <c r="N40" s="36">
+        <v>0</v>
+      </c>
+      <c r="O40" s="36">
+        <v>0</v>
+      </c>
+      <c r="P40" s="36">
+        <v>0</v>
+      </c>
+      <c r="Q40" s="36">
+        <v>0</v>
+      </c>
+      <c r="R40" s="36">
+        <v>0</v>
+      </c>
+      <c r="S40" s="36">
+        <v>0</v>
+      </c>
+      <c r="T40" s="36">
+        <v>0</v>
+      </c>
+      <c r="U40" s="36">
+        <v>0</v>
+      </c>
+      <c r="V40" s="36">
+        <v>0</v>
+      </c>
+      <c r="W40" s="36">
+        <v>0</v>
+      </c>
+      <c r="X40" s="36">
+        <v>0</v>
+      </c>
+      <c r="Y40" s="36">
+        <v>0</v>
+      </c>
+      <c r="Z40" s="36">
+        <v>0</v>
+      </c>
+      <c r="AA40" s="36">
+        <v>0</v>
+      </c>
+      <c r="AB40" s="36">
+        <v>0</v>
+      </c>
+      <c r="AC40" s="36">
+        <v>0</v>
+      </c>
+      <c r="AD40" s="36">
+        <v>0</v>
+      </c>
+      <c r="AE40" s="36">
+        <v>0</v>
+      </c>
+      <c r="AF40" s="36">
+        <v>0</v>
+      </c>
+      <c r="AG40" s="36">
+        <v>0</v>
+      </c>
+      <c r="AH40" s="36">
+        <v>0</v>
+      </c>
+      <c r="AI40" s="36">
+        <v>0</v>
+      </c>
+      <c r="AJ40" s="20"/>
+    </row>
+    <row r="41" spans="1:36">
+      <c r="A41" s="1"/>
+      <c r="B41" s="25" t="s">
+        <v>15</v>
+      </c>
+      <c r="C41" s="26"/>
+      <c r="D41" s="78">
+        <f>SUM(D36:D40)</f>
+        <v>0</v>
+      </c>
+      <c r="E41" s="76">
+        <f t="shared" ref="E41:AI41" si="16">SUM(E36:E40)</f>
+        <v>0</v>
+      </c>
+      <c r="F41" s="77">
+        <f t="shared" si="16"/>
+        <v>0</v>
+      </c>
+      <c r="G41" s="76">
+        <f t="shared" si="16"/>
+        <v>0</v>
+      </c>
+      <c r="H41" s="76">
+        <f t="shared" si="16"/>
+        <v>0</v>
+      </c>
+      <c r="I41" s="76">
+        <f t="shared" si="16"/>
+        <v>0</v>
+      </c>
+      <c r="J41" s="76">
+        <f t="shared" si="16"/>
+        <v>0</v>
+      </c>
+      <c r="K41" s="76">
+        <f t="shared" si="16"/>
+        <v>0</v>
+      </c>
+      <c r="L41" s="76">
+        <f t="shared" si="16"/>
+        <v>0</v>
+      </c>
+      <c r="M41" s="78">
+        <f t="shared" si="16"/>
+        <v>0</v>
+      </c>
+      <c r="N41" s="76">
+        <f t="shared" si="16"/>
+        <v>0</v>
+      </c>
+      <c r="O41" s="77">
+        <f t="shared" si="16"/>
+        <v>0</v>
+      </c>
+      <c r="P41" s="76">
+        <f t="shared" si="16"/>
+        <v>0</v>
+      </c>
+      <c r="Q41" s="76">
+        <f t="shared" si="16"/>
+        <v>0</v>
+      </c>
+      <c r="R41" s="76">
+        <f t="shared" si="16"/>
+        <v>0</v>
+      </c>
+      <c r="S41" s="76">
+        <f t="shared" si="16"/>
+        <v>0</v>
+      </c>
+      <c r="T41" s="76">
+        <f t="shared" si="16"/>
+        <v>0</v>
+      </c>
+      <c r="U41" s="76">
+        <f t="shared" si="16"/>
+        <v>0</v>
+      </c>
+      <c r="V41" s="76">
+        <f t="shared" si="16"/>
+        <v>0</v>
+      </c>
+      <c r="W41" s="78">
+        <f t="shared" si="16"/>
+        <v>0</v>
+      </c>
+      <c r="X41" s="76">
+        <f t="shared" si="16"/>
+        <v>0</v>
+      </c>
+      <c r="Y41" s="77">
+        <f t="shared" si="16"/>
+        <v>0</v>
+      </c>
+      <c r="Z41" s="76">
+        <f t="shared" si="16"/>
+        <v>0</v>
+      </c>
+      <c r="AA41" s="76">
+        <f t="shared" si="16"/>
+        <v>0</v>
+      </c>
+      <c r="AB41" s="76">
+        <f t="shared" si="16"/>
+        <v>0</v>
+      </c>
+      <c r="AC41" s="76">
+        <f t="shared" si="16"/>
+        <v>0</v>
+      </c>
+      <c r="AD41" s="76">
+        <f t="shared" si="16"/>
+        <v>0</v>
+      </c>
+      <c r="AE41" s="76">
+        <f t="shared" si="16"/>
+        <v>0</v>
+      </c>
+      <c r="AF41" s="76">
+        <f t="shared" si="16"/>
+        <v>0</v>
+      </c>
+      <c r="AG41" s="78">
+        <f t="shared" si="16"/>
+        <v>0</v>
+      </c>
+      <c r="AH41" s="76">
+        <f t="shared" si="16"/>
+        <v>0</v>
+      </c>
+      <c r="AI41" s="77">
+        <f t="shared" si="16"/>
+        <v>0</v>
+      </c>
+      <c r="AJ41" s="20"/>
+    </row>
+    <row r="42" spans="1:36">
+      <c r="B42" s="31" t="s">
         <v>12</v>
       </c>
-      <c r="C40" s="32"/>
-[...91 lines deleted...]
-      <c r="AI40" s="39">
+      <c r="C42" s="32"/>
+      <c r="D42" s="37"/>
+      <c r="E42" s="49">
+        <v>0</v>
+      </c>
+      <c r="F42" s="38">
+        <v>0</v>
+      </c>
+      <c r="G42" s="39">
+        <v>0</v>
+      </c>
+      <c r="H42" s="39">
+        <v>0</v>
+      </c>
+      <c r="I42" s="39">
+        <v>0</v>
+      </c>
+      <c r="J42" s="39">
+        <v>0</v>
+      </c>
+      <c r="K42" s="39">
+        <v>0</v>
+      </c>
+      <c r="L42" s="39">
+        <v>0</v>
+      </c>
+      <c r="M42" s="37">
+        <v>0</v>
+      </c>
+      <c r="N42" s="49">
+        <v>0</v>
+      </c>
+      <c r="O42" s="38">
+        <v>0</v>
+      </c>
+      <c r="P42" s="39">
+        <v>0</v>
+      </c>
+      <c r="Q42" s="39">
+        <v>0</v>
+      </c>
+      <c r="R42" s="39">
+        <v>0</v>
+      </c>
+      <c r="S42" s="39">
+        <v>0</v>
+      </c>
+      <c r="T42" s="39">
+        <v>0</v>
+      </c>
+      <c r="U42" s="39">
+        <v>0</v>
+      </c>
+      <c r="V42" s="39">
+        <v>0</v>
+      </c>
+      <c r="W42" s="39">
+        <v>0</v>
+      </c>
+      <c r="X42" s="49">
+        <v>0</v>
+      </c>
+      <c r="Y42" s="39">
+        <v>0</v>
+      </c>
+      <c r="Z42" s="39">
+        <v>0</v>
+      </c>
+      <c r="AA42" s="39">
+        <v>0</v>
+      </c>
+      <c r="AB42" s="39">
+        <v>0</v>
+      </c>
+      <c r="AC42" s="39">
+        <v>0</v>
+      </c>
+      <c r="AD42" s="39">
+        <v>0</v>
+      </c>
+      <c r="AE42" s="39">
+        <v>0</v>
+      </c>
+      <c r="AF42" s="39">
+        <v>0</v>
+      </c>
+      <c r="AG42" s="39">
+        <v>0</v>
+      </c>
+      <c r="AH42" s="49">
+        <v>0</v>
+      </c>
+      <c r="AI42" s="39">
         <v>0</v>
       </c>
     </row>
-    <row r="41" spans="1:36" x14ac:dyDescent="0.3">
-      <c r="B41" s="31" t="s">
+    <row r="43" spans="1:36">
+      <c r="B43" s="31" t="s">
         <v>19</v>
       </c>
-      <c r="C41" s="32"/>
-[...91 lines deleted...]
-      <c r="AI41" s="39">
+      <c r="C43" s="32"/>
+      <c r="D43" s="37"/>
+      <c r="E43" s="49">
+        <v>0</v>
+      </c>
+      <c r="F43" s="38">
+        <v>0</v>
+      </c>
+      <c r="G43" s="39">
+        <v>0</v>
+      </c>
+      <c r="H43" s="39">
+        <v>0</v>
+      </c>
+      <c r="I43" s="39">
+        <v>0</v>
+      </c>
+      <c r="J43" s="39">
+        <v>0</v>
+      </c>
+      <c r="K43" s="39">
+        <v>0</v>
+      </c>
+      <c r="L43" s="39">
+        <v>0</v>
+      </c>
+      <c r="M43" s="37">
+        <v>0</v>
+      </c>
+      <c r="N43" s="49">
+        <v>0</v>
+      </c>
+      <c r="O43" s="38">
+        <v>0</v>
+      </c>
+      <c r="P43" s="39">
+        <v>0</v>
+      </c>
+      <c r="Q43" s="39">
+        <v>0</v>
+      </c>
+      <c r="R43" s="39">
+        <v>0</v>
+      </c>
+      <c r="S43" s="39">
+        <v>0</v>
+      </c>
+      <c r="T43" s="39">
+        <v>0</v>
+      </c>
+      <c r="U43" s="39">
+        <v>0</v>
+      </c>
+      <c r="V43" s="39">
+        <v>0</v>
+      </c>
+      <c r="W43" s="39">
+        <v>0</v>
+      </c>
+      <c r="X43" s="49">
+        <v>0</v>
+      </c>
+      <c r="Y43" s="39">
+        <v>0</v>
+      </c>
+      <c r="Z43" s="39">
+        <v>0</v>
+      </c>
+      <c r="AA43" s="39">
+        <v>0</v>
+      </c>
+      <c r="AB43" s="39">
+        <v>0</v>
+      </c>
+      <c r="AC43" s="39">
+        <v>0</v>
+      </c>
+      <c r="AD43" s="39">
+        <v>0</v>
+      </c>
+      <c r="AE43" s="39">
+        <v>0</v>
+      </c>
+      <c r="AF43" s="39">
+        <v>0</v>
+      </c>
+      <c r="AG43" s="39">
+        <v>0</v>
+      </c>
+      <c r="AH43" s="49">
+        <v>0</v>
+      </c>
+      <c r="AI43" s="39">
         <v>0</v>
       </c>
     </row>
-    <row r="43" spans="1:36" x14ac:dyDescent="0.3">
-      <c r="B43" s="2" t="s">
+    <row r="45" spans="1:36">
+      <c r="B45" s="2" t="s">
         <v>18</v>
       </c>
     </row>
-    <row r="73" spans="2:49" s="110" customFormat="1" x14ac:dyDescent="0.3"/>
-[...1 lines deleted...]
-      <c r="B75" s="2" t="s">
+    <row r="75" spans="2:11" s="110" customFormat="1"/>
+    <row r="77" spans="2:11">
+      <c r="B77" s="2" t="s">
         <v>91</v>
       </c>
     </row>
-    <row r="78" spans="2:49" x14ac:dyDescent="0.3">
-      <c r="B78" s="72" t="s">
+    <row r="80" spans="2:11">
+      <c r="B80" s="72" t="s">
         <v>71</v>
       </c>
-      <c r="F78" s="2" t="s">
+      <c r="F80" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="J78" s="57"/>
-      <c r="K78" s="56" t="s">
+      <c r="J80" s="57"/>
+      <c r="K80" s="56" t="s">
         <v>88</v>
       </c>
     </row>
-    <row r="79" spans="2:49" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="F79" s="55" t="s">
+    <row r="81" spans="2:49">
+      <c r="E81" s="56"/>
+      <c r="F81" s="55" t="s">
         <v>67</v>
       </c>
-      <c r="G79" s="55" t="s">
+      <c r="G81" s="55" t="s">
         <v>63</v>
       </c>
-      <c r="H79" s="55" t="s">
+      <c r="H81" s="55" t="s">
         <v>64</v>
       </c>
-      <c r="J79" s="54"/>
-      <c r="K79" s="56" t="s">
+      <c r="J81" s="54"/>
+      <c r="K81" s="56" t="s">
         <v>87</v>
       </c>
-      <c r="N79" s="56"/>
-[...107 lines deleted...]
-      <c r="M81" s="56"/>
       <c r="N81" s="56"/>
-      <c r="O81" s="56"/>
-      <c r="P81" s="56"/>
       <c r="Q81" s="56"/>
       <c r="R81" s="56"/>
       <c r="S81" s="56"/>
       <c r="T81" s="56"/>
       <c r="U81" s="56"/>
       <c r="V81" s="56"/>
       <c r="W81" s="56"/>
       <c r="X81" s="56"/>
       <c r="Y81" s="56"/>
       <c r="Z81" s="56"/>
       <c r="AA81" s="56"/>
       <c r="AB81" s="56"/>
       <c r="AC81" s="56"/>
       <c r="AD81" s="56"/>
       <c r="AE81" s="56"/>
       <c r="AF81" s="56"/>
       <c r="AG81" s="56"/>
       <c r="AH81" s="56"/>
       <c r="AI81" s="56"/>
-      <c r="AJ81" s="75" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="AJ81" s="56"/>
       <c r="AK81" s="56"/>
       <c r="AL81" s="56"/>
       <c r="AM81" s="56"/>
       <c r="AN81" s="56"/>
       <c r="AO81" s="56"/>
       <c r="AP81" s="56"/>
       <c r="AQ81" s="56"/>
       <c r="AR81" s="56"/>
       <c r="AS81" s="56"/>
       <c r="AT81" s="56"/>
       <c r="AU81" s="56"/>
       <c r="AV81" s="56"/>
       <c r="AW81" s="56"/>
     </row>
-    <row r="82" spans="2:49" x14ac:dyDescent="0.3">
-      <c r="B82" s="134" t="s">
+    <row r="82" spans="2:49">
+      <c r="B82" s="146" t="s">
+        <v>74</v>
+      </c>
+      <c r="C82" s="146"/>
+      <c r="D82" s="63">
+        <v>25</v>
+      </c>
+      <c r="E82" s="56"/>
+      <c r="F82" s="79">
+        <f>SUM(E86:AW86)</f>
+        <v>-3000</v>
+      </c>
+      <c r="G82" s="79">
+        <f>SUM(E87:AW87)</f>
+        <v>-406</v>
+      </c>
+      <c r="H82" s="79">
+        <f>F82+G82</f>
+        <v>-3406</v>
+      </c>
+      <c r="J82" s="108"/>
+      <c r="K82" s="2" t="s">
+        <v>86</v>
+      </c>
+      <c r="N82" s="56"/>
+      <c r="Q82" s="56"/>
+      <c r="R82" s="56"/>
+      <c r="S82" s="56"/>
+      <c r="T82" s="56"/>
+      <c r="U82" s="56"/>
+      <c r="V82" s="56"/>
+      <c r="W82" s="56"/>
+      <c r="X82" s="56"/>
+      <c r="Y82" s="56"/>
+      <c r="Z82" s="56"/>
+      <c r="AA82" s="56"/>
+      <c r="AB82" s="56"/>
+      <c r="AC82" s="56"/>
+      <c r="AD82" s="56"/>
+      <c r="AE82" s="56"/>
+      <c r="AF82" s="56"/>
+      <c r="AG82" s="56"/>
+      <c r="AH82" s="56"/>
+      <c r="AI82" s="56"/>
+      <c r="AJ82" s="56" t="s">
+        <v>83</v>
+      </c>
+      <c r="AK82" s="56"/>
+      <c r="AL82" s="56"/>
+      <c r="AM82" s="56"/>
+      <c r="AN82" s="56"/>
+      <c r="AO82" s="56"/>
+      <c r="AP82" s="56"/>
+      <c r="AQ82" s="56"/>
+      <c r="AR82" s="56"/>
+      <c r="AS82" s="56"/>
+      <c r="AT82" s="56"/>
+      <c r="AU82" s="56"/>
+      <c r="AV82" s="56"/>
+      <c r="AW82" s="56"/>
+    </row>
+    <row r="83" spans="2:49">
+      <c r="C83" s="56"/>
+      <c r="D83" s="56"/>
+      <c r="E83" s="56"/>
+      <c r="F83" s="56"/>
+      <c r="G83" s="56"/>
+      <c r="H83" s="56"/>
+      <c r="I83" s="56"/>
+      <c r="J83" s="56"/>
+      <c r="K83" s="56"/>
+      <c r="L83" s="56"/>
+      <c r="M83" s="56"/>
+      <c r="N83" s="56"/>
+      <c r="O83" s="56"/>
+      <c r="P83" s="56"/>
+      <c r="Q83" s="56"/>
+      <c r="R83" s="56"/>
+      <c r="S83" s="56"/>
+      <c r="T83" s="56"/>
+      <c r="U83" s="56"/>
+      <c r="V83" s="56"/>
+      <c r="W83" s="56"/>
+      <c r="X83" s="56"/>
+      <c r="Y83" s="56"/>
+      <c r="Z83" s="56"/>
+      <c r="AA83" s="56"/>
+      <c r="AB83" s="56"/>
+      <c r="AC83" s="56"/>
+      <c r="AD83" s="56"/>
+      <c r="AE83" s="56"/>
+      <c r="AF83" s="56"/>
+      <c r="AG83" s="56"/>
+      <c r="AH83" s="56"/>
+      <c r="AI83" s="56"/>
+      <c r="AJ83" s="75" t="s">
+        <v>84</v>
+      </c>
+      <c r="AK83" s="56"/>
+      <c r="AL83" s="56"/>
+      <c r="AM83" s="56"/>
+      <c r="AN83" s="56"/>
+      <c r="AO83" s="56"/>
+      <c r="AP83" s="56"/>
+      <c r="AQ83" s="56"/>
+      <c r="AR83" s="56"/>
+      <c r="AS83" s="56"/>
+      <c r="AT83" s="56"/>
+      <c r="AU83" s="56"/>
+      <c r="AV83" s="56"/>
+      <c r="AW83" s="56"/>
+    </row>
+    <row r="84" spans="2:49">
+      <c r="B84" s="141" t="s">
         <v>80</v>
       </c>
-      <c r="C82" s="135"/>
-[...1 lines deleted...]
-      <c r="E82" s="74">
+      <c r="C84" s="142"/>
+      <c r="D84" s="143"/>
+      <c r="E84" s="74">
         <v>1</v>
       </c>
-      <c r="F82" s="74">
-        <f t="shared" ref="F82:AW82" si="28">E82+1</f>
+      <c r="F84" s="74">
+        <f t="shared" ref="F84:AW84" si="17">E84+1</f>
         <v>2</v>
       </c>
-      <c r="G82" s="74">
-        <f t="shared" si="28"/>
+      <c r="G84" s="74">
+        <f t="shared" si="17"/>
         <v>3</v>
       </c>
-      <c r="H82" s="74">
-        <f t="shared" si="28"/>
+      <c r="H84" s="74">
+        <f t="shared" si="17"/>
         <v>4</v>
       </c>
-      <c r="I82" s="74">
-        <f t="shared" si="28"/>
+      <c r="I84" s="74">
+        <f t="shared" si="17"/>
         <v>5</v>
       </c>
-      <c r="J82" s="74">
-        <f t="shared" si="28"/>
+      <c r="J84" s="74">
+        <f t="shared" si="17"/>
         <v>6</v>
       </c>
-      <c r="K82" s="74">
-        <f t="shared" si="28"/>
+      <c r="K84" s="74">
+        <f t="shared" si="17"/>
         <v>7</v>
       </c>
-      <c r="L82" s="74">
-        <f t="shared" si="28"/>
+      <c r="L84" s="74">
+        <f t="shared" si="17"/>
         <v>8</v>
       </c>
-      <c r="M82" s="74">
-        <f t="shared" si="28"/>
+      <c r="M84" s="74">
+        <f t="shared" si="17"/>
         <v>9</v>
       </c>
-      <c r="N82" s="74">
-        <f t="shared" si="28"/>
+      <c r="N84" s="74">
+        <f t="shared" si="17"/>
         <v>10</v>
       </c>
-      <c r="O82" s="74">
-        <f t="shared" si="28"/>
+      <c r="O84" s="74">
+        <f t="shared" si="17"/>
         <v>11</v>
       </c>
-      <c r="P82" s="74">
-        <f t="shared" si="28"/>
+      <c r="P84" s="74">
+        <f t="shared" si="17"/>
         <v>12</v>
       </c>
-      <c r="Q82" s="74">
-        <f t="shared" si="28"/>
+      <c r="Q84" s="74">
+        <f t="shared" si="17"/>
         <v>13</v>
       </c>
-      <c r="R82" s="74">
-        <f t="shared" si="28"/>
+      <c r="R84" s="74">
+        <f t="shared" si="17"/>
         <v>14</v>
       </c>
-      <c r="S82" s="74">
-        <f t="shared" si="28"/>
+      <c r="S84" s="74">
+        <f t="shared" si="17"/>
         <v>15</v>
       </c>
-      <c r="T82" s="74">
-        <f t="shared" si="28"/>
+      <c r="T84" s="74">
+        <f t="shared" si="17"/>
         <v>16</v>
       </c>
-      <c r="U82" s="74">
-        <f t="shared" si="28"/>
+      <c r="U84" s="74">
+        <f t="shared" si="17"/>
         <v>17</v>
       </c>
-      <c r="V82" s="74">
-        <f t="shared" si="28"/>
+      <c r="V84" s="74">
+        <f t="shared" si="17"/>
         <v>18</v>
       </c>
-      <c r="W82" s="74">
-        <f t="shared" si="28"/>
+      <c r="W84" s="74">
+        <f t="shared" si="17"/>
         <v>19</v>
       </c>
-      <c r="X82" s="74">
-        <f t="shared" si="28"/>
+      <c r="X84" s="74">
+        <f t="shared" si="17"/>
         <v>20</v>
       </c>
-      <c r="Y82" s="74">
-        <f t="shared" si="28"/>
+      <c r="Y84" s="74">
+        <f t="shared" si="17"/>
         <v>21</v>
       </c>
-      <c r="Z82" s="74">
-        <f t="shared" si="28"/>
+      <c r="Z84" s="74">
+        <f t="shared" si="17"/>
         <v>22</v>
       </c>
-      <c r="AA82" s="74">
-        <f t="shared" si="28"/>
+      <c r="AA84" s="74">
+        <f t="shared" si="17"/>
         <v>23</v>
       </c>
-      <c r="AB82" s="74">
-        <f t="shared" si="28"/>
+      <c r="AB84" s="74">
+        <f t="shared" si="17"/>
         <v>24</v>
       </c>
-      <c r="AC82" s="74">
-        <f t="shared" si="28"/>
+      <c r="AC84" s="74">
+        <f t="shared" si="17"/>
         <v>25</v>
       </c>
-      <c r="AD82" s="74">
-        <f t="shared" si="28"/>
+      <c r="AD84" s="74">
+        <f t="shared" si="17"/>
         <v>26</v>
       </c>
-      <c r="AE82" s="74">
-        <f t="shared" si="28"/>
+      <c r="AE84" s="74">
+        <f t="shared" si="17"/>
         <v>27</v>
       </c>
-      <c r="AF82" s="74">
-        <f t="shared" si="28"/>
+      <c r="AF84" s="74">
+        <f t="shared" si="17"/>
         <v>28</v>
       </c>
-      <c r="AG82" s="74">
-        <f t="shared" si="28"/>
+      <c r="AG84" s="74">
+        <f t="shared" si="17"/>
         <v>29</v>
       </c>
-      <c r="AH82" s="74">
-        <f t="shared" si="28"/>
+      <c r="AH84" s="74">
+        <f t="shared" si="17"/>
         <v>30</v>
       </c>
-      <c r="AI82" s="74">
-        <f t="shared" si="28"/>
+      <c r="AI84" s="74">
+        <f t="shared" si="17"/>
         <v>31</v>
       </c>
-      <c r="AJ82" s="109">
-        <f t="shared" si="28"/>
+      <c r="AJ84" s="109">
+        <f t="shared" si="17"/>
         <v>32</v>
       </c>
-      <c r="AK82" s="109">
-        <f t="shared" si="28"/>
+      <c r="AK84" s="109">
+        <f t="shared" si="17"/>
         <v>33</v>
       </c>
-      <c r="AL82" s="109">
-        <f t="shared" si="28"/>
+      <c r="AL84" s="109">
+        <f t="shared" si="17"/>
         <v>34</v>
       </c>
-      <c r="AM82" s="109">
-        <f t="shared" si="28"/>
+      <c r="AM84" s="109">
+        <f t="shared" si="17"/>
         <v>35</v>
       </c>
-      <c r="AN82" s="109">
-        <f t="shared" si="28"/>
+      <c r="AN84" s="109">
+        <f t="shared" si="17"/>
         <v>36</v>
       </c>
-      <c r="AO82" s="109">
-        <f t="shared" si="28"/>
+      <c r="AO84" s="109">
+        <f t="shared" si="17"/>
         <v>37</v>
       </c>
-      <c r="AP82" s="109">
-        <f t="shared" si="28"/>
+      <c r="AP84" s="109">
+        <f t="shared" si="17"/>
         <v>38</v>
       </c>
-      <c r="AQ82" s="109">
-        <f t="shared" si="28"/>
+      <c r="AQ84" s="109">
+        <f t="shared" si="17"/>
         <v>39</v>
       </c>
-      <c r="AR82" s="109">
-        <f t="shared" si="28"/>
+      <c r="AR84" s="109">
+        <f t="shared" si="17"/>
         <v>40</v>
       </c>
-      <c r="AS82" s="109">
-        <f t="shared" si="28"/>
+      <c r="AS84" s="109">
+        <f t="shared" si="17"/>
         <v>41</v>
       </c>
-      <c r="AT82" s="109">
-        <f t="shared" si="28"/>
+      <c r="AT84" s="109">
+        <f t="shared" si="17"/>
         <v>42</v>
       </c>
-      <c r="AU82" s="109">
-        <f t="shared" si="28"/>
+      <c r="AU84" s="109">
+        <f t="shared" si="17"/>
         <v>43</v>
       </c>
-      <c r="AV82" s="109">
-        <f t="shared" si="28"/>
+      <c r="AV84" s="109">
+        <f t="shared" si="17"/>
         <v>44</v>
       </c>
-      <c r="AW82" s="109">
-        <f t="shared" si="28"/>
+      <c r="AW84" s="109">
+        <f t="shared" si="17"/>
         <v>45</v>
       </c>
     </row>
-    <row r="83" spans="2:49" x14ac:dyDescent="0.3">
-      <c r="B83" s="134" t="s">
+    <row r="85" spans="2:49">
+      <c r="B85" s="141" t="s">
         <v>66</v>
       </c>
-      <c r="C83" s="135"/>
-[...1 lines deleted...]
-      <c r="E83" s="58">
+      <c r="C85" s="142"/>
+      <c r="D85" s="143"/>
+      <c r="E85" s="58">
         <v>0.01</v>
       </c>
-      <c r="F83" s="58">
-        <f t="shared" ref="F83:AW83" si="29">E83</f>
+      <c r="F85" s="58">
+        <f t="shared" ref="F85:AW85" si="18">E85</f>
         <v>0.01</v>
       </c>
-      <c r="G83" s="58">
-        <f t="shared" si="29"/>
+      <c r="G85" s="58">
+        <f t="shared" si="18"/>
         <v>0.01</v>
       </c>
-      <c r="H83" s="58">
-        <f t="shared" si="29"/>
+      <c r="H85" s="58">
+        <f t="shared" si="18"/>
         <v>0.01</v>
       </c>
-      <c r="I83" s="58">
-        <f t="shared" si="29"/>
+      <c r="I85" s="58">
+        <f t="shared" si="18"/>
         <v>0.01</v>
       </c>
-      <c r="J83" s="58">
-        <f t="shared" si="29"/>
+      <c r="J85" s="58">
+        <f t="shared" si="18"/>
         <v>0.01</v>
       </c>
-      <c r="K83" s="58">
-        <f t="shared" si="29"/>
+      <c r="K85" s="58">
+        <f t="shared" si="18"/>
         <v>0.01</v>
       </c>
-      <c r="L83" s="58">
-        <f t="shared" si="29"/>
+      <c r="L85" s="58">
+        <f t="shared" si="18"/>
         <v>0.01</v>
       </c>
-      <c r="M83" s="58">
-        <f t="shared" si="29"/>
+      <c r="M85" s="58">
+        <f t="shared" si="18"/>
         <v>0.01</v>
       </c>
-      <c r="N83" s="58">
-        <f t="shared" si="29"/>
+      <c r="N85" s="58">
+        <f t="shared" si="18"/>
         <v>0.01</v>
       </c>
-      <c r="O83" s="58">
-        <f t="shared" si="29"/>
+      <c r="O85" s="58">
+        <f t="shared" si="18"/>
         <v>0.01</v>
       </c>
-      <c r="P83" s="58">
-        <f t="shared" si="29"/>
+      <c r="P85" s="58">
+        <f t="shared" si="18"/>
         <v>0.01</v>
       </c>
-      <c r="Q83" s="58">
-        <f t="shared" si="29"/>
+      <c r="Q85" s="58">
+        <f t="shared" si="18"/>
         <v>0.01</v>
       </c>
-      <c r="R83" s="58">
-        <f t="shared" si="29"/>
+      <c r="R85" s="58">
+        <f t="shared" si="18"/>
         <v>0.01</v>
       </c>
-      <c r="S83" s="58">
-        <f t="shared" si="29"/>
+      <c r="S85" s="58">
+        <f t="shared" si="18"/>
         <v>0.01</v>
       </c>
-      <c r="T83" s="58">
-        <f t="shared" si="29"/>
+      <c r="T85" s="58">
+        <f t="shared" si="18"/>
         <v>0.01</v>
       </c>
-      <c r="U83" s="58">
-        <f t="shared" si="29"/>
+      <c r="U85" s="58">
+        <f t="shared" si="18"/>
         <v>0.01</v>
       </c>
-      <c r="V83" s="58">
-        <f t="shared" si="29"/>
+      <c r="V85" s="58">
+        <f t="shared" si="18"/>
         <v>0.01</v>
       </c>
-      <c r="W83" s="58">
-        <f t="shared" si="29"/>
+      <c r="W85" s="58">
+        <f t="shared" si="18"/>
         <v>0.01</v>
       </c>
-      <c r="X83" s="58">
-        <f t="shared" si="29"/>
+      <c r="X85" s="58">
+        <f t="shared" si="18"/>
         <v>0.01</v>
       </c>
-      <c r="Y83" s="58">
-        <f t="shared" si="29"/>
+      <c r="Y85" s="58">
+        <f t="shared" si="18"/>
         <v>0.01</v>
       </c>
-      <c r="Z83" s="58">
-        <f t="shared" si="29"/>
+      <c r="Z85" s="58">
+        <f t="shared" si="18"/>
         <v>0.01</v>
       </c>
-      <c r="AA83" s="58">
-        <f t="shared" si="29"/>
+      <c r="AA85" s="58">
+        <f t="shared" si="18"/>
         <v>0.01</v>
       </c>
-      <c r="AB83" s="58">
-        <f t="shared" si="29"/>
+      <c r="AB85" s="58">
+        <f t="shared" si="18"/>
         <v>0.01</v>
       </c>
-      <c r="AC83" s="58">
-        <f t="shared" si="29"/>
+      <c r="AC85" s="58">
+        <f t="shared" si="18"/>
         <v>0.01</v>
       </c>
-      <c r="AD83" s="58">
-        <f t="shared" si="29"/>
+      <c r="AD85" s="58">
+        <f t="shared" si="18"/>
         <v>0.01</v>
       </c>
-      <c r="AE83" s="58">
-        <f t="shared" si="29"/>
+      <c r="AE85" s="58">
+        <f t="shared" si="18"/>
         <v>0.01</v>
       </c>
-      <c r="AF83" s="58">
-        <f t="shared" si="29"/>
+      <c r="AF85" s="58">
+        <f t="shared" si="18"/>
         <v>0.01</v>
       </c>
-      <c r="AG83" s="58">
-        <f t="shared" si="29"/>
+      <c r="AG85" s="58">
+        <f t="shared" si="18"/>
         <v>0.01</v>
       </c>
-      <c r="AH83" s="58">
-        <f t="shared" si="29"/>
+      <c r="AH85" s="58">
+        <f t="shared" si="18"/>
         <v>0.01</v>
       </c>
-      <c r="AI83" s="58">
-        <f t="shared" si="29"/>
+      <c r="AI85" s="58">
+        <f t="shared" si="18"/>
         <v>0.01</v>
       </c>
-      <c r="AJ83" s="58">
-        <f t="shared" si="29"/>
+      <c r="AJ85" s="58">
+        <f t="shared" si="18"/>
         <v>0.01</v>
       </c>
-      <c r="AK83" s="58">
-        <f t="shared" si="29"/>
+      <c r="AK85" s="58">
+        <f t="shared" si="18"/>
         <v>0.01</v>
       </c>
-      <c r="AL83" s="58">
-        <f t="shared" si="29"/>
+      <c r="AL85" s="58">
+        <f t="shared" si="18"/>
         <v>0.01</v>
       </c>
-      <c r="AM83" s="58">
-        <f t="shared" si="29"/>
+      <c r="AM85" s="58">
+        <f t="shared" si="18"/>
         <v>0.01</v>
       </c>
-      <c r="AN83" s="58">
-        <f t="shared" si="29"/>
+      <c r="AN85" s="58">
+        <f t="shared" si="18"/>
         <v>0.01</v>
       </c>
-      <c r="AO83" s="58">
-        <f t="shared" si="29"/>
+      <c r="AO85" s="58">
+        <f t="shared" si="18"/>
         <v>0.01</v>
       </c>
-      <c r="AP83" s="58">
-        <f t="shared" si="29"/>
+      <c r="AP85" s="58">
+        <f t="shared" si="18"/>
         <v>0.01</v>
       </c>
-      <c r="AQ83" s="58">
-        <f t="shared" si="29"/>
+      <c r="AQ85" s="58">
+        <f t="shared" si="18"/>
         <v>0.01</v>
       </c>
-      <c r="AR83" s="58">
-        <f t="shared" si="29"/>
+      <c r="AR85" s="58">
+        <f t="shared" si="18"/>
         <v>0.01</v>
       </c>
-      <c r="AS83" s="58">
-        <f t="shared" si="29"/>
+      <c r="AS85" s="58">
+        <f t="shared" si="18"/>
         <v>0.01</v>
       </c>
-      <c r="AT83" s="58">
-        <f t="shared" si="29"/>
+      <c r="AT85" s="58">
+        <f t="shared" si="18"/>
         <v>0.01</v>
       </c>
-      <c r="AU83" s="58">
-        <f t="shared" si="29"/>
+      <c r="AU85" s="58">
+        <f t="shared" si="18"/>
         <v>0.01</v>
       </c>
-      <c r="AV83" s="58">
-        <f t="shared" si="29"/>
+      <c r="AV85" s="58">
+        <f t="shared" si="18"/>
         <v>0.01</v>
       </c>
-      <c r="AW83" s="58">
-        <f t="shared" si="29"/>
+      <c r="AW85" s="58">
+        <f t="shared" si="18"/>
         <v>0.01</v>
       </c>
     </row>
-    <row r="84" spans="2:49" x14ac:dyDescent="0.3">
-      <c r="B84" s="140" t="s">
+    <row r="86" spans="2:49">
+      <c r="B86" s="147" t="s">
         <v>28</v>
       </c>
-      <c r="C84" s="59" t="s">
+      <c r="C86" s="59" t="s">
         <v>29</v>
       </c>
-      <c r="D84" s="52" t="s">
+      <c r="D86" s="52" t="s">
         <v>72</v>
       </c>
-      <c r="E84" s="80">
-        <f t="shared" ref="E84:AW84" si="30">IF(ISERROR(-ROUND(PPMT(E83,1,$D80-E82+1,D87,0),0)),0,-ROUND(PPMT(E83,1,$D80-E82+1,D87,0),0))</f>
+      <c r="E86" s="80">
+        <f t="shared" ref="E86:AW86" si="19">IF(ISERROR(-ROUND(PPMT(E85,1,$D82-E84+1,D89,0),0)),0,-ROUND(PPMT(E85,1,$D82-E84+1,D89,0),0))</f>
         <v>-106</v>
       </c>
-      <c r="F84" s="80">
-        <f t="shared" si="30"/>
+      <c r="F86" s="80">
+        <f t="shared" si="19"/>
         <v>-107</v>
       </c>
-      <c r="G84" s="80">
-        <f t="shared" si="30"/>
+      <c r="G86" s="80">
+        <f t="shared" si="19"/>
         <v>-108</v>
       </c>
-      <c r="H84" s="80">
-        <f t="shared" si="30"/>
+      <c r="H86" s="80">
+        <f t="shared" si="19"/>
         <v>-109</v>
       </c>
-      <c r="I84" s="80">
-        <f t="shared" si="30"/>
+      <c r="I86" s="80">
+        <f t="shared" si="19"/>
         <v>-111</v>
       </c>
-      <c r="J84" s="80">
-        <f t="shared" si="30"/>
+      <c r="J86" s="80">
+        <f t="shared" si="19"/>
         <v>-112</v>
       </c>
-      <c r="K84" s="80">
-        <f t="shared" si="30"/>
+      <c r="K86" s="80">
+        <f t="shared" si="19"/>
         <v>-113</v>
       </c>
-      <c r="L84" s="80">
-        <f t="shared" si="30"/>
+      <c r="L86" s="80">
+        <f t="shared" si="19"/>
         <v>-114</v>
       </c>
-      <c r="M84" s="80">
-        <f t="shared" si="30"/>
+      <c r="M86" s="80">
+        <f t="shared" si="19"/>
         <v>-115</v>
       </c>
-      <c r="N84" s="80">
-        <f t="shared" si="30"/>
+      <c r="N86" s="80">
+        <f t="shared" si="19"/>
         <v>-116</v>
       </c>
-      <c r="O84" s="80">
-        <f t="shared" si="30"/>
+      <c r="O86" s="80">
+        <f t="shared" si="19"/>
         <v>-117</v>
       </c>
-      <c r="P84" s="80">
-        <f t="shared" si="30"/>
+      <c r="P86" s="80">
+        <f t="shared" si="19"/>
         <v>-119</v>
       </c>
-      <c r="Q84" s="80">
-        <f t="shared" si="30"/>
+      <c r="Q86" s="80">
+        <f t="shared" si="19"/>
         <v>-120</v>
       </c>
-      <c r="R84" s="80">
-        <f t="shared" si="30"/>
+      <c r="R86" s="80">
+        <f t="shared" si="19"/>
         <v>-121</v>
       </c>
-      <c r="S84" s="80">
-        <f t="shared" si="30"/>
+      <c r="S86" s="80">
+        <f t="shared" si="19"/>
         <v>-122</v>
       </c>
-      <c r="T84" s="80">
-        <f t="shared" si="30"/>
+      <c r="T86" s="80">
+        <f t="shared" si="19"/>
         <v>-123</v>
       </c>
-      <c r="U84" s="80">
-        <f t="shared" si="30"/>
+      <c r="U86" s="80">
+        <f t="shared" si="19"/>
         <v>-125</v>
       </c>
-      <c r="V84" s="80">
-        <f t="shared" si="30"/>
+      <c r="V86" s="80">
+        <f t="shared" si="19"/>
         <v>-126</v>
       </c>
-      <c r="W84" s="80">
-        <f t="shared" si="30"/>
+      <c r="W86" s="80">
+        <f t="shared" si="19"/>
         <v>-127</v>
       </c>
-      <c r="X84" s="80">
-        <f t="shared" si="30"/>
+      <c r="X86" s="80">
+        <f t="shared" si="19"/>
         <v>-128</v>
       </c>
-      <c r="Y84" s="80">
-        <f t="shared" si="30"/>
+      <c r="Y86" s="80">
+        <f t="shared" si="19"/>
         <v>-130</v>
       </c>
-      <c r="Z84" s="80">
-        <f t="shared" si="30"/>
+      <c r="Z86" s="80">
+        <f t="shared" si="19"/>
         <v>-131</v>
       </c>
-      <c r="AA84" s="80">
-        <f t="shared" si="30"/>
+      <c r="AA86" s="80">
+        <f t="shared" si="19"/>
         <v>-132</v>
       </c>
-      <c r="AB84" s="80">
-        <f t="shared" si="30"/>
+      <c r="AB86" s="80">
+        <f t="shared" si="19"/>
         <v>-133</v>
       </c>
-      <c r="AC84" s="80">
-        <f t="shared" si="30"/>
+      <c r="AC86" s="80">
+        <f t="shared" si="19"/>
         <v>-135</v>
       </c>
-      <c r="AD84" s="80">
-[...76 lines deleted...]
-        <f t="shared" si="30"/>
+      <c r="AD86" s="80">
+        <f t="shared" si="19"/>
+        <v>0</v>
+      </c>
+      <c r="AE86" s="80">
+        <f t="shared" si="19"/>
+        <v>0</v>
+      </c>
+      <c r="AF86" s="80">
+        <f t="shared" si="19"/>
+        <v>0</v>
+      </c>
+      <c r="AG86" s="80">
+        <f t="shared" si="19"/>
+        <v>0</v>
+      </c>
+      <c r="AH86" s="80">
+        <f t="shared" si="19"/>
+        <v>0</v>
+      </c>
+      <c r="AI86" s="80">
+        <f t="shared" si="19"/>
+        <v>0</v>
+      </c>
+      <c r="AJ86" s="80">
+        <f t="shared" si="19"/>
+        <v>0</v>
+      </c>
+      <c r="AK86" s="80">
+        <f t="shared" si="19"/>
+        <v>0</v>
+      </c>
+      <c r="AL86" s="80">
+        <f t="shared" si="19"/>
+        <v>0</v>
+      </c>
+      <c r="AM86" s="80">
+        <f t="shared" si="19"/>
+        <v>0</v>
+      </c>
+      <c r="AN86" s="80">
+        <f t="shared" si="19"/>
+        <v>0</v>
+      </c>
+      <c r="AO86" s="80">
+        <f t="shared" si="19"/>
+        <v>0</v>
+      </c>
+      <c r="AP86" s="80">
+        <f t="shared" si="19"/>
+        <v>0</v>
+      </c>
+      <c r="AQ86" s="80">
+        <f t="shared" si="19"/>
+        <v>0</v>
+      </c>
+      <c r="AR86" s="80">
+        <f t="shared" si="19"/>
+        <v>0</v>
+      </c>
+      <c r="AS86" s="80">
+        <f t="shared" si="19"/>
+        <v>0</v>
+      </c>
+      <c r="AT86" s="80">
+        <f t="shared" si="19"/>
+        <v>0</v>
+      </c>
+      <c r="AU86" s="80">
+        <f t="shared" si="19"/>
+        <v>0</v>
+      </c>
+      <c r="AV86" s="80">
+        <f t="shared" si="19"/>
+        <v>0</v>
+      </c>
+      <c r="AW86" s="80">
+        <f t="shared" si="19"/>
         <v>0</v>
       </c>
     </row>
-    <row r="85" spans="2:49" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="C85" s="60" t="s">
+    <row r="87" spans="2:49">
+      <c r="B87" s="147"/>
+      <c r="C87" s="60" t="s">
         <v>30</v>
       </c>
-      <c r="D85" s="53" t="s">
+      <c r="D87" s="53" t="s">
         <v>72</v>
       </c>
-      <c r="E85" s="81">
-        <f t="shared" ref="E85:AW85" si="31">IF(ISERROR(-ROUND(IPMT(E83,1,$D80-E82+1,D87,0),0)),0,-ROUND(IPMT(E83,1,$D80-E82+1,D87,0),0))</f>
+      <c r="E87" s="81">
+        <f t="shared" ref="E87:AW87" si="20">IF(ISERROR(-ROUND(IPMT(E85,1,$D82-E84+1,D89,0),0)),0,-ROUND(IPMT(E85,1,$D82-E84+1,D89,0),0))</f>
         <v>-30</v>
       </c>
-      <c r="F85" s="81">
-        <f t="shared" si="31"/>
+      <c r="F87" s="81">
+        <f t="shared" si="20"/>
         <v>-29</v>
       </c>
-      <c r="G85" s="81">
-        <f t="shared" si="31"/>
+      <c r="G87" s="81">
+        <f t="shared" si="20"/>
         <v>-28</v>
       </c>
-      <c r="H85" s="81">
-        <f t="shared" si="31"/>
+      <c r="H87" s="81">
+        <f t="shared" si="20"/>
         <v>-27</v>
       </c>
-      <c r="I85" s="81">
-        <f t="shared" si="31"/>
+      <c r="I87" s="81">
+        <f t="shared" si="20"/>
         <v>-26</v>
       </c>
-      <c r="J85" s="81">
-        <f t="shared" si="31"/>
+      <c r="J87" s="81">
+        <f t="shared" si="20"/>
         <v>-25</v>
       </c>
-      <c r="K85" s="81">
-        <f t="shared" si="31"/>
+      <c r="K87" s="81">
+        <f t="shared" si="20"/>
         <v>-23</v>
       </c>
-      <c r="L85" s="81">
-        <f t="shared" si="31"/>
+      <c r="L87" s="81">
+        <f t="shared" si="20"/>
         <v>-22</v>
       </c>
-      <c r="M85" s="81">
-        <f t="shared" si="31"/>
+      <c r="M87" s="81">
+        <f t="shared" si="20"/>
         <v>-21</v>
       </c>
-      <c r="N85" s="81">
-        <f t="shared" si="31"/>
+      <c r="N87" s="81">
+        <f t="shared" si="20"/>
         <v>-20</v>
       </c>
-      <c r="O85" s="81">
-        <f t="shared" si="31"/>
+      <c r="O87" s="81">
+        <f t="shared" si="20"/>
         <v>-19</v>
       </c>
-      <c r="P85" s="81">
-        <f t="shared" si="31"/>
+      <c r="P87" s="81">
+        <f t="shared" si="20"/>
         <v>-18</v>
       </c>
-      <c r="Q85" s="81">
-        <f t="shared" si="31"/>
+      <c r="Q87" s="81">
+        <f t="shared" si="20"/>
         <v>-17</v>
       </c>
-      <c r="R85" s="81">
-        <f t="shared" si="31"/>
+      <c r="R87" s="81">
+        <f t="shared" si="20"/>
         <v>-15</v>
       </c>
-      <c r="S85" s="81">
-        <f t="shared" si="31"/>
+      <c r="S87" s="81">
+        <f t="shared" si="20"/>
         <v>-14</v>
       </c>
-      <c r="T85" s="81">
-        <f t="shared" si="31"/>
+      <c r="T87" s="81">
+        <f t="shared" si="20"/>
         <v>-13</v>
       </c>
-      <c r="U85" s="81">
-        <f t="shared" si="31"/>
+      <c r="U87" s="81">
+        <f t="shared" si="20"/>
         <v>-12</v>
       </c>
-      <c r="V85" s="81">
-        <f t="shared" si="31"/>
+      <c r="V87" s="81">
+        <f t="shared" si="20"/>
         <v>-10</v>
       </c>
-      <c r="W85" s="81">
-        <f t="shared" si="31"/>
+      <c r="W87" s="81">
+        <f t="shared" si="20"/>
         <v>-9</v>
       </c>
-      <c r="X85" s="81">
-        <f t="shared" si="31"/>
+      <c r="X87" s="81">
+        <f t="shared" si="20"/>
         <v>-8</v>
       </c>
-      <c r="Y85" s="81">
-        <f t="shared" si="31"/>
+      <c r="Y87" s="81">
+        <f t="shared" si="20"/>
         <v>-7</v>
       </c>
-      <c r="Z85" s="81">
-        <f t="shared" si="31"/>
+      <c r="Z87" s="81">
+        <f t="shared" si="20"/>
         <v>-5</v>
       </c>
-      <c r="AA85" s="81">
-        <f t="shared" si="31"/>
+      <c r="AA87" s="81">
+        <f t="shared" si="20"/>
         <v>-4</v>
       </c>
-      <c r="AB85" s="81">
-        <f t="shared" si="31"/>
+      <c r="AB87" s="81">
+        <f t="shared" si="20"/>
         <v>-3</v>
       </c>
-      <c r="AC85" s="81">
-        <f t="shared" si="31"/>
+      <c r="AC87" s="81">
+        <f t="shared" si="20"/>
         <v>-1</v>
       </c>
-      <c r="AD85" s="81">
-[...76 lines deleted...]
-        <f t="shared" si="31"/>
+      <c r="AD87" s="81">
+        <f t="shared" si="20"/>
+        <v>0</v>
+      </c>
+      <c r="AE87" s="81">
+        <f t="shared" si="20"/>
+        <v>0</v>
+      </c>
+      <c r="AF87" s="81">
+        <f t="shared" si="20"/>
+        <v>0</v>
+      </c>
+      <c r="AG87" s="81">
+        <f t="shared" si="20"/>
+        <v>0</v>
+      </c>
+      <c r="AH87" s="81">
+        <f t="shared" si="20"/>
+        <v>0</v>
+      </c>
+      <c r="AI87" s="81">
+        <f t="shared" si="20"/>
+        <v>0</v>
+      </c>
+      <c r="AJ87" s="81">
+        <f t="shared" si="20"/>
+        <v>0</v>
+      </c>
+      <c r="AK87" s="81">
+        <f t="shared" si="20"/>
+        <v>0</v>
+      </c>
+      <c r="AL87" s="81">
+        <f t="shared" si="20"/>
+        <v>0</v>
+      </c>
+      <c r="AM87" s="81">
+        <f t="shared" si="20"/>
+        <v>0</v>
+      </c>
+      <c r="AN87" s="81">
+        <f t="shared" si="20"/>
+        <v>0</v>
+      </c>
+      <c r="AO87" s="81">
+        <f t="shared" si="20"/>
+        <v>0</v>
+      </c>
+      <c r="AP87" s="81">
+        <f t="shared" si="20"/>
+        <v>0</v>
+      </c>
+      <c r="AQ87" s="81">
+        <f t="shared" si="20"/>
+        <v>0</v>
+      </c>
+      <c r="AR87" s="81">
+        <f t="shared" si="20"/>
+        <v>0</v>
+      </c>
+      <c r="AS87" s="81">
+        <f t="shared" si="20"/>
+        <v>0</v>
+      </c>
+      <c r="AT87" s="81">
+        <f t="shared" si="20"/>
+        <v>0</v>
+      </c>
+      <c r="AU87" s="81">
+        <f t="shared" si="20"/>
+        <v>0</v>
+      </c>
+      <c r="AV87" s="81">
+        <f t="shared" si="20"/>
+        <v>0</v>
+      </c>
+      <c r="AW87" s="81">
+        <f t="shared" si="20"/>
         <v>0</v>
       </c>
     </row>
-    <row r="86" spans="2:49" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="C86" s="74" t="s">
+    <row r="88" spans="2:49">
+      <c r="B88" s="147"/>
+      <c r="C88" s="74" t="s">
         <v>31</v>
       </c>
-      <c r="D86" s="45" t="s">
+      <c r="D88" s="45" t="s">
         <v>72</v>
       </c>
-      <c r="E86" s="79">
-        <f t="shared" ref="E86:AW86" si="32">E84+E85</f>
+      <c r="E88" s="79">
+        <f t="shared" ref="E88:AW88" si="21">E86+E87</f>
         <v>-136</v>
       </c>
-      <c r="F86" s="79">
-        <f t="shared" si="32"/>
+      <c r="F88" s="79">
+        <f t="shared" si="21"/>
         <v>-136</v>
       </c>
-      <c r="G86" s="79">
-        <f t="shared" si="32"/>
+      <c r="G88" s="79">
+        <f t="shared" si="21"/>
         <v>-136</v>
       </c>
-      <c r="H86" s="79">
-        <f t="shared" si="32"/>
+      <c r="H88" s="79">
+        <f t="shared" si="21"/>
         <v>-136</v>
       </c>
-      <c r="I86" s="79">
-        <f t="shared" si="32"/>
+      <c r="I88" s="79">
+        <f t="shared" si="21"/>
         <v>-137</v>
       </c>
-      <c r="J86" s="79">
-        <f t="shared" si="32"/>
+      <c r="J88" s="79">
+        <f t="shared" si="21"/>
         <v>-137</v>
       </c>
-      <c r="K86" s="79">
-        <f t="shared" si="32"/>
+      <c r="K88" s="79">
+        <f t="shared" si="21"/>
         <v>-136</v>
       </c>
-      <c r="L86" s="79">
-        <f t="shared" si="32"/>
+      <c r="L88" s="79">
+        <f t="shared" si="21"/>
         <v>-136</v>
       </c>
-      <c r="M86" s="79">
-        <f t="shared" si="32"/>
+      <c r="M88" s="79">
+        <f t="shared" si="21"/>
         <v>-136</v>
       </c>
-      <c r="N86" s="79">
-        <f t="shared" si="32"/>
+      <c r="N88" s="79">
+        <f t="shared" si="21"/>
         <v>-136</v>
       </c>
-      <c r="O86" s="79">
-        <f t="shared" si="32"/>
+      <c r="O88" s="79">
+        <f t="shared" si="21"/>
         <v>-136</v>
       </c>
-      <c r="P86" s="79">
-        <f t="shared" si="32"/>
+      <c r="P88" s="79">
+        <f t="shared" si="21"/>
         <v>-137</v>
       </c>
-      <c r="Q86" s="79">
-        <f t="shared" si="32"/>
+      <c r="Q88" s="79">
+        <f t="shared" si="21"/>
         <v>-137</v>
       </c>
-      <c r="R86" s="79">
-        <f t="shared" si="32"/>
+      <c r="R88" s="79">
+        <f t="shared" si="21"/>
         <v>-136</v>
       </c>
-      <c r="S86" s="79">
-        <f t="shared" si="32"/>
+      <c r="S88" s="79">
+        <f t="shared" si="21"/>
         <v>-136</v>
       </c>
-      <c r="T86" s="79">
-        <f t="shared" si="32"/>
+      <c r="T88" s="79">
+        <f t="shared" si="21"/>
         <v>-136</v>
       </c>
-      <c r="U86" s="79">
-        <f t="shared" si="32"/>
+      <c r="U88" s="79">
+        <f t="shared" si="21"/>
         <v>-137</v>
       </c>
-      <c r="V86" s="79">
-        <f t="shared" si="32"/>
+      <c r="V88" s="79">
+        <f t="shared" si="21"/>
         <v>-136</v>
       </c>
-      <c r="W86" s="79">
-        <f t="shared" si="32"/>
+      <c r="W88" s="79">
+        <f t="shared" si="21"/>
         <v>-136</v>
       </c>
-      <c r="X86" s="79">
-        <f t="shared" si="32"/>
+      <c r="X88" s="79">
+        <f t="shared" si="21"/>
         <v>-136</v>
       </c>
-      <c r="Y86" s="79">
-        <f t="shared" si="32"/>
+      <c r="Y88" s="79">
+        <f t="shared" si="21"/>
         <v>-137</v>
       </c>
-      <c r="Z86" s="79">
-        <f t="shared" si="32"/>
+      <c r="Z88" s="79">
+        <f t="shared" si="21"/>
         <v>-136</v>
       </c>
-      <c r="AA86" s="79">
-        <f t="shared" si="32"/>
+      <c r="AA88" s="79">
+        <f t="shared" si="21"/>
         <v>-136</v>
       </c>
-      <c r="AB86" s="79">
-        <f t="shared" si="32"/>
+      <c r="AB88" s="79">
+        <f t="shared" si="21"/>
         <v>-136</v>
       </c>
-      <c r="AC86" s="79">
-        <f t="shared" si="32"/>
+      <c r="AC88" s="79">
+        <f t="shared" si="21"/>
         <v>-136</v>
       </c>
-      <c r="AD86" s="79">
-[...76 lines deleted...]
-        <f t="shared" si="32"/>
+      <c r="AD88" s="79">
+        <f t="shared" si="21"/>
+        <v>0</v>
+      </c>
+      <c r="AE88" s="79">
+        <f t="shared" si="21"/>
+        <v>0</v>
+      </c>
+      <c r="AF88" s="79">
+        <f t="shared" si="21"/>
+        <v>0</v>
+      </c>
+      <c r="AG88" s="79">
+        <f t="shared" si="21"/>
+        <v>0</v>
+      </c>
+      <c r="AH88" s="79">
+        <f t="shared" si="21"/>
+        <v>0</v>
+      </c>
+      <c r="AI88" s="79">
+        <f t="shared" si="21"/>
+        <v>0</v>
+      </c>
+      <c r="AJ88" s="79">
+        <f t="shared" si="21"/>
+        <v>0</v>
+      </c>
+      <c r="AK88" s="79">
+        <f t="shared" si="21"/>
+        <v>0</v>
+      </c>
+      <c r="AL88" s="79">
+        <f t="shared" si="21"/>
+        <v>0</v>
+      </c>
+      <c r="AM88" s="79">
+        <f t="shared" si="21"/>
+        <v>0</v>
+      </c>
+      <c r="AN88" s="79">
+        <f t="shared" si="21"/>
+        <v>0</v>
+      </c>
+      <c r="AO88" s="79">
+        <f t="shared" si="21"/>
+        <v>0</v>
+      </c>
+      <c r="AP88" s="79">
+        <f t="shared" si="21"/>
+        <v>0</v>
+      </c>
+      <c r="AQ88" s="79">
+        <f t="shared" si="21"/>
+        <v>0</v>
+      </c>
+      <c r="AR88" s="79">
+        <f t="shared" si="21"/>
+        <v>0</v>
+      </c>
+      <c r="AS88" s="79">
+        <f t="shared" si="21"/>
+        <v>0</v>
+      </c>
+      <c r="AT88" s="79">
+        <f t="shared" si="21"/>
+        <v>0</v>
+      </c>
+      <c r="AU88" s="79">
+        <f t="shared" si="21"/>
+        <v>0</v>
+      </c>
+      <c r="AV88" s="79">
+        <f t="shared" si="21"/>
+        <v>0</v>
+      </c>
+      <c r="AW88" s="79">
+        <f t="shared" si="21"/>
         <v>0</v>
       </c>
     </row>
-    <row r="87" spans="2:49" x14ac:dyDescent="0.3">
-      <c r="B87" s="139" t="s">
+    <row r="89" spans="2:49">
+      <c r="B89" s="146" t="s">
         <v>69</v>
       </c>
-      <c r="C87" s="139"/>
-      <c r="D87" s="64">
+      <c r="C89" s="146"/>
+      <c r="D89" s="64">
         <v>-3000</v>
       </c>
-      <c r="E87" s="82">
-        <f t="shared" ref="E87:AW87" si="33">IF(ISERROR(D87-E84),0,D87-E84)</f>
+      <c r="E89" s="82">
+        <f t="shared" ref="E89:AW89" si="22">IF(ISERROR(D89-E86),0,D89-E86)</f>
         <v>-2894</v>
       </c>
-      <c r="F87" s="82">
-        <f t="shared" si="33"/>
+      <c r="F89" s="82">
+        <f t="shared" si="22"/>
         <v>-2787</v>
       </c>
-      <c r="G87" s="82">
-        <f t="shared" si="33"/>
+      <c r="G89" s="82">
+        <f t="shared" si="22"/>
         <v>-2679</v>
       </c>
-      <c r="H87" s="82">
-        <f t="shared" si="33"/>
+      <c r="H89" s="82">
+        <f t="shared" si="22"/>
         <v>-2570</v>
       </c>
-      <c r="I87" s="82">
-        <f t="shared" si="33"/>
+      <c r="I89" s="82">
+        <f t="shared" si="22"/>
         <v>-2459</v>
       </c>
-      <c r="J87" s="82">
-        <f t="shared" si="33"/>
+      <c r="J89" s="82">
+        <f t="shared" si="22"/>
         <v>-2347</v>
       </c>
-      <c r="K87" s="82">
-        <f t="shared" si="33"/>
+      <c r="K89" s="82">
+        <f t="shared" si="22"/>
         <v>-2234</v>
       </c>
-      <c r="L87" s="82">
-        <f t="shared" si="33"/>
+      <c r="L89" s="82">
+        <f t="shared" si="22"/>
         <v>-2120</v>
       </c>
-      <c r="M87" s="82">
-        <f t="shared" si="33"/>
+      <c r="M89" s="82">
+        <f t="shared" si="22"/>
         <v>-2005</v>
       </c>
-      <c r="N87" s="82">
-        <f t="shared" si="33"/>
+      <c r="N89" s="82">
+        <f t="shared" si="22"/>
         <v>-1889</v>
       </c>
-      <c r="O87" s="82">
-        <f t="shared" si="33"/>
+      <c r="O89" s="82">
+        <f t="shared" si="22"/>
         <v>-1772</v>
       </c>
-      <c r="P87" s="82">
-        <f t="shared" si="33"/>
+      <c r="P89" s="82">
+        <f t="shared" si="22"/>
         <v>-1653</v>
       </c>
-      <c r="Q87" s="82">
-        <f t="shared" si="33"/>
+      <c r="Q89" s="82">
+        <f t="shared" si="22"/>
         <v>-1533</v>
       </c>
-      <c r="R87" s="82">
-        <f t="shared" si="33"/>
+      <c r="R89" s="82">
+        <f t="shared" si="22"/>
         <v>-1412</v>
       </c>
-      <c r="S87" s="82">
-        <f t="shared" si="33"/>
+      <c r="S89" s="82">
+        <f t="shared" si="22"/>
         <v>-1290</v>
       </c>
-      <c r="T87" s="82">
-        <f t="shared" si="33"/>
+      <c r="T89" s="82">
+        <f t="shared" si="22"/>
         <v>-1167</v>
       </c>
-      <c r="U87" s="82">
-        <f t="shared" si="33"/>
+      <c r="U89" s="82">
+        <f t="shared" si="22"/>
         <v>-1042</v>
       </c>
-      <c r="V87" s="82">
-        <f t="shared" si="33"/>
+      <c r="V89" s="82">
+        <f t="shared" si="22"/>
         <v>-916</v>
       </c>
-      <c r="W87" s="82">
-        <f t="shared" si="33"/>
+      <c r="W89" s="82">
+        <f t="shared" si="22"/>
         <v>-789</v>
       </c>
-      <c r="X87" s="82">
-        <f t="shared" si="33"/>
+      <c r="X89" s="82">
+        <f t="shared" si="22"/>
         <v>-661</v>
       </c>
-      <c r="Y87" s="82">
-        <f t="shared" si="33"/>
+      <c r="Y89" s="82">
+        <f t="shared" si="22"/>
         <v>-531</v>
       </c>
-      <c r="Z87" s="82">
-        <f t="shared" si="33"/>
+      <c r="Z89" s="82">
+        <f t="shared" si="22"/>
         <v>-400</v>
       </c>
-      <c r="AA87" s="82">
-        <f t="shared" si="33"/>
+      <c r="AA89" s="82">
+        <f t="shared" si="22"/>
         <v>-268</v>
       </c>
-      <c r="AB87" s="82">
-        <f t="shared" si="33"/>
+      <c r="AB89" s="82">
+        <f t="shared" si="22"/>
         <v>-135</v>
       </c>
-      <c r="AC87" s="82">
-[...80 lines deleted...]
-        <f t="shared" si="33"/>
+      <c r="AC89" s="82">
+        <f t="shared" si="22"/>
+        <v>0</v>
+      </c>
+      <c r="AD89" s="82">
+        <f t="shared" si="22"/>
+        <v>0</v>
+      </c>
+      <c r="AE89" s="82">
+        <f t="shared" si="22"/>
+        <v>0</v>
+      </c>
+      <c r="AF89" s="82">
+        <f t="shared" si="22"/>
+        <v>0</v>
+      </c>
+      <c r="AG89" s="82">
+        <f t="shared" si="22"/>
+        <v>0</v>
+      </c>
+      <c r="AH89" s="82">
+        <f t="shared" si="22"/>
+        <v>0</v>
+      </c>
+      <c r="AI89" s="82">
+        <f t="shared" si="22"/>
+        <v>0</v>
+      </c>
+      <c r="AJ89" s="83">
+        <f t="shared" si="22"/>
+        <v>0</v>
+      </c>
+      <c r="AK89" s="83">
+        <f t="shared" si="22"/>
+        <v>0</v>
+      </c>
+      <c r="AL89" s="83">
+        <f t="shared" si="22"/>
+        <v>0</v>
+      </c>
+      <c r="AM89" s="83">
+        <f t="shared" si="22"/>
+        <v>0</v>
+      </c>
+      <c r="AN89" s="83">
+        <f t="shared" si="22"/>
+        <v>0</v>
+      </c>
+      <c r="AO89" s="83">
+        <f t="shared" si="22"/>
+        <v>0</v>
+      </c>
+      <c r="AP89" s="83">
+        <f t="shared" si="22"/>
+        <v>0</v>
+      </c>
+      <c r="AQ89" s="83">
+        <f t="shared" si="22"/>
+        <v>0</v>
+      </c>
+      <c r="AR89" s="83">
+        <f t="shared" si="22"/>
+        <v>0</v>
+      </c>
+      <c r="AS89" s="83">
+        <f t="shared" si="22"/>
+        <v>0</v>
+      </c>
+      <c r="AT89" s="83">
+        <f t="shared" si="22"/>
+        <v>0</v>
+      </c>
+      <c r="AU89" s="83">
+        <f t="shared" si="22"/>
+        <v>0</v>
+      </c>
+      <c r="AV89" s="83">
+        <f t="shared" si="22"/>
+        <v>0</v>
+      </c>
+      <c r="AW89" s="83">
+        <f t="shared" si="22"/>
         <v>0</v>
       </c>
     </row>
-    <row r="88" spans="2:49" x14ac:dyDescent="0.3">
-      <c r="B88" s="131" t="s">
+    <row r="90" spans="2:49">
+      <c r="B90" s="138" t="s">
         <v>68</v>
       </c>
-      <c r="C88" s="132"/>
-[...2 lines deleted...]
-        <f t="shared" ref="E88:AW88" si="34">E86</f>
+      <c r="C90" s="139"/>
+      <c r="D90" s="140"/>
+      <c r="E90" s="61">
+        <f t="shared" ref="E90:AW90" si="23">E88</f>
         <v>-136</v>
       </c>
-      <c r="F88" s="61">
-        <f t="shared" si="34"/>
+      <c r="F90" s="61">
+        <f t="shared" si="23"/>
         <v>-136</v>
       </c>
-      <c r="G88" s="61">
-        <f t="shared" si="34"/>
+      <c r="G90" s="61">
+        <f t="shared" si="23"/>
         <v>-136</v>
       </c>
-      <c r="H88" s="61">
-        <f t="shared" si="34"/>
+      <c r="H90" s="61">
+        <f t="shared" si="23"/>
         <v>-136</v>
       </c>
-      <c r="I88" s="61">
-        <f t="shared" si="34"/>
+      <c r="I90" s="61">
+        <f t="shared" si="23"/>
         <v>-137</v>
       </c>
-      <c r="J88" s="61">
-        <f t="shared" si="34"/>
+      <c r="J90" s="61">
+        <f t="shared" si="23"/>
         <v>-137</v>
       </c>
-      <c r="K88" s="61">
-        <f t="shared" si="34"/>
+      <c r="K90" s="61">
+        <f t="shared" si="23"/>
         <v>-136</v>
       </c>
-      <c r="L88" s="61">
-        <f t="shared" si="34"/>
+      <c r="L90" s="61">
+        <f t="shared" si="23"/>
         <v>-136</v>
       </c>
-      <c r="M88" s="61">
-        <f t="shared" si="34"/>
+      <c r="M90" s="61">
+        <f t="shared" si="23"/>
         <v>-136</v>
       </c>
-      <c r="N88" s="61">
-        <f t="shared" si="34"/>
+      <c r="N90" s="61">
+        <f t="shared" si="23"/>
         <v>-136</v>
       </c>
-      <c r="O88" s="61">
-        <f t="shared" si="34"/>
+      <c r="O90" s="61">
+        <f t="shared" si="23"/>
         <v>-136</v>
       </c>
-      <c r="P88" s="61">
-        <f t="shared" si="34"/>
+      <c r="P90" s="61">
+        <f t="shared" si="23"/>
         <v>-137</v>
       </c>
-      <c r="Q88" s="61">
-        <f t="shared" si="34"/>
+      <c r="Q90" s="61">
+        <f t="shared" si="23"/>
         <v>-137</v>
       </c>
-      <c r="R88" s="61">
-        <f t="shared" si="34"/>
+      <c r="R90" s="61">
+        <f t="shared" si="23"/>
         <v>-136</v>
       </c>
-      <c r="S88" s="61">
-        <f t="shared" si="34"/>
+      <c r="S90" s="61">
+        <f t="shared" si="23"/>
         <v>-136</v>
       </c>
-      <c r="T88" s="61">
-        <f t="shared" si="34"/>
+      <c r="T90" s="61">
+        <f t="shared" si="23"/>
         <v>-136</v>
       </c>
-      <c r="U88" s="61">
-        <f t="shared" si="34"/>
+      <c r="U90" s="61">
+        <f t="shared" si="23"/>
         <v>-137</v>
       </c>
-      <c r="V88" s="61">
-        <f t="shared" si="34"/>
+      <c r="V90" s="61">
+        <f t="shared" si="23"/>
         <v>-136</v>
       </c>
-      <c r="W88" s="61">
-        <f t="shared" si="34"/>
+      <c r="W90" s="61">
+        <f t="shared" si="23"/>
         <v>-136</v>
       </c>
-      <c r="X88" s="61">
-        <f t="shared" si="34"/>
+      <c r="X90" s="61">
+        <f t="shared" si="23"/>
         <v>-136</v>
       </c>
-      <c r="Y88" s="61">
-        <f t="shared" si="34"/>
+      <c r="Y90" s="61">
+        <f t="shared" si="23"/>
         <v>-137</v>
       </c>
-      <c r="Z88" s="61">
-        <f t="shared" si="34"/>
+      <c r="Z90" s="61">
+        <f t="shared" si="23"/>
         <v>-136</v>
       </c>
-      <c r="AA88" s="61">
-        <f t="shared" si="34"/>
+      <c r="AA90" s="61">
+        <f t="shared" si="23"/>
         <v>-136</v>
       </c>
-      <c r="AB88" s="61">
-        <f t="shared" si="34"/>
+      <c r="AB90" s="61">
+        <f t="shared" si="23"/>
         <v>-136</v>
       </c>
-      <c r="AC88" s="61">
-        <f t="shared" si="34"/>
+      <c r="AC90" s="61">
+        <f t="shared" si="23"/>
         <v>-136</v>
       </c>
-      <c r="AD88" s="61">
-[...76 lines deleted...]
-        <f t="shared" si="34"/>
+      <c r="AD90" s="61">
+        <f t="shared" si="23"/>
+        <v>0</v>
+      </c>
+      <c r="AE90" s="61">
+        <f t="shared" si="23"/>
+        <v>0</v>
+      </c>
+      <c r="AF90" s="61">
+        <f t="shared" si="23"/>
+        <v>0</v>
+      </c>
+      <c r="AG90" s="61">
+        <f t="shared" si="23"/>
+        <v>0</v>
+      </c>
+      <c r="AH90" s="61">
+        <f t="shared" si="23"/>
+        <v>0</v>
+      </c>
+      <c r="AI90" s="61">
+        <f t="shared" si="23"/>
+        <v>0</v>
+      </c>
+      <c r="AJ90" s="61">
+        <f t="shared" si="23"/>
+        <v>0</v>
+      </c>
+      <c r="AK90" s="61">
+        <f t="shared" si="23"/>
+        <v>0</v>
+      </c>
+      <c r="AL90" s="61">
+        <f t="shared" si="23"/>
+        <v>0</v>
+      </c>
+      <c r="AM90" s="61">
+        <f t="shared" si="23"/>
+        <v>0</v>
+      </c>
+      <c r="AN90" s="61">
+        <f t="shared" si="23"/>
+        <v>0</v>
+      </c>
+      <c r="AO90" s="61">
+        <f t="shared" si="23"/>
+        <v>0</v>
+      </c>
+      <c r="AP90" s="61">
+        <f t="shared" si="23"/>
+        <v>0</v>
+      </c>
+      <c r="AQ90" s="61">
+        <f t="shared" si="23"/>
+        <v>0</v>
+      </c>
+      <c r="AR90" s="61">
+        <f t="shared" si="23"/>
+        <v>0</v>
+      </c>
+      <c r="AS90" s="61">
+        <f t="shared" si="23"/>
+        <v>0</v>
+      </c>
+      <c r="AT90" s="61">
+        <f t="shared" si="23"/>
+        <v>0</v>
+      </c>
+      <c r="AU90" s="61">
+        <f t="shared" si="23"/>
+        <v>0</v>
+      </c>
+      <c r="AV90" s="61">
+        <f t="shared" si="23"/>
+        <v>0</v>
+      </c>
+      <c r="AW90" s="61">
+        <f t="shared" si="23"/>
         <v>0</v>
       </c>
     </row>
-    <row r="89" spans="2:49" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B89" s="128" t="s">
+    <row r="91" spans="2:49" ht="15" customHeight="1">
+      <c r="B91" s="135" t="s">
         <v>70</v>
       </c>
-      <c r="C89" s="129"/>
-[...1 lines deleted...]
-      <c r="E89" s="62">
+      <c r="C91" s="136"/>
+      <c r="D91" s="137"/>
+      <c r="E91" s="62">
         <v>-24</v>
       </c>
-      <c r="F89" s="62">
+      <c r="F91" s="62">
         <v>-24</v>
       </c>
-      <c r="G89" s="62">
+      <c r="G91" s="62">
         <v>-24</v>
       </c>
-      <c r="H89" s="62">
+      <c r="H91" s="62">
         <v>-24</v>
       </c>
-      <c r="I89" s="62">
+      <c r="I91" s="62">
         <v>-24</v>
       </c>
-      <c r="J89" s="62">
+      <c r="J91" s="62">
         <v>-24</v>
       </c>
-      <c r="K89" s="62">
+      <c r="K91" s="62">
         <v>-24</v>
       </c>
-      <c r="L89" s="62">
+      <c r="L91" s="62">
         <v>-24</v>
       </c>
-      <c r="M89" s="62">
+      <c r="M91" s="62">
         <v>-24</v>
       </c>
-      <c r="N89" s="62">
+      <c r="N91" s="62">
         <v>-24</v>
       </c>
-      <c r="O89" s="62">
+      <c r="O91" s="62">
         <v>-24</v>
       </c>
-      <c r="P89" s="62">
+      <c r="P91" s="62">
         <v>-24</v>
       </c>
-      <c r="Q89" s="62">
+      <c r="Q91" s="62">
         <v>-24</v>
       </c>
-      <c r="R89" s="62">
+      <c r="R91" s="62">
         <v>-24</v>
       </c>
-      <c r="S89" s="62">
+      <c r="S91" s="62">
         <v>-24</v>
       </c>
-      <c r="T89" s="62">
+      <c r="T91" s="62">
         <v>-24</v>
       </c>
-      <c r="U89" s="62">
+      <c r="U91" s="62">
         <v>-24</v>
       </c>
-      <c r="V89" s="62">
+      <c r="V91" s="62">
         <v>-24</v>
       </c>
-      <c r="W89" s="62">
+      <c r="W91" s="62">
         <v>-24</v>
       </c>
-      <c r="X89" s="62">
+      <c r="X91" s="62">
         <v>-24</v>
       </c>
-      <c r="Y89" s="62">
+      <c r="Y91" s="62">
         <v>-24</v>
       </c>
-      <c r="Z89" s="62">
+      <c r="Z91" s="62">
         <v>-24</v>
       </c>
-      <c r="AA89" s="62">
+      <c r="AA91" s="62">
         <v>-24</v>
       </c>
-      <c r="AB89" s="62">
+      <c r="AB91" s="62">
         <v>-24</v>
       </c>
-      <c r="AC89" s="62">
+      <c r="AC91" s="62">
         <v>-24</v>
       </c>
-      <c r="AD89" s="62">
+      <c r="AD91" s="62">
         <v>-24</v>
       </c>
-      <c r="AE89" s="62">
+      <c r="AE91" s="62">
         <v>-24</v>
       </c>
-      <c r="AF89" s="62">
+      <c r="AF91" s="62">
         <v>-24</v>
       </c>
-      <c r="AG89" s="62">
+      <c r="AG91" s="62">
         <v>-24</v>
       </c>
-      <c r="AH89" s="62">
+      <c r="AH91" s="62">
         <v>-24</v>
       </c>
-      <c r="AI89" s="62">
+      <c r="AI91" s="62">
         <v>-24</v>
       </c>
-      <c r="AJ89" s="62">
+      <c r="AJ91" s="62">
         <v>-24</v>
       </c>
-      <c r="AK89" s="62">
+      <c r="AK91" s="62">
         <v>-24</v>
       </c>
-      <c r="AL89" s="62">
+      <c r="AL91" s="62">
         <v>-24</v>
       </c>
-      <c r="AM89" s="62">
+      <c r="AM91" s="62">
         <v>-24</v>
       </c>
-      <c r="AN89" s="62">
+      <c r="AN91" s="62">
         <v>-24</v>
       </c>
-      <c r="AO89" s="62">
+      <c r="AO91" s="62">
         <v>-24</v>
       </c>
-      <c r="AP89" s="62">
+      <c r="AP91" s="62">
         <v>-24</v>
       </c>
-      <c r="AQ89" s="62">
+      <c r="AQ91" s="62">
         <v>-24</v>
       </c>
-      <c r="AR89" s="62">
+      <c r="AR91" s="62">
         <v>-24</v>
       </c>
-      <c r="AS89" s="62">
+      <c r="AS91" s="62">
         <v>-24</v>
       </c>
-      <c r="AT89" s="62">
+      <c r="AT91" s="62">
         <v>-24</v>
       </c>
-      <c r="AU89" s="62">
+      <c r="AU91" s="62">
         <v>-24</v>
       </c>
-      <c r="AV89" s="62">
+      <c r="AV91" s="62">
         <v>-24</v>
       </c>
-      <c r="AW89" s="62">
+      <c r="AW91" s="62">
         <v>-24</v>
       </c>
     </row>
-    <row r="90" spans="2:49" x14ac:dyDescent="0.3">
-      <c r="B90" s="134" t="s">
+    <row r="92" spans="2:49">
+      <c r="B92" s="141" t="s">
         <v>65</v>
       </c>
-      <c r="C90" s="135"/>
-[...2 lines deleted...]
-        <f t="shared" ref="E90:AW90" si="35">E88+E89</f>
+      <c r="C92" s="142"/>
+      <c r="D92" s="143"/>
+      <c r="E92" s="82">
+        <f t="shared" ref="E92:AW92" si="24">E90+E91</f>
         <v>-160</v>
       </c>
-      <c r="F90" s="82">
-        <f t="shared" si="35"/>
+      <c r="F92" s="82">
+        <f t="shared" si="24"/>
         <v>-160</v>
       </c>
-      <c r="G90" s="82">
-        <f t="shared" si="35"/>
+      <c r="G92" s="82">
+        <f t="shared" si="24"/>
         <v>-160</v>
       </c>
-      <c r="H90" s="82">
-        <f t="shared" si="35"/>
+      <c r="H92" s="82">
+        <f t="shared" si="24"/>
         <v>-160</v>
       </c>
-      <c r="I90" s="82">
-        <f t="shared" si="35"/>
+      <c r="I92" s="82">
+        <f t="shared" si="24"/>
         <v>-161</v>
       </c>
-      <c r="J90" s="82">
-        <f t="shared" si="35"/>
+      <c r="J92" s="82">
+        <f t="shared" si="24"/>
         <v>-161</v>
       </c>
-      <c r="K90" s="82">
-        <f t="shared" si="35"/>
+      <c r="K92" s="82">
+        <f t="shared" si="24"/>
         <v>-160</v>
       </c>
-      <c r="L90" s="82">
-        <f t="shared" si="35"/>
+      <c r="L92" s="82">
+        <f t="shared" si="24"/>
         <v>-160</v>
       </c>
-      <c r="M90" s="82">
-        <f t="shared" si="35"/>
+      <c r="M92" s="82">
+        <f t="shared" si="24"/>
         <v>-160</v>
       </c>
-      <c r="N90" s="82">
-        <f t="shared" si="35"/>
+      <c r="N92" s="82">
+        <f t="shared" si="24"/>
         <v>-160</v>
       </c>
-      <c r="O90" s="82">
-        <f t="shared" si="35"/>
+      <c r="O92" s="82">
+        <f t="shared" si="24"/>
         <v>-160</v>
       </c>
-      <c r="P90" s="82">
-        <f t="shared" si="35"/>
+      <c r="P92" s="82">
+        <f t="shared" si="24"/>
         <v>-161</v>
       </c>
-      <c r="Q90" s="82">
-        <f t="shared" si="35"/>
+      <c r="Q92" s="82">
+        <f t="shared" si="24"/>
         <v>-161</v>
       </c>
-      <c r="R90" s="82">
-        <f t="shared" si="35"/>
+      <c r="R92" s="82">
+        <f t="shared" si="24"/>
         <v>-160</v>
       </c>
-      <c r="S90" s="82">
-        <f t="shared" si="35"/>
+      <c r="S92" s="82">
+        <f t="shared" si="24"/>
         <v>-160</v>
       </c>
-      <c r="T90" s="82">
-        <f t="shared" si="35"/>
+      <c r="T92" s="82">
+        <f t="shared" si="24"/>
         <v>-160</v>
       </c>
-      <c r="U90" s="82">
-        <f t="shared" si="35"/>
+      <c r="U92" s="82">
+        <f t="shared" si="24"/>
         <v>-161</v>
       </c>
-      <c r="V90" s="82">
-        <f t="shared" si="35"/>
+      <c r="V92" s="82">
+        <f t="shared" si="24"/>
         <v>-160</v>
       </c>
-      <c r="W90" s="82">
-        <f t="shared" si="35"/>
+      <c r="W92" s="82">
+        <f t="shared" si="24"/>
         <v>-160</v>
       </c>
-      <c r="X90" s="82">
-        <f t="shared" si="35"/>
+      <c r="X92" s="82">
+        <f t="shared" si="24"/>
         <v>-160</v>
       </c>
-      <c r="Y90" s="82">
-        <f t="shared" si="35"/>
+      <c r="Y92" s="82">
+        <f t="shared" si="24"/>
         <v>-161</v>
       </c>
-      <c r="Z90" s="82">
-        <f t="shared" si="35"/>
+      <c r="Z92" s="82">
+        <f t="shared" si="24"/>
         <v>-160</v>
       </c>
-      <c r="AA90" s="82">
-        <f t="shared" si="35"/>
+      <c r="AA92" s="82">
+        <f t="shared" si="24"/>
         <v>-160</v>
       </c>
-      <c r="AB90" s="82">
-        <f t="shared" si="35"/>
+      <c r="AB92" s="82">
+        <f t="shared" si="24"/>
         <v>-160</v>
       </c>
-      <c r="AC90" s="82">
-        <f t="shared" si="35"/>
+      <c r="AC92" s="82">
+        <f t="shared" si="24"/>
         <v>-160</v>
       </c>
-      <c r="AD90" s="82">
-        <f t="shared" si="35"/>
+      <c r="AD92" s="82">
+        <f t="shared" si="24"/>
         <v>-24</v>
       </c>
-      <c r="AE90" s="82">
-        <f t="shared" si="35"/>
+      <c r="AE92" s="82">
+        <f t="shared" si="24"/>
         <v>-24</v>
       </c>
-      <c r="AF90" s="82">
-        <f t="shared" si="35"/>
+      <c r="AF92" s="82">
+        <f t="shared" si="24"/>
         <v>-24</v>
       </c>
-      <c r="AG90" s="82">
-        <f t="shared" si="35"/>
+      <c r="AG92" s="82">
+        <f t="shared" si="24"/>
         <v>-24</v>
       </c>
-      <c r="AH90" s="82">
-        <f t="shared" si="35"/>
+      <c r="AH92" s="82">
+        <f t="shared" si="24"/>
         <v>-24</v>
       </c>
-      <c r="AI90" s="82">
-        <f t="shared" si="35"/>
+      <c r="AI92" s="82">
+        <f t="shared" si="24"/>
         <v>-24</v>
       </c>
-      <c r="AJ90" s="83">
-        <f t="shared" si="35"/>
+      <c r="AJ92" s="83">
+        <f t="shared" si="24"/>
         <v>-24</v>
       </c>
-      <c r="AK90" s="83">
-        <f t="shared" si="35"/>
+      <c r="AK92" s="83">
+        <f t="shared" si="24"/>
         <v>-24</v>
       </c>
-      <c r="AL90" s="83">
-        <f t="shared" si="35"/>
+      <c r="AL92" s="83">
+        <f t="shared" si="24"/>
         <v>-24</v>
       </c>
-      <c r="AM90" s="83">
-        <f t="shared" si="35"/>
+      <c r="AM92" s="83">
+        <f t="shared" si="24"/>
         <v>-24</v>
       </c>
-      <c r="AN90" s="83">
-        <f t="shared" si="35"/>
+      <c r="AN92" s="83">
+        <f t="shared" si="24"/>
         <v>-24</v>
       </c>
-      <c r="AO90" s="83">
-        <f t="shared" si="35"/>
+      <c r="AO92" s="83">
+        <f t="shared" si="24"/>
         <v>-24</v>
       </c>
-      <c r="AP90" s="83">
-        <f t="shared" si="35"/>
+      <c r="AP92" s="83">
+        <f t="shared" si="24"/>
         <v>-24</v>
       </c>
-      <c r="AQ90" s="83">
-        <f t="shared" si="35"/>
+      <c r="AQ92" s="83">
+        <f t="shared" si="24"/>
         <v>-24</v>
       </c>
-      <c r="AR90" s="83">
-        <f t="shared" si="35"/>
+      <c r="AR92" s="83">
+        <f t="shared" si="24"/>
         <v>-24</v>
       </c>
-      <c r="AS90" s="83">
-        <f t="shared" si="35"/>
+      <c r="AS92" s="83">
+        <f t="shared" si="24"/>
         <v>-24</v>
       </c>
-      <c r="AT90" s="83">
-        <f t="shared" si="35"/>
+      <c r="AT92" s="83">
+        <f t="shared" si="24"/>
         <v>-24</v>
       </c>
-      <c r="AU90" s="83">
-        <f t="shared" si="35"/>
+      <c r="AU92" s="83">
+        <f t="shared" si="24"/>
         <v>-24</v>
       </c>
-      <c r="AV90" s="83">
-        <f t="shared" si="35"/>
+      <c r="AV92" s="83">
+        <f t="shared" si="24"/>
         <v>-24</v>
       </c>
-      <c r="AW90" s="83">
-        <f t="shared" si="35"/>
+      <c r="AW92" s="83">
+        <f t="shared" si="24"/>
         <v>-24</v>
       </c>
     </row>
-    <row r="91" spans="2:49" x14ac:dyDescent="0.3">
-      <c r="B91" s="2" t="s">
+    <row r="93" spans="2:49">
+      <c r="B93" s="2" t="s">
         <v>90</v>
       </c>
     </row>
-    <row r="94" spans="2:49" x14ac:dyDescent="0.3">
-      <c r="B94" s="73" t="s">
+    <row r="96" spans="2:49">
+      <c r="B96" s="73" t="s">
         <v>78</v>
       </c>
-      <c r="C94" s="65"/>
-[...5 lines deleted...]
-      <c r="I94" s="65" t="s">
+      <c r="C96" s="65"/>
+      <c r="D96" s="65"/>
+      <c r="E96" s="65"/>
+      <c r="F96" s="65"/>
+      <c r="G96" s="65"/>
+      <c r="H96" s="65"/>
+      <c r="I96" s="65" t="s">
         <v>89</v>
       </c>
-      <c r="J94" s="65"/>
-[...15 lines deleted...]
-      <c r="Z94" s="66"/>
+      <c r="J96" s="65"/>
+      <c r="K96" s="65"/>
+      <c r="L96" s="65"/>
+      <c r="M96" s="65"/>
+      <c r="N96" s="65"/>
+      <c r="O96" s="65"/>
+      <c r="P96" s="65"/>
+      <c r="Q96" s="65"/>
+      <c r="R96" s="65"/>
+      <c r="S96" s="65"/>
+      <c r="T96" s="65"/>
+      <c r="U96" s="65"/>
+      <c r="V96" s="65"/>
+      <c r="W96" s="65"/>
+      <c r="X96" s="65"/>
+      <c r="Y96" s="65"/>
+      <c r="Z96" s="66"/>
     </row>
-    <row r="95" spans="2:49" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="D95" s="84" t="s">
+    <row r="97" spans="2:26">
+      <c r="B97" s="67"/>
+      <c r="D97" s="84" t="s">
         <v>79</v>
       </c>
-      <c r="E95" s="84"/>
-[...135 lines deleted...]
-      </c>
+      <c r="E97" s="84"/>
+      <c r="F97" s="84"/>
+      <c r="G97" s="84"/>
+      <c r="H97" s="84"/>
+      <c r="I97" s="85"/>
+      <c r="J97" s="84"/>
+      <c r="K97" s="84"/>
+      <c r="L97" s="84"/>
+      <c r="M97" s="84"/>
+      <c r="N97" s="84"/>
+      <c r="O97" s="84"/>
+      <c r="P97" s="84"/>
+      <c r="Q97" s="84"/>
+      <c r="R97" s="84"/>
+      <c r="S97" s="84"/>
       <c r="T97" s="84"/>
       <c r="U97" s="84"/>
       <c r="V97" s="84"/>
       <c r="W97" s="84"/>
       <c r="X97" s="84"/>
       <c r="Y97" s="84"/>
       <c r="Z97" s="68"/>
     </row>
-    <row r="98" spans="2:26" x14ac:dyDescent="0.3">
+    <row r="98" spans="2:26" ht="30">
       <c r="B98" s="67"/>
-      <c r="D98" s="93" t="s">
-[...46 lines deleted...]
-      </c>
+      <c r="D98" s="86"/>
+      <c r="E98" s="87" t="s">
+        <v>75</v>
+      </c>
+      <c r="F98" s="87" t="s">
+        <v>76</v>
+      </c>
+      <c r="G98" s="87" t="s">
+        <v>77</v>
+      </c>
+      <c r="H98" s="88" t="s">
+        <v>33</v>
+      </c>
+      <c r="I98" s="88" t="s">
+        <v>34</v>
+      </c>
+      <c r="J98" s="88" t="s">
+        <v>35</v>
+      </c>
+      <c r="K98" s="88" t="s">
+        <v>36</v>
+      </c>
+      <c r="L98" s="88" t="s">
+        <v>37</v>
+      </c>
+      <c r="M98" s="88" t="s">
+        <v>38</v>
+      </c>
+      <c r="N98" s="88" t="s">
+        <v>39</v>
+      </c>
+      <c r="O98" s="88" t="s">
+        <v>40</v>
+      </c>
+      <c r="P98" s="88" t="s">
+        <v>41</v>
+      </c>
+      <c r="Q98" s="88" t="s">
+        <v>42</v>
+      </c>
+      <c r="R98" s="88" t="s">
+        <v>43</v>
+      </c>
+      <c r="S98" s="89" t="s">
+        <v>44</v>
+      </c>
+      <c r="T98" s="90" t="s">
+        <v>45</v>
+      </c>
+      <c r="U98" s="90" t="s">
+        <v>46</v>
+      </c>
+      <c r="V98" s="90" t="s">
+        <v>47</v>
+      </c>
+      <c r="W98" s="90" t="s">
+        <v>48</v>
+      </c>
+      <c r="X98" s="84"/>
+      <c r="Y98" s="84"/>
       <c r="Z98" s="68"/>
     </row>
-    <row r="99" spans="2:26" x14ac:dyDescent="0.3">
+    <row r="99" spans="2:26">
       <c r="B99" s="67"/>
-      <c r="D99" s="84" t="s">
-[...33 lines deleted...]
-      </c>
+      <c r="D99" s="91" t="s">
+        <v>49</v>
+      </c>
+      <c r="E99" s="92">
+        <v>-15</v>
+      </c>
+      <c r="F99" s="92">
+        <v>-16.7</v>
+      </c>
+      <c r="G99" s="92">
+        <v>-21.6</v>
+      </c>
+      <c r="H99" s="92">
+        <v>-39.799999999999997</v>
+      </c>
+      <c r="I99" s="92">
+        <v>-26.8</v>
+      </c>
+      <c r="J99" s="92">
+        <v>-29.5</v>
+      </c>
+      <c r="K99" s="92">
+        <v>-30.5</v>
+      </c>
+      <c r="L99" s="92">
+        <v>-35.4</v>
+      </c>
+      <c r="M99" s="92">
+        <v>-39.6</v>
+      </c>
+      <c r="N99" s="92">
+        <v>-54.5</v>
+      </c>
+      <c r="O99" s="92">
+        <v>-47.4</v>
+      </c>
+      <c r="P99" s="92">
+        <v>-60.7</v>
+      </c>
+      <c r="Q99" s="92">
+        <v>-70</v>
+      </c>
+      <c r="R99" s="92">
+        <v>-58.2</v>
+      </c>
+      <c r="S99" s="92">
+        <v>-50.5</v>
+      </c>
+      <c r="T99" s="84"/>
+      <c r="U99" s="84"/>
+      <c r="V99" s="84"/>
+      <c r="W99" s="84"/>
+      <c r="X99" s="84"/>
+      <c r="Y99" s="84"/>
       <c r="Z99" s="68"/>
     </row>
-    <row r="100" spans="2:26" x14ac:dyDescent="0.3">
+    <row r="100" spans="2:26">
       <c r="B100" s="67"/>
-      <c r="D100" s="84"/>
-[...30 lines deleted...]
-      <c r="Y100" s="102"/>
+      <c r="D100" s="93" t="s">
+        <v>50</v>
+      </c>
+      <c r="E100" s="94">
+        <v>-33.5</v>
+      </c>
+      <c r="F100" s="94">
+        <v>-32.4</v>
+      </c>
+      <c r="G100" s="94">
+        <v>-37.9</v>
+      </c>
+      <c r="H100" s="94">
+        <v>-220.3</v>
+      </c>
+      <c r="I100" s="94">
+        <v>-162.80000000000001</v>
+      </c>
+      <c r="J100" s="94">
+        <v>-177.2</v>
+      </c>
+      <c r="K100" s="94">
+        <v>-168.3</v>
+      </c>
+      <c r="L100" s="94">
+        <v>-178.2</v>
+      </c>
+      <c r="M100" s="94">
+        <v>-190.6</v>
+      </c>
+      <c r="N100" s="94">
+        <v>-187</v>
+      </c>
+      <c r="O100" s="94">
+        <v>-128.19999999999999</v>
+      </c>
+      <c r="P100" s="94">
+        <v>-152</v>
+      </c>
+      <c r="Q100" s="94">
+        <v>-127.4</v>
+      </c>
+      <c r="R100" s="95">
+        <v>-97.9</v>
+      </c>
+      <c r="S100" s="95">
+        <v>-82.4</v>
+      </c>
       <c r="Z100" s="68"/>
     </row>
-    <row r="101" spans="2:26" x14ac:dyDescent="0.3">
+    <row r="101" spans="2:26">
       <c r="B101" s="67"/>
-      <c r="D101" s="84"/>
-[...30 lines deleted...]
-      <c r="Y101" s="105"/>
+      <c r="D101" s="84" t="s">
+        <v>94</v>
+      </c>
+      <c r="F101" s="96"/>
+      <c r="G101" s="96"/>
+      <c r="H101" s="97"/>
+      <c r="I101" s="96"/>
+      <c r="J101" s="96"/>
+      <c r="K101" s="96"/>
+      <c r="L101" s="96"/>
+      <c r="M101" s="96"/>
+      <c r="N101" s="96"/>
+      <c r="O101" s="96"/>
+      <c r="P101" s="96"/>
+      <c r="Q101" s="96"/>
+      <c r="R101" s="98"/>
+      <c r="S101" s="99"/>
+      <c r="T101" s="90" t="s">
+        <v>51</v>
+      </c>
+      <c r="U101" s="90" t="s">
+        <v>52</v>
+      </c>
+      <c r="V101" s="90" t="s">
+        <v>53</v>
+      </c>
+      <c r="W101" s="90" t="s">
+        <v>54</v>
+      </c>
+      <c r="X101" s="90" t="s">
+        <v>55</v>
+      </c>
+      <c r="Y101" s="90" t="s">
+        <v>56</v>
+      </c>
       <c r="Z101" s="68"/>
     </row>
-    <row r="102" spans="2:26" x14ac:dyDescent="0.3">
+    <row r="102" spans="2:26">
       <c r="B102" s="67"/>
       <c r="D102" s="84"/>
       <c r="E102" s="84"/>
       <c r="F102" s="84"/>
       <c r="G102" s="84"/>
       <c r="H102" s="84"/>
       <c r="I102" s="84"/>
       <c r="J102" s="84"/>
       <c r="K102" s="84"/>
       <c r="L102" s="84"/>
       <c r="M102" s="84"/>
       <c r="N102" s="84"/>
       <c r="O102" s="84"/>
       <c r="P102" s="84"/>
       <c r="Q102" s="84"/>
       <c r="R102" s="100" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="S102" s="101"/>
       <c r="T102" s="102">
-        <v>-161</v>
+        <v>-81.8</v>
       </c>
       <c r="U102" s="102">
-        <v>-137</v>
+        <v>-53.6</v>
       </c>
       <c r="V102" s="102">
-        <v>-137</v>
+        <v>-53.6</v>
       </c>
       <c r="W102" s="102">
-        <v>-137</v>
+        <v>-53.6</v>
       </c>
       <c r="X102" s="102"/>
       <c r="Y102" s="102"/>
       <c r="Z102" s="68"/>
     </row>
-    <row r="103" spans="2:26" x14ac:dyDescent="0.3">
+    <row r="103" spans="2:26">
       <c r="B103" s="67"/>
       <c r="D103" s="84"/>
       <c r="E103" s="84"/>
       <c r="F103" s="84"/>
       <c r="G103" s="84"/>
       <c r="H103" s="84"/>
       <c r="I103" s="84"/>
       <c r="J103" s="84"/>
       <c r="K103" s="84"/>
       <c r="L103" s="84"/>
       <c r="M103" s="84"/>
       <c r="N103" s="84"/>
       <c r="O103" s="84"/>
       <c r="P103" s="84"/>
       <c r="Q103" s="84"/>
       <c r="R103" s="103" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="S103" s="104"/>
       <c r="T103" s="105">
-        <v>-683</v>
+        <v>-128</v>
       </c>
       <c r="U103" s="105">
-        <v>-547</v>
+        <v>-104.7</v>
       </c>
       <c r="V103" s="105">
-        <v>-547</v>
+        <v>-104.7</v>
       </c>
       <c r="W103" s="105">
-        <v>-547</v>
-[...6 lines deleted...]
-      </c>
+        <v>-104.7</v>
+      </c>
+      <c r="X103" s="105"/>
+      <c r="Y103" s="105"/>
       <c r="Z103" s="68"/>
     </row>
-    <row r="104" spans="2:26" x14ac:dyDescent="0.3">
+    <row r="104" spans="2:26">
       <c r="B104" s="67"/>
       <c r="D104" s="84"/>
       <c r="E104" s="84"/>
       <c r="F104" s="84"/>
       <c r="G104" s="84"/>
       <c r="H104" s="84"/>
       <c r="I104" s="84"/>
       <c r="J104" s="84"/>
       <c r="K104" s="84"/>
       <c r="L104" s="84"/>
       <c r="M104" s="84"/>
       <c r="N104" s="84"/>
       <c r="O104" s="84"/>
       <c r="P104" s="84"/>
       <c r="Q104" s="84"/>
       <c r="R104" s="100" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="S104" s="101"/>
       <c r="T104" s="102">
-        <v>-535</v>
+        <v>-161</v>
       </c>
       <c r="U104" s="102">
-        <v>-476</v>
+        <v>-137</v>
       </c>
       <c r="V104" s="102">
-        <v>-476</v>
+        <v>-137</v>
       </c>
       <c r="W104" s="102">
-        <v>-476</v>
-[...6 lines deleted...]
-      </c>
+        <v>-137</v>
+      </c>
+      <c r="X104" s="102"/>
+      <c r="Y104" s="102"/>
       <c r="Z104" s="68"/>
     </row>
-    <row r="105" spans="2:26" x14ac:dyDescent="0.3">
+    <row r="105" spans="2:26">
       <c r="B105" s="67"/>
       <c r="D105" s="84"/>
       <c r="E105" s="84"/>
       <c r="F105" s="84"/>
       <c r="G105" s="84"/>
       <c r="H105" s="84"/>
       <c r="I105" s="84"/>
       <c r="J105" s="84"/>
       <c r="K105" s="84"/>
       <c r="L105" s="84"/>
       <c r="M105" s="84"/>
       <c r="N105" s="84"/>
       <c r="O105" s="84"/>
       <c r="P105" s="84"/>
       <c r="Q105" s="84"/>
       <c r="R105" s="103" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="S105" s="104"/>
       <c r="T105" s="105">
-        <v>-218</v>
+        <v>-683</v>
       </c>
       <c r="U105" s="105">
-        <v>-184.3</v>
+        <v>-547</v>
       </c>
       <c r="V105" s="105">
-        <v>-184.3</v>
+        <v>-547</v>
       </c>
       <c r="W105" s="105">
-        <v>-184.3</v>
+        <v>-547</v>
       </c>
       <c r="X105" s="105">
-        <v>-184.3</v>
+        <v>-547</v>
       </c>
       <c r="Y105" s="105">
-        <v>-184.3</v>
+        <v>-547</v>
       </c>
       <c r="Z105" s="68"/>
     </row>
-    <row r="106" spans="2:26" x14ac:dyDescent="0.3">
+    <row r="106" spans="2:26">
       <c r="B106" s="67"/>
       <c r="D106" s="84"/>
       <c r="E106" s="84"/>
       <c r="F106" s="84"/>
       <c r="G106" s="84"/>
       <c r="H106" s="84"/>
       <c r="I106" s="84"/>
       <c r="J106" s="84"/>
       <c r="K106" s="84"/>
       <c r="L106" s="84"/>
       <c r="M106" s="84"/>
       <c r="N106" s="84"/>
       <c r="O106" s="84"/>
       <c r="P106" s="84"/>
       <c r="Q106" s="84"/>
-      <c r="R106" s="106" t="s">
-[...8 lines deleted...]
-      <c r="Y106" s="107"/>
+      <c r="R106" s="100" t="s">
+        <v>60</v>
+      </c>
+      <c r="S106" s="101"/>
+      <c r="T106" s="102">
+        <v>-535</v>
+      </c>
+      <c r="U106" s="102">
+        <v>-476</v>
+      </c>
+      <c r="V106" s="102">
+        <v>-476</v>
+      </c>
+      <c r="W106" s="102">
+        <v>-476</v>
+      </c>
+      <c r="X106" s="102">
+        <v>-476</v>
+      </c>
+      <c r="Y106" s="102">
+        <v>-476</v>
+      </c>
       <c r="Z106" s="68"/>
     </row>
-    <row r="107" spans="2:26" x14ac:dyDescent="0.3">
-[...24 lines deleted...]
-      <c r="Z107" s="71"/>
+    <row r="107" spans="2:26">
+      <c r="B107" s="67"/>
+      <c r="D107" s="84"/>
+      <c r="E107" s="84"/>
+      <c r="F107" s="84"/>
+      <c r="G107" s="84"/>
+      <c r="H107" s="84"/>
+      <c r="I107" s="84"/>
+      <c r="J107" s="84"/>
+      <c r="K107" s="84"/>
+      <c r="L107" s="84"/>
+      <c r="M107" s="84"/>
+      <c r="N107" s="84"/>
+      <c r="O107" s="84"/>
+      <c r="P107" s="84"/>
+      <c r="Q107" s="84"/>
+      <c r="R107" s="103" t="s">
+        <v>61</v>
+      </c>
+      <c r="S107" s="104"/>
+      <c r="T107" s="105">
+        <v>-218</v>
+      </c>
+      <c r="U107" s="105">
+        <v>-184.3</v>
+      </c>
+      <c r="V107" s="105">
+        <v>-184.3</v>
+      </c>
+      <c r="W107" s="105">
+        <v>-184.3</v>
+      </c>
+      <c r="X107" s="105">
+        <v>-184.3</v>
+      </c>
+      <c r="Y107" s="105">
+        <v>-184.3</v>
+      </c>
+      <c r="Z107" s="68"/>
+    </row>
+    <row r="108" spans="2:26">
+      <c r="B108" s="67"/>
+      <c r="D108" s="84"/>
+      <c r="E108" s="84"/>
+      <c r="F108" s="84"/>
+      <c r="G108" s="84"/>
+      <c r="H108" s="84"/>
+      <c r="I108" s="84"/>
+      <c r="J108" s="84"/>
+      <c r="K108" s="84"/>
+      <c r="L108" s="84"/>
+      <c r="M108" s="84"/>
+      <c r="N108" s="84"/>
+      <c r="O108" s="84"/>
+      <c r="P108" s="84"/>
+      <c r="Q108" s="84"/>
+      <c r="R108" s="106" t="s">
+        <v>92</v>
+      </c>
+      <c r="S108" s="84"/>
+      <c r="T108" s="107"/>
+      <c r="U108" s="107"/>
+      <c r="V108" s="107"/>
+      <c r="W108" s="107"/>
+      <c r="X108" s="107"/>
+      <c r="Y108" s="107"/>
+      <c r="Z108" s="68"/>
+    </row>
+    <row r="109" spans="2:26">
+      <c r="B109" s="69"/>
+      <c r="C109" s="70"/>
+      <c r="D109" s="70"/>
+      <c r="E109" s="70"/>
+      <c r="F109" s="70"/>
+      <c r="G109" s="70"/>
+      <c r="H109" s="70"/>
+      <c r="I109" s="70"/>
+      <c r="J109" s="70"/>
+      <c r="K109" s="70"/>
+      <c r="L109" s="70"/>
+      <c r="M109" s="70"/>
+      <c r="N109" s="70"/>
+      <c r="O109" s="70"/>
+      <c r="P109" s="70"/>
+      <c r="Q109" s="70"/>
+      <c r="R109" s="70"/>
+      <c r="S109" s="70"/>
+      <c r="T109" s="70"/>
+      <c r="U109" s="70"/>
+      <c r="V109" s="70"/>
+      <c r="W109" s="70"/>
+      <c r="X109" s="70"/>
+      <c r="Y109" s="70"/>
+      <c r="Z109" s="71"/>
     </row>
   </sheetData>
   <mergeCells count="9">
-    <mergeCell ref="B88:D88"/>
-    <mergeCell ref="B89:D89"/>
     <mergeCell ref="B90:D90"/>
+    <mergeCell ref="B91:D91"/>
+    <mergeCell ref="B92:D92"/>
     <mergeCell ref="AG1:AI2"/>
-    <mergeCell ref="B80:C80"/>
-[...3 lines deleted...]
-    <mergeCell ref="B87:C87"/>
+    <mergeCell ref="B82:C82"/>
+    <mergeCell ref="B84:D84"/>
+    <mergeCell ref="B85:D85"/>
+    <mergeCell ref="B86:B88"/>
+    <mergeCell ref="B89:C89"/>
   </mergeCells>
   <phoneticPr fontId="4"/>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="8" scale="58" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>ワークシート</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>名前付き一覧</vt:lpstr>